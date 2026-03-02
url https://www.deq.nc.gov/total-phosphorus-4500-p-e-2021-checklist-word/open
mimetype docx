--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -12,438 +12,426 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10880" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="2920"/>
         <w:gridCol w:w="3730"/>
         <w:gridCol w:w="910"/>
         <w:gridCol w:w="1250"/>
       </w:tblGrid>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="4636A3D6" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F2724D8" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1BBD754C" w14:textId="77777777" w:rsidR="000605DB" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4E499DC7" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7936CBD5" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="5C309EBC" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="39383384" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3C1D2293" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="44C43027" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="35781E56" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="498DA740" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4990" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="504675CD" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3A221BB4" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="44497C57" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4990" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A561A70" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="344132E0" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5233DB96" w14:textId="77777777" w:rsidR="009E4313" w:rsidRPr="00A0149B" w:rsidRDefault="009E4313" w:rsidP="009E4313">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A7BFC5C" w14:textId="77777777" w:rsidR="009E4313" w:rsidRPr="003B457D" w:rsidRDefault="009E4313" w:rsidP="009E4313">
@@ -684,51 +672,50 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="5940"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
       <w:tr w:rsidR="004C1EE1" w:rsidRPr="00C16E46" w14:paraId="0D68DDFF" w14:textId="77777777" w:rsidTr="004C1EE1">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29778B57" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="00C16E46" w:rsidRDefault="004C1EE1" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09594B69" w14:textId="77777777" w:rsidR="00671FF1" w:rsidRDefault="00671FF1" w:rsidP="00363D35">
             <w:pPr>
               <w:rPr>
@@ -795,72 +782,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Model:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12EB8844" w14:textId="7B23BDAE" w:rsidR="004C1EE1" w:rsidRPr="004C1EE1" w:rsidRDefault="004C1EE1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70D7541E" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="00C16E46" w:rsidRDefault="004C1EE1" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FC304AD" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRDefault="004C1EE1" w:rsidP="00CE4A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Filter Photometer w/ red color filter and 0.5 cm light path or longer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47972B67" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="004C1EE1" w:rsidRDefault="004C1EE1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -877,652 +862,633 @@
             </w:r>
             <w:r w:rsidRPr="00BF20EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Model:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00027BB9" w:rsidRPr="00C16E46" w14:paraId="322DA3ED" w14:textId="77777777" w:rsidTr="004C1EE1">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B192F5F" w14:textId="77777777" w:rsidR="00027BB9" w:rsidRPr="00C16E46" w:rsidRDefault="00027BB9" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="603AF7AC" w14:textId="77777777" w:rsidR="00027BB9" w:rsidRPr="00BF20EC" w:rsidRDefault="00027BB9" w:rsidP="00627F71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Acid-washed glassware</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="513C691C" w14:textId="77777777" w:rsidR="00027BB9" w:rsidRPr="00C16E46" w:rsidRDefault="00027BB9" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15993908" w14:textId="77777777" w:rsidR="00027BB9" w:rsidRDefault="00027BB9" w:rsidP="00DA11FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hot plate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00027BB9" w:rsidRPr="00C16E46" w14:paraId="0BD69212" w14:textId="77777777" w:rsidTr="004C1EE1">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BF68188" w14:textId="77777777" w:rsidR="00027BB9" w:rsidRPr="00C16E46" w:rsidRDefault="00027BB9" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AD40E5A" w14:textId="77777777" w:rsidR="00027BB9" w:rsidRDefault="00027BB9" w:rsidP="00627F71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Autoclave</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14378BA2" w14:textId="77777777" w:rsidR="00027BB9" w:rsidRPr="00C16E46" w:rsidRDefault="00027BB9" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31F47FC6" w14:textId="77777777" w:rsidR="00027BB9" w:rsidRDefault="00027BB9" w:rsidP="00DA11FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Micro-Kjeldahl type digestion rack</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00027BB9" w:rsidRPr="00C16E46" w14:paraId="00E3AEBC" w14:textId="77777777" w:rsidTr="004C1EE1">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41AE666D" w14:textId="77777777" w:rsidR="00027BB9" w:rsidRPr="00C16E46" w:rsidRDefault="00027BB9" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A9C2BAD" w14:textId="77777777" w:rsidR="00027BB9" w:rsidRDefault="00027BB9" w:rsidP="00627F71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Glass scoop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34448203" w14:textId="77777777" w:rsidR="00027BB9" w:rsidRPr="00C16E46" w:rsidRDefault="00027BB9" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="433C71B9" w14:textId="77777777" w:rsidR="00027BB9" w:rsidRDefault="00027BB9" w:rsidP="00DA11FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Micro-Kjeldahl flasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="289324DE" w14:textId="77777777" w:rsidR="00ED1611" w:rsidRDefault="00ED1611" w:rsidP="00ED1611">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FFA2F0B" w14:textId="77777777" w:rsidR="00E431B2" w:rsidRPr="00807017" w:rsidRDefault="00EB0E7C" w:rsidP="00E431B2">
+    <w:p w14:paraId="2FFA2F0B" w14:textId="77777777" w:rsidR="00E431B2" w:rsidRPr="009B1622" w:rsidRDefault="00EB0E7C" w:rsidP="00E431B2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00E431B2" w:rsidRPr="00807017" w:rsidSect="00966FAE">
+        <w:sectPr w:rsidR="00E431B2" w:rsidRPr="009B1622" w:rsidSect="00966FAE">
           <w:headerReference w:type="default" r:id="rId11"/>
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:headerReference w:type="first" r:id="rId13"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="432" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">PERSULFATE </w:t>
       </w:r>
       <w:r w:rsidR="00E431B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DIGESTION</w:t>
       </w:r>
       <w:r w:rsidR="00E431B2" w:rsidRPr="004044D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> REAGENTS:</w:t>
       </w:r>
-      <w:r w:rsidR="00E431B2">
+      <w:r w:rsidR="00E431B2" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> See last page for reagent recipes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10901" w:type="dxa"/>
         <w:tblInd w:w="97" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3870"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="2700"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="3060"/>
       </w:tblGrid>
       <w:tr w:rsidR="00553DC5" w:rsidRPr="004C1EE1" w14:paraId="45B9D232" w14:textId="77777777" w:rsidTr="00F57DAE">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BEB7D08" w14:textId="77777777" w:rsidR="00553DC5" w:rsidRPr="004C1EE1" w:rsidRDefault="00553DC5" w:rsidP="00D147D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0428730D" w14:textId="77777777" w:rsidR="00553DC5" w:rsidRPr="004044D0" w:rsidRDefault="00553DC5" w:rsidP="00DA11FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Phenolphthalein Indicator Solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1ED276B7" w14:textId="77777777" w:rsidR="00553DC5" w:rsidRPr="004C1EE1" w:rsidRDefault="00553DC5" w:rsidP="00D147D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B211EC7" w14:textId="77777777" w:rsidR="00553DC5" w:rsidRPr="004044D0" w:rsidRDefault="00553DC5" w:rsidP="00553DC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sulfuric Acid Solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10A67909" w14:textId="77777777" w:rsidR="00553DC5" w:rsidRPr="004C1EE1" w:rsidRDefault="00553DC5" w:rsidP="00D147D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D7DFF59" w14:textId="77777777" w:rsidR="00553DC5" w:rsidRPr="002911A8" w:rsidRDefault="00553DC5" w:rsidP="00553DC5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ammonium Persulfate Solid</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E431B2" w:rsidRPr="004C1EE1" w14:paraId="3C8D4C04" w14:textId="77777777" w:rsidTr="006A260D">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04C1B257" w14:textId="77777777" w:rsidR="00E431B2" w:rsidRPr="004C1EE1" w:rsidRDefault="00E431B2" w:rsidP="00D147D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15E375D8" w14:textId="77777777" w:rsidR="00E431B2" w:rsidRPr="004044D0" w:rsidRDefault="00E431B2" w:rsidP="00553DC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Potassium Persulfate</w:t>
             </w:r>
             <w:r w:rsidR="00376CA0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -1531,76 +1497,74 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00376CA0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>olid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="522CA8D3" w14:textId="77777777" w:rsidR="00E431B2" w:rsidRPr="004C1EE1" w:rsidRDefault="00E431B2" w:rsidP="00D147D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="165579D3" w14:textId="77777777" w:rsidR="00E431B2" w:rsidRPr="004C1EE1" w:rsidRDefault="00E431B2" w:rsidP="00D147D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sodium Hydroxide</w:t>
             </w:r>
             <w:r w:rsidR="00376CA0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -1621,204 +1585,198 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1 </w:t>
             </w:r>
             <w:r w:rsidR="00376CA0" w:rsidRPr="000E6217">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682F5EF4" w14:textId="77777777" w:rsidR="00E431B2" w:rsidRPr="004C1EE1" w:rsidRDefault="00E431B2" w:rsidP="00D147D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C5AA588" w14:textId="77777777" w:rsidR="00E431B2" w:rsidRPr="002911A8" w:rsidRDefault="00E431B2" w:rsidP="00D147D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7CFA0ED9" w14:textId="77777777" w:rsidR="004044D0" w:rsidRDefault="004044D0" w:rsidP="004044D0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="201890B2" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="00807017" w:rsidRDefault="004C1EE1" w:rsidP="004044D0">
+    <w:p w14:paraId="201890B2" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="009B1622" w:rsidRDefault="004C1EE1" w:rsidP="004044D0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:sectPr w:rsidR="004C1EE1" w:rsidRPr="00807017" w:rsidSect="00966FAE">
+        <w:sectPr w:rsidR="004C1EE1" w:rsidRPr="009B1622" w:rsidSect="00966FAE">
           <w:headerReference w:type="even" r:id="rId14"/>
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="432" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="004044D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ANALYSIS REAGENTS:</w:t>
       </w:r>
-      <w:r w:rsidR="00807017">
+      <w:r w:rsidR="00807017" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> See last page for reagent recipes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10901" w:type="dxa"/>
         <w:tblInd w:w="97" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="3228"/>
       </w:tblGrid>
       <w:tr w:rsidR="002911A8" w:rsidRPr="004C1EE1" w14:paraId="0DEE34EA" w14:textId="77777777" w:rsidTr="00F57DAE">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6973CBDC" w14:textId="77777777" w:rsidR="002911A8" w:rsidRPr="004C1EE1" w:rsidRDefault="002911A8" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A60B6E7" w14:textId="77777777" w:rsidR="002911A8" w:rsidRPr="004044D0" w:rsidRDefault="002911A8" w:rsidP="00CE4A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sulfuric acid (H</w:t>
             </w:r>
             <w:r w:rsidRPr="004C1EE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
@@ -1846,472 +1804,456 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>), 5</w:t>
             </w:r>
             <w:r w:rsidRPr="004C1EE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B5578B0" w14:textId="77777777" w:rsidR="002911A8" w:rsidRPr="004C1EE1" w:rsidRDefault="002911A8" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6903B753" w14:textId="77777777" w:rsidR="002911A8" w:rsidRPr="004C1EE1" w:rsidRDefault="002911A8" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ascorbic acid</w:t>
             </w:r>
             <w:r w:rsidR="00D33C02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E9CDE9E" w14:textId="77777777" w:rsidR="002911A8" w:rsidRPr="004C1EE1" w:rsidRDefault="002911A8" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="731529B7" w14:textId="77777777" w:rsidR="002911A8" w:rsidRPr="002911A8" w:rsidRDefault="002911A8" w:rsidP="00CE4A95">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002911A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Standard phosphate solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C1EE1" w:rsidRPr="004C1EE1" w14:paraId="4BC33F72" w14:textId="77777777" w:rsidTr="006A260D">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0670A9FC" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="004C1EE1" w:rsidRDefault="004C1EE1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B35EC22" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="004044D0" w:rsidRDefault="004C1EE1" w:rsidP="00CE4A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Antimony potassium tartrate solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EB0A80C" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="004C1EE1" w:rsidRDefault="004C1EE1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A2BAA13" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="004C1EE1" w:rsidRDefault="004C1EE1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1EE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Combined reagent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28289350" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="004C1EE1" w:rsidRDefault="004C1EE1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37A839EE" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="002911A8" w:rsidRDefault="004C1EE1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C1EE1" w:rsidRPr="004C1EE1" w14:paraId="5628076A" w14:textId="77777777" w:rsidTr="006A260D">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C65C60B" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="004C1EE1" w:rsidRDefault="004C1EE1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="076B4E5E" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="004044D0" w:rsidRDefault="004C1EE1" w:rsidP="00CE4A95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ammonium molybdate solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AAA32BB" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="002911A8" w:rsidRDefault="004C1EE1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E690DD2" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="002911A8" w:rsidRDefault="002911A8" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002911A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stock phosphate solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F43FB9F" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="004C1EE1" w:rsidRDefault="004C1EE1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E18BD6E" w14:textId="77777777" w:rsidR="004C1EE1" w:rsidRPr="004C1EE1" w:rsidRDefault="004C1EE1" w:rsidP="004C1EE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58B16145" w14:textId="77777777" w:rsidR="00E419A4" w:rsidRDefault="00E419A4" w:rsidP="00E419A4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5400"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2335,51 +2277,50 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="4752"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4752"/>
         <w:gridCol w:w="86"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C16E46" w:rsidRPr="00A0149B" w14:paraId="00E08E80" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11120" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A35C56F" w14:textId="77777777" w:rsidR="00C16E46" w:rsidRDefault="00C16E46" w:rsidP="00C16E46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1425468D" w14:textId="77777777" w:rsidR="00BD29C5" w:rsidRPr="00BD29C5" w:rsidRDefault="00BD29C5" w:rsidP="00BD29C5">
             <w:pPr>
@@ -2627,75 +2568,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D78B4" w:rsidRPr="00A0149B" w14:paraId="5A527FA8" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71720CEB" w14:textId="2CD5A5E9" w:rsidR="002D78B4" w:rsidRPr="00A0149B" w:rsidRDefault="002D78B4" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DC908F9" w14:textId="49375084" w:rsidR="002D78B4" w:rsidRDefault="00E4630F" w:rsidP="00994091">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the SOP reviewed at least every 2 years? </w:t>
             </w:r>
             <w:r w:rsidR="002D78B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -2770,70 +2709,68 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D15C1B3" w14:textId="77777777" w:rsidR="002D78B4" w:rsidRPr="00560E41" w:rsidRDefault="002D78B4" w:rsidP="00994091">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26B4DB7A" w14:textId="77777777" w:rsidR="002D78B4" w:rsidRPr="00560E41" w:rsidRDefault="002D78B4" w:rsidP="00994091">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26723C97" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quality assurance, quality control, and Standard Operating Procedure documentation shall indicate the effective date of the document and be reviewed every two years and updated if changes in procedures are made.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="078B39A9" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00994091">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2856,75 +2793,73 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify proper method reference. During review notate deviations from the approved method and SOP. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E5FF2" w:rsidRPr="00A0149B" w14:paraId="35E87FD4" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29F829CD" w14:textId="5B0F7207" w:rsidR="005E5FF2" w:rsidRPr="00A0149B" w:rsidRDefault="005E5FF2" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="306858D1" w14:textId="1D1FD9F9" w:rsidR="005E5FF2" w:rsidRDefault="005E5FF2" w:rsidP="005E5FF2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are all revision dates and actions tracked and documented? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00B66B5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2945,200 +2880,194 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E241E5F" w14:textId="77777777" w:rsidR="005E5FF2" w:rsidRPr="00560E41" w:rsidRDefault="005E5FF2" w:rsidP="005E5FF2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AADF130" w14:textId="77777777" w:rsidR="005E5FF2" w:rsidRPr="00560E41" w:rsidRDefault="005E5FF2" w:rsidP="005E5FF2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E0A8DA3" w14:textId="77777777" w:rsidR="005E5FF2" w:rsidRDefault="005E5FF2" w:rsidP="005E5FF2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D53CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control, and Standard Operating Procedure documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="159AA93A" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="337CCB26" w14:textId="05D35501" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="558A3031" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is there North Carolina data available for review?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3167BB44" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7387F605" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41F6013F" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="008352D2" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, review PT data</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3284,75 +3213,73 @@
             </w:r>
             <w:r w:rsidRPr="00C16E46">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="3363A3CD" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="575"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D9BD820" w14:textId="19C0CF9D" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EBF245C" w14:textId="3C380477" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples preserved at time of collection with H</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2261D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -3415,411 +3342,390 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[40 CFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45E2A401" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22BA9840" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B6F9994" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="003F5E8D" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Preservation not required if analyzed within 15 minutes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="174EF8C2" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19262607" w14:textId="2373689E" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="678D8D1E" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Are samples </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0067392B">
+              <w:t>Are samples iced</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>iced</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0067392B">
+              <w:t>t</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>t</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>o</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6DD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">above freezing but </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B31ECE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>≤</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B31ECE">
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>≤</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">º </w:t>
             </w:r>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">6 </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0067392B">
+              <w:t>C during shipment?</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>C during shipment?</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C6BA90A" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="0067392B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B000E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40 CFR </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>136.3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B000E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Table II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and footnote 18</w:t>
+            </w:r>
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...39 lines deleted...]
-              </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0940C91E" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15702744" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A9F2B5B" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="7251A456" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BA9F4E1" w14:textId="334B36E7" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="522443BD" w14:textId="6DF15838" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is pH checked to document pH &lt;2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -3874,132 +3780,127 @@
             </w:r>
             <w:r w:rsidRPr="00872C42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15A NCAC 02H .0805 (a) (7) (M)</w:t>
             </w:r>
             <w:r w:rsidRPr="00092769">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57390F69" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43111DD0" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02B19945" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="0D56B45C" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="980"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="411A60E5" w14:textId="2FC27817" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C283387" w14:textId="0C656812" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What action is taken if pH is &gt;2</w:t>
             </w:r>
             <w:r w:rsidR="00CC000A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4140,68 +4041,66 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30845676" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FF5BA1E" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70F1F526" w14:textId="3D882C20" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If another sample cannot be collected, analyze immediately or adjust pH to &lt;2 </w:t>
             </w:r>
             <w:r w:rsidR="00CC000A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>S.U.</w:t>
@@ -4228,72 +4127,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LC Branch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> that a non-compliant sample was received.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="487C4336" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5251E325" w14:textId="108E7781" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A83E559" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E6DD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples refrigerated above freezing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4373,129 +4270,124 @@
               </w:rPr>
               <w:t xml:space="preserve"> Table II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and footnote 18</w:t>
             </w:r>
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71FDB62C" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D42B18B" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72A1E933" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="750F2A6F" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="622B47DB" w14:textId="3B7E09E7" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31708336" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples analyzed within </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -4529,85 +4421,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[40 CFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BAD8C44" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BEACE44" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39F7DE12" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="750B3358" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -4740,75 +4629,73 @@
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008934AC" w:rsidRPr="00A0149B" w14:paraId="423573C6" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49BDA483" w14:textId="14E4DFC9" w:rsidR="008934AC" w:rsidRPr="00A0149B" w:rsidRDefault="008934AC" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="047F0CAB" w14:textId="587E32D0" w:rsidR="008934AC" w:rsidRDefault="008934AC" w:rsidP="008934AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What volume </w:t>
             </w:r>
             <w:r w:rsidR="00B0210E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4889,73 +4776,71 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F619B64" w14:textId="77777777" w:rsidR="008934AC" w:rsidRPr="00560E41" w:rsidRDefault="008934AC" w:rsidP="008934AC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E9300C1" w14:textId="77777777" w:rsidR="008934AC" w:rsidRPr="00560E41" w:rsidRDefault="008934AC" w:rsidP="008934AC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5890B325" w14:textId="686BB623" w:rsidR="008934AC" w:rsidRDefault="008934AC" w:rsidP="008934AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The method says this volume is determined by the analytical method, which says to use 50-m</w:t>
             </w:r>
             <w:r w:rsidR="00015674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>L</w:t>
@@ -5009,75 +4894,73 @@
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="40882AB9" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17A74AE6" w14:textId="1D4AC897" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07F1167A" w14:textId="5835E42A" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 0.05 m</w:t>
             </w:r>
             <w:r w:rsidR="003E5224">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5093,145 +4976,140 @@
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46F7ED48" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3056CE61" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D38364F" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="2DE609E5" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42DBD39F" w14:textId="23B6C5B9" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CB50B3E" w14:textId="5BBD94B7" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD1750">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a red color develops after the addition of phenolphthalein</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5355,145 +5233,140 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If no color change is observed, skip to question </w:t>
             </w:r>
             <w:r w:rsidR="00825E0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2172D360" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D23D0FB" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7215157B" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="11A4DC5F" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D16538E" w14:textId="785BC23D" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C9065BA" w14:textId="071E35EB" w:rsidR="00E4630F" w:rsidRPr="004D1C20" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After discharging color, is one additional m</w:t>
             </w:r>
             <w:r w:rsidR="003E5224">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5568,235 +5441,227 @@
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A9B3CDB" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="507A5E72" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="018620CC" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="46844C23" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CA6ED12" w14:textId="7F276A4C" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AE1B899" w14:textId="0B2EB351" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 0.4 g of solid ammonium persulfate added? [SM 4500-P B</w:t>
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30739AC7" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E058BEC" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15D5CF74" w14:textId="50E43C37" w:rsidR="00E4630F" w:rsidRPr="004D1C20" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Either ammonium persulfate or potassium persulfate </w:t>
             </w:r>
             <w:r w:rsidR="003E5224">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>is</w:t>
@@ -5819,163 +5684,158 @@
               <w:t>not both</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="44A986AD" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C69C0FE" w14:textId="77917C50" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="601DA7CA" w14:textId="3BAFE3FC" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 0.5 g of solid potassium persulfate added? [SM 4500-P B</w:t>
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CBAD037" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55D2B408" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F518009" w14:textId="2987617E" w:rsidR="00E4630F" w:rsidRPr="004D1C20" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Either ammonium persulfate or potassium persulfate </w:t>
             </w:r>
             <w:r w:rsidR="003E5224">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>is</w:t>
@@ -5998,72 +5858,70 @@
               <w:t>not both</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="04672A64" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36A07789" w14:textId="5813AAE2" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00B1084B">
             <w:pPr>
               <w:ind w:left="144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="451690B2" w14:textId="732C7B67" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If an autoclave or pressure cooker is used, skip to question </w:t>
             </w:r>
             <w:r w:rsidR="00F36A0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6115,101 +5973,98 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CDCEABF" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32265A69" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="1E70089B" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04D1F34E" w14:textId="36F65727" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="056FBAED" w14:textId="00BC9EF1" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE75CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample gently boiled on a preheated hotplate?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6217,95 +6072,92 @@
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A62C36E" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29F028AE" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="514D52D8" w14:textId="62C0EC66" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE75CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Boil gently on a preheated hot plate for 30 to 40 min or until a final volume of 10 mL is reached. </w:t>
             </w:r>
             <w:r w:rsidR="00145595">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Some o</w:t>
@@ -6327,75 +6179,73 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE75CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>may require as much as 1.5 to 2 h for complete digestion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="307D7EF0" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B06D782" w14:textId="390AFC2D" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CB1B89C" w14:textId="77777777" w:rsidR="00BD29C5" w:rsidRDefault="00BD29C5" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7FBBD6C1" w14:textId="554C440A" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE75CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6478,131 +6328,127 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2052502E" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10DAA531" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F001049" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00FE75CB" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="5C2FF67B" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="597B7C6D" w14:textId="05573109" w:rsidR="00E25601" w:rsidRPr="00A0149B" w:rsidRDefault="00E25601" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71507211" w14:textId="77777777" w:rsidR="00BD29C5" w:rsidRDefault="00BD29C5" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1FB3B5D2" w14:textId="0B0E12DD" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6676,269 +6522,260 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BF2752F" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F866EE7" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43598429" w14:textId="6BBF7AD2" w:rsidR="00E4630F" w:rsidRDefault="00BD29C5" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="7400D81B" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="370FA181" w14:textId="174A9DD5" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DB39D04" w14:textId="38797435" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples allowed to cool after digestion? [SM 4500-P B</w:t>
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E9B836A" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F0D2EC8" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47C88E1D" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="339A3A0F" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F6F8163" w14:textId="28184B77" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53C39D4A" w14:textId="3DCAE43F" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are cooled samples diluted to 30 m</w:t>
             </w:r>
             <w:r w:rsidR="00015674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6970,145 +6807,140 @@
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1275F00F" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51873090" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A5ED83B" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="62F2F2A0" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EB21722" w14:textId="12EFD938" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="512E4A58" w14:textId="6D850820" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 0.05 m</w:t>
             </w:r>
             <w:r w:rsidR="00015674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7124,145 +6956,140 @@
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77E6E762" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70479D80" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06721DEE" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A363D4" w:rsidRPr="00A0149B" w14:paraId="12AE8F1A" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D52C2B0" w14:textId="54CBBE5C" w:rsidR="00A363D4" w:rsidRPr="00A0149B" w:rsidRDefault="00A363D4" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0B039642" w14:textId="77777777" w:rsidR="00A363D4" w:rsidRDefault="00A363D4" w:rsidP="00A363D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6DAB45F0" w14:textId="739077CC" w:rsidR="00A363D4" w:rsidRDefault="00B1084B" w:rsidP="00A363D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7402,73 +7229,71 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0390A634" w14:textId="77777777" w:rsidR="00A363D4" w:rsidRPr="00560E41" w:rsidRDefault="00A363D4" w:rsidP="00A363D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F44C698" w14:textId="77777777" w:rsidR="00A363D4" w:rsidRPr="00560E41" w:rsidRDefault="00A363D4" w:rsidP="00A363D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C83ADC7" w14:textId="2D57264D" w:rsidR="00A363D4" w:rsidRDefault="00A363D4" w:rsidP="00A363D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>At</w:t>
             </w:r>
             <w:r w:rsidRPr="00E05AF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> the end of the digestion, it says to dilute to the digested sample to a final volume of 100 m</w:t>
@@ -7482,72 +7307,70 @@
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidRPr="00E05AF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="7F7B7D2E" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DB489D3" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22183208" w14:textId="4D480CF8" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Skip to question </w:t>
             </w:r>
             <w:r w:rsidR="000F728D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7591,377 +7414,364 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F2F9188" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EEEF00B" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="66F62E40" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F7E4DD7" w14:textId="73EAE56F" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B7CFBF5" w14:textId="211996D9" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample heated for 30 minutes in an autoclave or pressure cooker at 98 to 137 kPa? [SM 4500-P B</w:t>
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34DAD174" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49A214E6" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A089983" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="329CC076" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D592A2A" w14:textId="0A2DA704" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30B349BA" w14:textId="08987810" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples allowed to cool after digestion? [SM 4500-P B</w:t>
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69202E73" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12A2CF5E" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AF9F79C" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="304D04D6" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42904FD3" w14:textId="6C0B2AA1" w:rsidR="00E4630F" w:rsidRPr="00A0149B" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35532D24" w14:textId="5BB92FCB" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 0.05 m</w:t>
             </w:r>
             <w:r w:rsidR="00015674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7977,145 +7787,140 @@
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52F78F99" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E4CD265" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00560E41" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64306985" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A363D4" w:rsidRPr="00A0149B" w14:paraId="676BE1F5" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15BF4057" w14:textId="74874B53" w:rsidR="00A363D4" w:rsidRPr="00A0149B" w:rsidRDefault="00A363D4" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D481BFC" w14:textId="6CC5DB3B" w:rsidR="00A363D4" w:rsidRDefault="00A363D4" w:rsidP="00A363D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>W</w:t>
             </w:r>
             <w:r w:rsidRPr="00580CC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8242,153 +8047,129 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B201D75" w14:textId="77777777" w:rsidR="00A363D4" w:rsidRPr="00560E41" w:rsidRDefault="00A363D4" w:rsidP="00A363D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A16DCF5" w14:textId="77777777" w:rsidR="00A363D4" w:rsidRPr="00560E41" w:rsidRDefault="00A363D4" w:rsidP="00A363D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A277979" w14:textId="5C5ADCDE" w:rsidR="00A363D4" w:rsidRPr="00D53404" w:rsidRDefault="00D53404" w:rsidP="00A363D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D53404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">At the end of the digestion, it says to </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> the digested sample to a final volume of 100 ml.  </w:t>
+              <w:t xml:space="preserve">At the end of the digestion, it says to dilute to the digested sample to a final volume of 100 ml.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00547652" w:rsidRPr="00A0149B" w14:paraId="0F14D530" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="170541F4" w14:textId="77777777" w:rsidR="00547652" w:rsidRDefault="00547652" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FBFE769" w14:textId="22A422C2" w:rsidR="00547652" w:rsidRDefault="00F36A0E" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is information regarding sample ID, initial and final volume</w:t>
             </w:r>
             <w:r w:rsidR="00F15AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8460,95 +8241,92 @@
             </w:r>
             <w:r w:rsidR="005D1715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="005D1715" w:rsidRPr="005D1715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="401D82B5" w14:textId="77777777" w:rsidR="00547652" w:rsidRPr="00560E41" w:rsidRDefault="00547652" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="472C323E" w14:textId="77777777" w:rsidR="00547652" w:rsidRPr="00560E41" w:rsidRDefault="00547652" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05906239" w14:textId="28699B10" w:rsidR="00547652" w:rsidRPr="005D1715" w:rsidRDefault="007802B7" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D1715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All analytical records, including original observations and information necessary to facilitate historical reconstruction of the calculated results, shall be maintained for five years. All analytical data and records pertinent to each certified analysis shall be available for inspection upon request.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D0A93" w:rsidRPr="00560E41" w14:paraId="1AB08D5D" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
@@ -8718,210 +8496,203 @@
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D0A93" w:rsidRPr="00A0149B" w14:paraId="2287FCCC" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E0DC403" w14:textId="77777777" w:rsidR="008D0A93" w:rsidRDefault="008D0A93" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="612568F3" w14:textId="4C4CF82B" w:rsidR="008D0A93" w:rsidRDefault="008D0A93" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00671FF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a wavelength of 880 nm used?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 4500-P E-2021 (2) (a) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73382584" w14:textId="77777777" w:rsidR="008D0A93" w:rsidRPr="00560E41" w:rsidRDefault="008D0A93" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C0420BA" w14:textId="77777777" w:rsidR="008D0A93" w:rsidRPr="00560E41" w:rsidRDefault="008D0A93" w:rsidP="00E4630F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55686F70" w14:textId="77777777" w:rsidR="008D0A93" w:rsidRPr="005D1715" w:rsidRDefault="008D0A93" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="28F7C9EB" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28FA235E" w14:textId="159561FF" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63B2E726" w14:textId="20041D58" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is your laboratory’s lower reporting limit? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00BD65E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9000,121 +8771,117 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6695A1E5" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1570AF14" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="594436D1" w14:textId="457C2AC5" w:rsidR="00E4630F" w:rsidRDefault="00BC3330" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For analytical procedures requiring analysis of a series of standards, the concentrations of these standards shall bracket the range of the sample concentrations measured. One of the standards shall have a concentration equal to or less than the laboratory’s lowest reporting concentration for the parameter involved.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="78F27CB1" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4509F59E" w14:textId="4182064E" w:rsidR="00E4630F" w:rsidRPr="00A761CD" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk106803719"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A207F8C" w14:textId="1C870814" w:rsidR="00E4630F" w:rsidRPr="00A761CD" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the spectrophotometer zeroed with a digested </w:t>
             </w:r>
             <w:r w:rsidR="00671D80" w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9173,88 +8940,85 @@
             </w:r>
             <w:r w:rsidR="008B7EDE" w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (4) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BC9ECD6" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A761CD" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C8F9273" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="00A761CD" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59E4FB7D" w14:textId="33C6E77A" w:rsidR="001E635D" w:rsidRPr="00A761CD" w:rsidRDefault="001E635D" w:rsidP="001E635D">
             <w:pPr>
               <w:pStyle w:val="pf0"/>
               <w:rPr>
                 <w:rStyle w:val="cf01"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00015674">
               <w:rPr>
                 <w:rStyle w:val="cf01"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>E (4) (</w:t>
             </w:r>
             <w:r w:rsidR="007A795E" w:rsidRPr="00015674">
               <w:rPr>
                 <w:rStyle w:val="cf01"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -9381,72 +9145,70 @@
                 <w:rStyle w:val="cf01"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rStyle w:val="cf01"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">reagent blank (method blank) consists of reagent water (see Section 1080) and all reagents (including preservatives) that typically are in contact with a sample during the entire analytical procedure. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="033CAAFB" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="4337"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09A69055" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="55FBD46F" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="75A30E80" w14:textId="6549CC42" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -9541,68 +9303,66 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75440BB7" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E826CE2" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C97E840" w14:textId="417B0C20" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E1F25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Prepare individual calibration curves from a series of</w:t>
             </w:r>
             <w:r w:rsidR="00A22ABA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 4 up to 6</w:t>
@@ -10099,72 +9859,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                            </w:t>
             </w:r>
             <w:r w:rsidRPr="002C0CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A322C" w:rsidRPr="00A0149B" w14:paraId="7981768E" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="719"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F06FFBB" w14:textId="77777777" w:rsidR="007A322C" w:rsidRDefault="007A322C" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A8D7536" w14:textId="23D5A3BB" w:rsidR="007A322C" w:rsidRDefault="007A322C" w:rsidP="007A322C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Does each standard curve have a correlation coefficient ≥0.995?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10197,132 +9955,127 @@
             </w:r>
             <w:r w:rsidRPr="00DD07E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FD66F02" w14:textId="77777777" w:rsidR="007A322C" w:rsidRDefault="007A322C" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="406D8A20" w14:textId="77777777" w:rsidR="007A322C" w:rsidRDefault="007A322C" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4558C4C4" w14:textId="77777777" w:rsidR="007A322C" w:rsidRPr="007E1F25" w:rsidRDefault="007A322C" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4630F" w:rsidRPr="00A0149B" w14:paraId="2F3C317C" w14:textId="77777777" w:rsidTr="00251E88">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49780ED6" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DDE15AB" w14:textId="68A32839" w:rsidR="00E4630F" w:rsidRPr="00AE6B9C" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the calibration standards treated just like samples and carried through the digestion process?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10330,140 +10083,135 @@
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BF1F724" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CA31EDB" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58E39E49" w14:textId="77777777" w:rsidR="00E4630F" w:rsidRPr="007E1F25" w:rsidRDefault="00E4630F" w:rsidP="00E4630F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Standards must be carried through the same digestion procedure as the samples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002051E5" w:rsidRPr="00A0149B" w14:paraId="5A4A355A" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="908"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77B5702B" w14:textId="77777777" w:rsidR="002051E5" w:rsidRDefault="002051E5" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50F6B186" w14:textId="21301DF3" w:rsidR="002051E5" w:rsidRDefault="002051E5" w:rsidP="002051E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the calibration performed </w:t>
             </w:r>
             <w:r w:rsidR="00061670">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10628,112 +10376,108 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54CB7189" w14:textId="77777777" w:rsidR="002051E5" w:rsidRDefault="002051E5" w:rsidP="002051E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BCF85EA" w14:textId="77777777" w:rsidR="002051E5" w:rsidRDefault="002051E5" w:rsidP="002051E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03512021" w14:textId="77777777" w:rsidR="002051E5" w:rsidRDefault="002051E5" w:rsidP="002051E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D05073" w:rsidRPr="00A0149B" w14:paraId="5FA197E0" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="908"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D347E2A" w14:textId="77777777" w:rsidR="00D05073" w:rsidRDefault="00D05073" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61D91D26" w14:textId="4A81A0FF" w:rsidR="00D05073" w:rsidRDefault="00E65CC6" w:rsidP="002051E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the calibration curve is stored, is </w:t>
             </w:r>
             <w:r w:rsidR="007D205E" w:rsidRPr="007D205E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10796,68 +10540,66 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61401970" w14:textId="77777777" w:rsidR="00D05073" w:rsidRDefault="00D05073" w:rsidP="002051E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="731CC755" w14:textId="77777777" w:rsidR="00D05073" w:rsidRDefault="00D05073" w:rsidP="002051E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32180C6E" w14:textId="77777777" w:rsidR="00D05073" w:rsidRDefault="00D05073" w:rsidP="002051E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D726E4" w:rsidRPr="00A0149B" w14:paraId="5601C38C" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -10999,75 +10741,73 @@
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A6429" w:rsidRPr="00A0149B" w14:paraId="5555778F" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="143B22FA" w14:textId="77777777" w:rsidR="001A6429" w:rsidRPr="00A0149B" w:rsidRDefault="001A6429" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23453C1F" w14:textId="20334796" w:rsidR="001A6429" w:rsidRDefault="001A6429" w:rsidP="001A6429">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What sample volume is analyzed? [SM 4500-P E</w:t>
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11130,123 +10870,119 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="589937D2" w14:textId="77777777" w:rsidR="001A6429" w:rsidRPr="00560E41" w:rsidRDefault="001A6429" w:rsidP="001A6429">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08FF5FCA" w14:textId="77777777" w:rsidR="001A6429" w:rsidRPr="00560E41" w:rsidRDefault="001A6429" w:rsidP="001A6429">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="480A7C75" w14:textId="0BC56253" w:rsidR="001A6429" w:rsidRDefault="001A6429" w:rsidP="001A6429">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D726E4" w:rsidRPr="00A0149B" w14:paraId="6FC90BBA" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AD887BC" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FDC0884" w14:textId="009E27D6" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 0.05 m</w:t>
             </w:r>
             <w:r w:rsidR="00015674">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11306,101 +11042,98 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10C04702" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRPr="00560E41" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B70C1D6" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D726E4" w:rsidRPr="00A0149B" w14:paraId="2CCB4911" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0ED3C85F" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DBAAA44" w14:textId="71C767A0" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD1750">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a red color develops after the addition of phenolphthalein</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11560,101 +11293,98 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="316B98FE" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRPr="00560E41" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07D90CC3" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A322C" w:rsidRPr="00A0149B" w14:paraId="5B59D25A" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18B42D19" w14:textId="77777777" w:rsidR="007A322C" w:rsidRDefault="007A322C" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5332C676" w14:textId="76C787BF" w:rsidR="007A322C" w:rsidRPr="00FD1750" w:rsidRDefault="007A322C" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the pH check documented? [15A NCAC 02H .0805 (a) (7) (E)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
@@ -11682,109 +11412,106 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08FBD297" w14:textId="77777777" w:rsidR="007A322C" w:rsidRPr="00560E41" w:rsidRDefault="007A322C" w:rsidP="00D726E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FCA9F9B" w14:textId="151D4E69" w:rsidR="007A322C" w:rsidRDefault="007A322C" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A322C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All analytical data and records pertinent to each certified analysis shall be available for inspection upon request.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D726E4" w:rsidRPr="00A0149B" w14:paraId="7FE03D7A" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DBEDBCF" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E034460" w14:textId="7A338E54" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r w:rsidRPr="009A7451">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11892,101 +11619,98 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="094B59AC" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRPr="00560E41" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2ABBC0CD" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D726E4" w:rsidRPr="00A0149B" w14:paraId="46A3671E" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="1241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58A37CB0" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12F34016" w14:textId="307BBD1B" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidRPr="009A7451">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12078,102 +11802,99 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06EBD16F" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRPr="00560E41" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FCE4114" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:ind w:left="342" w:hanging="342"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0036178A" w:rsidRPr="00A0149B" w14:paraId="6E3E6EF4" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="1106"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05B7D559" w14:textId="77777777" w:rsidR="0036178A" w:rsidRDefault="0036178A" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0BDD58E5" w14:textId="72C97F8B" w:rsidR="0036178A" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What formula is used to calculate </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12246,73 +11967,71 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7445F992" w14:textId="77777777" w:rsidR="0036178A" w:rsidRPr="00560E41" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B8455F1" w14:textId="77777777" w:rsidR="0036178A" w:rsidRPr="00560E41" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="159A9C0B" w14:textId="548AA861" w:rsidR="0036178A" w:rsidRPr="00F34AFB" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F34AFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">mg P/L =   </w:t>
             </w:r>
             <w:r w:rsidRPr="00F34AFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
@@ -12389,75 +12108,73 @@
           </w:p>
           <w:p w14:paraId="141B1698" w14:textId="77777777" w:rsidR="0036178A" w:rsidRPr="00F34AFB" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D726E4" w:rsidRPr="00A0149B" w14:paraId="413FED7E" w14:textId="77777777" w:rsidTr="00251E88">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="1223"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C336725" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B08F4D9" w14:textId="4D0DB8FD" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If necessary, is the sample concentration corrected for turbidity or interfering color</w:t>
             </w:r>
             <w:r w:rsidR="007627F3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12517,78 +12234,67 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0579F7EC" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRPr="00560E41" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3328D9FF" w14:textId="288CF5A1" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007E1F25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Natural</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> color of water generally does not</w:t>
+              <w:t>Natural color of water generally does not</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007E1F25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">interfere at the high wavelength used. For highly colored or turbid waters, prepare a </w:t>
             </w:r>
             <w:r w:rsidR="008F30AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">sample </w:t>
             </w:r>
@@ -12817,75 +12523,73 @@
             </w:r>
             <w:r w:rsidRPr="00C16E46">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D726E4" w:rsidRPr="00A0149B" w14:paraId="79A70101" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15D83D64" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRPr="00A0149B" w:rsidRDefault="00D726E4" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23B7E9E4" w14:textId="4836EEFB" w:rsidR="00D726E4" w:rsidRPr="002C0D1E" w:rsidRDefault="00D726E4" w:rsidP="00B721F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is all glassware acid-washed as described in SM 4500-P C</w:t>
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12893,145 +12597,140 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2) (b)?</w:t>
             </w:r>
             <w:r w:rsidR="008F30AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [SM 4500-P E-2021 (2) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61948B05" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRPr="002C0D1E" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AA62BB1" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRPr="002C0D1E" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73E6D5DA" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRPr="002C0D1E" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Use acid-washed glassware for determining low concentrations of phosphorus. Phosphate contamination is common because of its absorption on glass surfaces. Avoid using commercial detergents containing phosphate. Clean all glassware with hot dilute HCl and rinse well with distilled water. Preferably, reserve the glassware only for phosphate determination, after use, wash and keep filled with water until needed. If this is done, acid treatment is required only occasionally.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D726E4" w:rsidRPr="00A0149B" w14:paraId="234262AC" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16DE8A76" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRPr="00A0149B" w:rsidRDefault="00D726E4" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72729786" w14:textId="31EC3037" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Has each analyst performing this analysis completed an Initial Demonstration of </w:t>
             </w:r>
             <w:r w:rsidR="0095454B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13108,148 +12807,152 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>documentation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to this checklist.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79855220" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRPr="00A0149B" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AAC84F9" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRPr="00A0149B" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1775F4F0" w14:textId="6A5A5924" w:rsidR="00D726E4" w:rsidRDefault="00BE62D0" w:rsidP="00BE62D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE62D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ach laboratory shall develop and implement a documented training program that includes documentation that: staff have obtained acceptable results on Proficiency Testing Samples pursuant to Rule .0803(1) of this Section or other demonstrations of proficiency (e.g., side- by-side comparison with a trained analyst, acceptable results on a single-blind performance evaluation sample, an initial demonstration of capability study prescribed by the reference method).</w:t>
+              <w:t xml:space="preserve">ach laboratory shall develop and implement a documented training program that includes documentation that: staff have obtained acceptable results on Proficiency Testing Samples pursuant to Rule .0803(1) of this Section or other demonstrations of proficiency (e.g., side- by-side comparison with a trained </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE62D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>analyst, acceptable results on a single-blind performance evaluation sample, an initial demonstration of capability study prescribed by the reference method).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D726E4" w:rsidRPr="00A0149B" w14:paraId="2073A9FB" w14:textId="7B5CDB8E" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44D01EE6" w14:textId="10DC43B3" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F3E4327" w14:textId="26C54270" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00014868">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is combined reagent made fresh daily &amp; used w</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13289,140 +12992,135 @@
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (3) (e)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12A33B10" w14:textId="2D48F53A" w:rsidR="00D726E4" w:rsidRPr="00A0149B" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B1D8D16" w14:textId="62F4811E" w:rsidR="00D726E4" w:rsidRPr="00A0149B" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57BA4847" w14:textId="590A4DF0" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Combined reagent is stable for 4 hours.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D646C1" w:rsidRPr="00A0149B" w14:paraId="2256A92F" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72C92DB0" w14:textId="77777777" w:rsidR="00D646C1" w:rsidRPr="00A0149B" w:rsidRDefault="00D646C1" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AEAABE1" w14:textId="56052174" w:rsidR="00D646C1" w:rsidRPr="00A0149B" w:rsidRDefault="00D646C1" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r w:rsidR="008F4667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13467,129 +13165,124 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2022</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07D0A2CB" w14:textId="77777777" w:rsidR="00D646C1" w:rsidRPr="00A0149B" w:rsidRDefault="00D646C1" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A02073B" w14:textId="77777777" w:rsidR="00D646C1" w:rsidRPr="00A0149B" w:rsidRDefault="00D646C1" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ADC5931" w14:textId="77777777" w:rsidR="00D646C1" w:rsidRPr="00A0149B" w:rsidRDefault="00D646C1" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D646C1" w:rsidRPr="00A0149B" w14:paraId="11709212" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71A537A1" w14:textId="77777777" w:rsidR="00D646C1" w:rsidRPr="00A0149B" w:rsidRDefault="00D646C1" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0996D604" w14:textId="51CF0F71" w:rsidR="00D646C1" w:rsidRDefault="00D646C1" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What are the acceptance criteria for the recalculated calibration </w:t>
             </w:r>
             <w:r w:rsidR="008F4667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13709,68 +13402,66 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34A66A6E" w14:textId="77777777" w:rsidR="00D646C1" w:rsidRPr="00A0149B" w:rsidRDefault="00D646C1" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F4DCB6F" w14:textId="77777777" w:rsidR="00D646C1" w:rsidRPr="00A0149B" w:rsidRDefault="00D646C1" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16825A7C" w14:textId="77777777" w:rsidR="00D646C1" w:rsidRDefault="00D646C1" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Up to twice the MRL ±50%</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21D615F3" w14:textId="77777777" w:rsidR="00D646C1" w:rsidRDefault="00D646C1" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13791,72 +13482,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater than 5 times the MRL ±10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D646C1" w14:paraId="6864ECB3" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26A07A6F" w14:textId="77777777" w:rsidR="00D646C1" w:rsidRPr="00A0149B" w:rsidRDefault="00D646C1" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A3C139F" w14:textId="0D873097" w:rsidR="00D646C1" w:rsidRDefault="00D646C1" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the acceptance criteria are not met for the recalculated calibration </w:t>
             </w:r>
             <w:r w:rsidR="003D2767">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13976,120 +13665,116 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23B6F2D2" w14:textId="77777777" w:rsidR="00D646C1" w:rsidRPr="00A0149B" w:rsidRDefault="00D646C1" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C8E17DD" w14:textId="77777777" w:rsidR="00D646C1" w:rsidRPr="00A0149B" w:rsidRDefault="00D646C1" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32364E41" w14:textId="77777777" w:rsidR="00D646C1" w:rsidRDefault="00D646C1" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Identify the source of any outlier(s) and correct before sample quantitation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D726E4" w:rsidRPr="00A0149B" w14:paraId="708C75F4" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DE85F09" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRPr="00A0149B" w:rsidRDefault="00D726E4" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="26929524" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7563E9EF" w14:textId="28D3818B" w:rsidR="0031493D" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -14271,88 +13956,85 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="2078"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="515634F7" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRPr="00A0149B" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="733AD0ED" w14:textId="77777777" w:rsidR="00D726E4" w:rsidRPr="00A0149B" w:rsidRDefault="00D726E4" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36A613F0" w14:textId="77777777" w:rsidR="0031493D" w:rsidRDefault="0031493D" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00874E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rules:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14490,72 +14172,70 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E71D886" w14:textId="0530CF6B" w:rsidR="002E33BC" w:rsidRPr="00A0149B" w:rsidRDefault="002E33BC" w:rsidP="00D726E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031493D" w:rsidRPr="00A0149B" w14:paraId="63EE33BF" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1778BF0A" w14:textId="77777777" w:rsidR="0031493D" w:rsidRPr="00A0149B" w:rsidRDefault="0031493D" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E4593B7" w14:textId="66607449" w:rsidR="0031493D" w:rsidRDefault="0031493D" w:rsidP="007A322C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the acceptance criterion for the second source standard ±10% recovery? [SM 4020</w:t>
             </w:r>
             <w:r w:rsidR="00241A0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -14571,140 +14251,135 @@
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2022</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E4085FC" w14:textId="77777777" w:rsidR="0031493D" w:rsidRPr="00A0149B" w:rsidRDefault="0031493D" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C60D85C" w14:textId="77777777" w:rsidR="0031493D" w:rsidRPr="00A0149B" w:rsidRDefault="0031493D" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A5903A9" w14:textId="243D54DD" w:rsidR="0031493D" w:rsidRDefault="0031493D" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The analytical results for this second source mid-range standard must be within 10% of its true value. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0036178A" w:rsidRPr="00A0149B" w14:paraId="55A7D554" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5795F36C" w14:textId="77777777" w:rsidR="0036178A" w:rsidRPr="00A0149B" w:rsidRDefault="0036178A" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00E57504" w14:textId="41B56FE5" w:rsidR="0036178A" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:rPr>
@@ -14922,132 +14597,128 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A53F7BC" w14:textId="77777777" w:rsidR="0036178A" w:rsidRPr="00A0149B" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52538C63" w14:textId="77777777" w:rsidR="0036178A" w:rsidRPr="00A0149B" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A3D886E" w14:textId="618D0361" w:rsidR="0036178A" w:rsidRPr="00A0149B" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, determine the cause of the error, take corrective action, and re-verify the calibration. If the re-verification passes, continue the analyses; otherwise, repeat the initial calibration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC001E" w14:paraId="005DBBDE" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C32F59E" w14:textId="77777777" w:rsidR="00FC001E" w:rsidRPr="00A0149B" w:rsidRDefault="00FC001E" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A0581F1" w14:textId="041CF22E" w:rsidR="00FC001E" w:rsidRDefault="00FC001E" w:rsidP="008E2226">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:rPr>
@@ -15085,274 +14756,264 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (H)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2056E8B3" w14:textId="77777777" w:rsidR="00FC001E" w:rsidRPr="00A0149B" w:rsidRDefault="00FC001E" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4129CEF4" w14:textId="77777777" w:rsidR="00FC001E" w:rsidRPr="00A0149B" w:rsidRDefault="00FC001E" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BF53BC1" w14:textId="5FC64B69" w:rsidR="00FC001E" w:rsidRDefault="00F051B8" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For this method, the calibration blank and reagent blank are the same</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031493D" w:rsidRPr="00A0149B" w14:paraId="425FD1C4" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22AFCA8A" w14:textId="77777777" w:rsidR="0031493D" w:rsidRDefault="0031493D" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CF9CD80" w14:textId="1EBB3890" w:rsidR="0031493D" w:rsidRDefault="0031493D" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are all the blank concentrations less than or equal to ½ of the lowest calibration standard concentration? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00241A0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2H .0805 (a) (7) (H) (i)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="264D7846" w14:textId="77777777" w:rsidR="0031493D" w:rsidRDefault="0031493D" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="050BE7EE" w14:textId="77777777" w:rsidR="0031493D" w:rsidRDefault="0031493D" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34CD486A" w14:textId="77777777" w:rsidR="0031493D" w:rsidRDefault="0031493D" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0036178A" w:rsidRPr="00A0149B" w14:paraId="6627CED5" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70FF1C13" w14:textId="77777777" w:rsidR="0036178A" w:rsidRDefault="0036178A" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72DBC2C1" w14:textId="05D47B21" w:rsidR="0036178A" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if any blank is not less than or equal to ½ of the lowest calibration standard concentration? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00241A0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15433,138 +15094,116 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BDF8721" w14:textId="77777777" w:rsidR="0036178A" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="094FC6B9" w14:textId="77777777" w:rsidR="0036178A" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5487507E" w14:textId="77777777" w:rsidR="0036178A" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reanalyze blank. If still not acceptable, repeat the initial calibration, etc. Once </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> is resolved, repeat sample determinations since the last acceptable blank. </w:t>
+              <w:t xml:space="preserve">Reanalyze blank. If still not acceptable, repeat the initial calibration, etc. Once problem is resolved, repeat sample determinations since the last acceptable blank. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002E33BC" w:rsidRPr="00A0149B" w14:paraId="1577B02F" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2036B226" w14:textId="77777777" w:rsidR="002E33BC" w:rsidRPr="00A0149B" w:rsidRDefault="002E33BC" w:rsidP="002E33BC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6255B57E" w14:textId="77777777" w:rsidR="002E33BC" w:rsidRDefault="002E33BC" w:rsidP="002E33BC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15723,85 +15362,82 @@
           <w:p w14:paraId="7B31CD7F" w14:textId="77777777" w:rsidR="00874E3F" w:rsidRDefault="00874E3F" w:rsidP="002E33BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D5D1D70" w14:textId="4B34051A" w:rsidR="00874E3F" w:rsidRPr="00E311CE" w:rsidRDefault="00874E3F" w:rsidP="002E33BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="283F5663" w14:textId="77777777" w:rsidR="002E33BC" w:rsidRPr="00A0149B" w:rsidRDefault="002E33BC" w:rsidP="002E33BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20E1E1D1" w14:textId="77777777" w:rsidR="002E33BC" w:rsidRPr="00A0149B" w:rsidRDefault="002E33BC" w:rsidP="002E33BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3737E1DB" w14:textId="77777777" w:rsidR="002E33BC" w:rsidRDefault="002E33BC" w:rsidP="002E33BC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC68B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rules state:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15843,72 +15479,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Verify calibration by analyzing one standard whose concentration is near the midpoint of the calibration range.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00122A9B" w:rsidRPr="00A0149B" w14:paraId="7F9BE5AD" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E6A9433" w14:textId="77777777" w:rsidR="00122A9B" w:rsidRPr="00A0149B" w:rsidRDefault="00122A9B" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04BF8C7C" w14:textId="6981E492" w:rsidR="00122A9B" w:rsidRDefault="008C7B4A" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion of the calibration verification standard? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00241A0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15981,112 +15615,108 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BF04257" w14:textId="77777777" w:rsidR="00122A9B" w:rsidRPr="00A0149B" w:rsidRDefault="00122A9B" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B2DDBDF" w14:textId="77777777" w:rsidR="00122A9B" w:rsidRPr="00A0149B" w:rsidRDefault="00122A9B" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1958D2CE" w14:textId="77777777" w:rsidR="00122A9B" w:rsidRDefault="00122A9B" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00122A9B" w:rsidRPr="00A0149B" w14:paraId="4D876ABE" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="430DD334" w14:textId="77777777" w:rsidR="00122A9B" w:rsidRPr="00A0149B" w:rsidRDefault="00122A9B" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EC571E9" w14:textId="4107CB1C" w:rsidR="00122A9B" w:rsidRDefault="008C7B4A" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the calibration verification standard does not meet the acceptance criterion?  [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00241A0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -16165,113 +15795,109 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46DEF66B" w14:textId="77777777" w:rsidR="00122A9B" w:rsidRPr="00A0149B" w:rsidRDefault="00122A9B" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72A05098" w14:textId="77777777" w:rsidR="00122A9B" w:rsidRPr="00A0149B" w:rsidRDefault="00122A9B" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B40BC60" w14:textId="77777777" w:rsidR="00122A9B" w:rsidRDefault="00122A9B" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031493D" w:rsidRPr="00A0149B" w14:paraId="4240BD59" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BAEBAD7" w14:textId="77777777" w:rsidR="0031493D" w:rsidRPr="00A0149B" w:rsidRDefault="0031493D" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk168919224"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="694293AF" w14:textId="042E0FCB" w:rsidR="0031493D" w:rsidRPr="00292FFE" w:rsidRDefault="001630A5" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11040">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a calibration curve is not analyzed each day of analysis, is a lower reporting limit standard analyzed?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -16283,153 +15909,148 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00F11040">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15A NCAC 2H .0805 (a) (7) (H)]</w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A2888A6" w14:textId="77777777" w:rsidR="0031493D" w:rsidRPr="00A0149B" w:rsidRDefault="0031493D" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="400F2D9C" w14:textId="77777777" w:rsidR="0031493D" w:rsidRPr="00A0149B" w:rsidRDefault="0031493D" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="689BF632" w14:textId="400BD7E7" w:rsidR="0031493D" w:rsidRDefault="001630A5" w:rsidP="00251E88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Laboratories shall analyze or back-calculate a standard at the same concentration as the lowest reporting concentration each day samples are analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0036178A" w14:paraId="06B4E33A" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D5C611A" w14:textId="77777777" w:rsidR="0036178A" w:rsidRPr="00A0149B" w:rsidRDefault="0036178A" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71099D15" w14:textId="5E29CEE3" w:rsidR="0036178A" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00327BFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion of</w:t>
             </w:r>
             <w:r w:rsidR="001630A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -16560,138 +16181,134 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09735350" w14:textId="77777777" w:rsidR="0036178A" w:rsidRPr="00A0149B" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="284FD0A6" w14:textId="77777777" w:rsidR="0036178A" w:rsidRPr="00A0149B" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="190426B5" w14:textId="3B263D4E" w:rsidR="0036178A" w:rsidRDefault="00037D38" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">4020 B states “generally ±50%”. The laboratory must determine the criterion that will be used </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00024697" w14:paraId="7B47E6E7" w14:textId="77777777" w:rsidTr="00FA7CE9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F716EA3" w14:textId="77777777" w:rsidR="00024697" w:rsidRPr="00A0149B" w:rsidRDefault="00024697" w:rsidP="00024697">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4931D451" w14:textId="77777777" w:rsidR="00024697" w:rsidRDefault="00024697" w:rsidP="00024697">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E2103">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the </w:t>
             </w:r>
             <w:r w:rsidRPr="003B14C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">lower reporting limit standard </w:t>
@@ -16754,232 +16371,225 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="569BCC72" w14:textId="77777777" w:rsidR="00024697" w:rsidRPr="00A0149B" w:rsidRDefault="00024697" w:rsidP="00024697">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31FF0675" w14:textId="77777777" w:rsidR="00024697" w:rsidRPr="00A0149B" w:rsidRDefault="00024697" w:rsidP="00024697">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FA79690" w14:textId="6D340729" w:rsidR="00024697" w:rsidRDefault="00024697" w:rsidP="00024697">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C40A5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
       <w:tr w:rsidR="00327BFC" w:rsidDel="00BD21B5" w14:paraId="2407E0A3" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4826A56A" w14:textId="77777777" w:rsidR="00327BFC" w:rsidRPr="00A0149B" w:rsidDel="00BD21B5" w:rsidRDefault="00327BFC" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DA4A914" w14:textId="13D9C58B" w:rsidR="00327BFC" w:rsidRPr="00292FFE" w:rsidDel="00BD21B5" w:rsidRDefault="00327BFC" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a laboratory fortified blank (LFB) analyzed with each sample set or on a 5% basis, whichever is more frequent? [SM 4020 B</w:t>
             </w:r>
             <w:r w:rsidR="008B7EDE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2022</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (6)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00F72861" w14:textId="77777777" w:rsidR="00327BFC" w:rsidRPr="00A0149B" w:rsidDel="00BD21B5" w:rsidRDefault="00327BFC" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24D4C8FD" w14:textId="77777777" w:rsidR="00327BFC" w:rsidRPr="00A0149B" w:rsidDel="00BD21B5" w:rsidRDefault="00327BFC" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B6DA036" w14:textId="77777777" w:rsidR="00E6776C" w:rsidRPr="00E6776C" w:rsidRDefault="00E6776C" w:rsidP="00E6776C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E6776C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>As a minimum, include one LFB with each sample set (batch) or on a 5% basis, whichever is more frequent. Depending on method requirements, prepare the addition solution from either the same reference source used for calibration or an independent source.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37A83F2A" w14:textId="77777777" w:rsidR="00E6776C" w:rsidRPr="00E6776C" w:rsidRDefault="00E6776C" w:rsidP="00E6776C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -16998,123 +16608,103 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The LFB is a reagent blank (i.e., treated just like a sample including addition of the preservation acid) fortified with the analyte. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D1AE0" w:rsidDel="00BD21B5" w14:paraId="13ECE363" w14:textId="77777777" w:rsidTr="00251E88">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47A3C6F4" w14:textId="77777777" w:rsidR="000D1AE0" w:rsidRPr="00A0149B" w:rsidDel="00BD21B5" w:rsidRDefault="000D1AE0" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7753E7B1" w14:textId="77777777" w:rsidR="00D92D3D" w:rsidRDefault="00D92D3D" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="781748BD" w14:textId="33B9BB51" w:rsidR="000D1AE0" w:rsidRDefault="006D6486" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is the LFB </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> or secondary source?</w:t>
+              <w:t>Is the LFB primary or secondary source?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FEF0815" w14:textId="77777777" w:rsidR="004E74A0" w:rsidRDefault="004E74A0" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25E3B1DC" w14:textId="77777777" w:rsidR="004E74A0" w:rsidRDefault="00D92D3D" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
@@ -17147,74 +16737,72 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32BBCD91" w14:textId="77777777" w:rsidR="000D1AE0" w:rsidRPr="00A0149B" w:rsidDel="00BD21B5" w:rsidRDefault="000D1AE0" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69C9FE87" w14:textId="77777777" w:rsidR="000D1AE0" w:rsidRPr="00A0149B" w:rsidDel="00BD21B5" w:rsidRDefault="000D1AE0" w:rsidP="008E2226">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02261492" w14:textId="77777777" w:rsidR="00874E3F" w:rsidRPr="00E6776C" w:rsidRDefault="00874E3F" w:rsidP="00874E3F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E6776C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the LFB is </w:t>
             </w:r>
             <w:r w:rsidRPr="00E6776C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -17315,78 +16903,76 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>). Analyze one daily or per batch of 20 or fewer samples. The acceptance criterion must be recovery within ± 10% of true value.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0036178A" w:rsidRPr="00C40459" w:rsidDel="00CF79BE" w14:paraId="4E62D61E" w14:textId="77777777" w:rsidTr="00251E88">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="1529"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0096FB64" w14:textId="77777777" w:rsidR="0036178A" w:rsidRPr="00327BFC" w:rsidRDefault="0036178A" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CDD651F" w14:textId="10501E09" w:rsidR="00923533" w:rsidRDefault="0036178A" w:rsidP="00923533">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the concentration and acceptance criterion of the LFB?</w:t>
             </w:r>
             <w:r w:rsidR="00E965D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -17496,74 +17082,72 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18929951" w14:textId="77777777" w:rsidR="0036178A" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B106AC7" w14:textId="77777777" w:rsidR="0036178A" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40AECB22" w14:textId="77777777" w:rsidR="00E6776C" w:rsidRPr="00E6776C" w:rsidRDefault="00E6776C" w:rsidP="00E6776C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E6776C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If used as the second source verification, the acceptance criterion must be recovery within ± 10% of true value.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CB3C14E" w14:textId="77777777" w:rsidR="00E6776C" w:rsidRPr="00E6776C" w:rsidRDefault="00E6776C" w:rsidP="00E6776C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -17582,78 +17166,76 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Otherwise, evaluate the LFB for percent recovery of the added analytes by comparing results to method-specified limits, control charts, or other approved criteria.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0036178A" w:rsidRPr="00C40459" w:rsidDel="00CF79BE" w14:paraId="27A2ED4F" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33B81C12" w14:textId="77777777" w:rsidR="0036178A" w:rsidRPr="00327BFC" w:rsidRDefault="0036178A" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66AD4297" w14:textId="2809FD89" w:rsidR="00923533" w:rsidRDefault="0036178A" w:rsidP="00923533">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action does the laboratory take if the LFB is outside of the acceptance criterion?</w:t>
             </w:r>
             <w:r w:rsidR="00923533">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -17733,252 +17315,243 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AD47223" w14:textId="77777777" w:rsidR="0036178A" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="332B6961" w14:textId="77777777" w:rsidR="0036178A" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23767EB7" w14:textId="77777777" w:rsidR="0036178A" w:rsidRPr="00C40459" w:rsidDel="00CF79BE" w:rsidRDefault="0036178A" w:rsidP="0036178A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F23FF" w:rsidRPr="00A0149B" w14:paraId="32133D22" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48ACC95C" w14:textId="77777777" w:rsidR="004F23FF" w:rsidRPr="00A761CD" w:rsidRDefault="004F23FF" w:rsidP="004F23FF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="27B5B9F2" w14:textId="5A93A51B" w:rsidR="004F23FF" w:rsidRPr="00A761CD" w:rsidRDefault="004F23FF" w:rsidP="004F23FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a Laboratory Fortified Matrix (LFM) analyzed with each sample set, or on a 5% basis, whichever is more frequent? [SM 4020 B</w:t>
             </w:r>
             <w:r w:rsidR="008B7EDE" w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2022</w:t>
             </w:r>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (7)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01AB457F" w14:textId="77777777" w:rsidR="004F23FF" w:rsidRPr="00A761CD" w:rsidRDefault="004F23FF" w:rsidP="004F23FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2295BEAE" w14:textId="77777777" w:rsidR="004F23FF" w:rsidRPr="00A761CD" w:rsidRDefault="004F23FF" w:rsidP="004F23FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A5C1540" w14:textId="77777777" w:rsidR="004F23FF" w:rsidRPr="00A761CD" w:rsidRDefault="004F23FF" w:rsidP="004F23FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2E3B4001" w14:textId="77777777" w:rsidR="004F23FF" w:rsidRPr="00A761CD" w:rsidRDefault="004F23FF" w:rsidP="00F31653">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B02E18" w:rsidRPr="00A761CD" w14:paraId="488FC6FE" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="1448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="271D01DE" w14:textId="77777777" w:rsidR="00B02E18" w:rsidRPr="00A761CD" w:rsidRDefault="00B02E18" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1BCBC99E" w14:textId="77777777" w:rsidR="00C22531" w:rsidRPr="00A761CD" w:rsidRDefault="00C22531" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1E0A9185" w14:textId="77777777" w:rsidR="00C22531" w:rsidRPr="00A761CD" w:rsidRDefault="00C22531" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="40D0C1ED" w14:textId="7F11EE2B" w:rsidR="00B02E18" w:rsidRPr="00A761CD" w:rsidRDefault="00B02E18" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -18104,68 +17677,66 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E59444E" w14:textId="77777777" w:rsidR="00B02E18" w:rsidRPr="00A761CD" w:rsidRDefault="00B02E18" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="319E2706" w14:textId="77777777" w:rsidR="00B02E18" w:rsidRPr="00A761CD" w:rsidRDefault="00B02E18" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25602574" w14:textId="77777777" w:rsidR="00E6776C" w:rsidRPr="00A761CD" w:rsidRDefault="00E6776C" w:rsidP="00E6776C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See Matrix Spike Technical Assistance document. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7489A350" w14:textId="77777777" w:rsidR="00E6776C" w:rsidRPr="00A761CD" w:rsidRDefault="00E6776C" w:rsidP="00E6776C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -18204,72 +17775,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nterest, then add approximately as much analyte to the LFM sample as the concentration found in the known sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F23FF" w:rsidRPr="00A761CD" w14:paraId="3575B48A" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="1448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FB38EF1" w14:textId="77777777" w:rsidR="004F23FF" w:rsidRPr="00A761CD" w:rsidRDefault="004F23FF" w:rsidP="004F23FF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2A98DD9B" w14:textId="77777777" w:rsidR="00C22531" w:rsidRPr="00A761CD" w:rsidRDefault="00C22531" w:rsidP="004F23FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D524627" w14:textId="77777777" w:rsidR="00C22531" w:rsidRPr="00A761CD" w:rsidRDefault="00C22531" w:rsidP="004F23FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="667F92B5" w14:textId="457A3BBB" w:rsidR="004F23FF" w:rsidRPr="00A761CD" w:rsidRDefault="004F23FF" w:rsidP="004F23FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -18302,88 +17871,85 @@
             </w:r>
             <w:r w:rsidR="00570DE0" w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Table 4020:I</w:t>
             </w:r>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="472C1DD1" w14:textId="77777777" w:rsidR="004F23FF" w:rsidRPr="00A761CD" w:rsidRDefault="004F23FF" w:rsidP="004F23FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0280C2A1" w14:textId="77777777" w:rsidR="004F23FF" w:rsidRPr="00A761CD" w:rsidRDefault="004F23FF" w:rsidP="004F23FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FA75D73" w14:textId="77777777" w:rsidR="00E6776C" w:rsidRPr="00A761CD" w:rsidRDefault="00E6776C" w:rsidP="00E6776C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM (8) states:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -18451,72 +18017,70 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> there is</w:t>
             </w:r>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> no option to perform an environmental sample duplicate and then spike separately – must perform MS/MSD for this method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B02E18" w:rsidRPr="00A761CD" w14:paraId="3052D323" w14:textId="77777777" w:rsidTr="00251E88">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="611"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ED1CBD3" w14:textId="77777777" w:rsidR="00B02E18" w:rsidRPr="00A761CD" w:rsidRDefault="00B02E18" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4DFDF2CD" w14:textId="77777777" w:rsidR="00C22531" w:rsidRPr="00A761CD" w:rsidRDefault="00C22531" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1774E45B" w14:textId="77777777" w:rsidR="00C22531" w:rsidRPr="00A761CD" w:rsidRDefault="00C22531" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5E5CB4DD" w14:textId="315B5266" w:rsidR="00B02E18" w:rsidRPr="00A761CD" w:rsidRDefault="00B02E18" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -18626,68 +18190,66 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72AF70DB" w14:textId="77777777" w:rsidR="00B02E18" w:rsidRPr="00A761CD" w:rsidRDefault="00B02E18" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F897732" w14:textId="77777777" w:rsidR="00B02E18" w:rsidRPr="00A761CD" w:rsidRDefault="00B02E18" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DACDA70" w14:textId="77777777" w:rsidR="00E6776C" w:rsidRPr="00A761CD" w:rsidRDefault="00E6776C" w:rsidP="00E6776C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>There will be two % recovery calculations for accuracy from spike recoveries and one RPD calculation for precision from duplicate calculation.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B44D93E" w14:textId="77777777" w:rsidR="00E6776C" w:rsidRPr="00A761CD" w:rsidRDefault="00E6776C" w:rsidP="00E6776C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -18710,72 +18272,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Evaluate LFM results for percent recovery; if they are not within control limits, then take corrective action to rectify the matrix effect, use another method, use the method of standard addition, or flag the data if reported. See method for specific LFM acceptance criteria until the laboratory develops statistically valid, laboratory-specific performance criteria. If the method does not provide limits, use the calculated preliminary limits from the IDC (4020 B.3). LFM control limits may be wider than for LFB or LCS, and batch acceptance generally is not contingent upon LFM results.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B02E18" w:rsidRPr="00A761CD" w14:paraId="5DC1B069" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="747AC399" w14:textId="77777777" w:rsidR="00B02E18" w:rsidRPr="00A761CD" w:rsidRDefault="00B02E18" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B48A2F6" w14:textId="48A63FE3" w:rsidR="00B02E18" w:rsidRPr="00A761CD" w:rsidRDefault="00B02E18" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action does the laboratory take if the </w:t>
             </w:r>
             <w:r w:rsidR="001E369E" w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -18885,68 +18445,66 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D6D1F76" w14:textId="77777777" w:rsidR="00B02E18" w:rsidRPr="00A761CD" w:rsidRDefault="00B02E18" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E5CD453" w14:textId="77777777" w:rsidR="00B02E18" w:rsidRPr="00A761CD" w:rsidRDefault="00B02E18" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="056E3614" w14:textId="77777777" w:rsidR="00E6776C" w:rsidRPr="00A761CD" w:rsidRDefault="00E6776C" w:rsidP="00E6776C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD34DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rules state:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -18965,86 +18523,93 @@
           </w:p>
           <w:p w14:paraId="0A4A418F" w14:textId="2F2840C6" w:rsidR="00B02E18" w:rsidRPr="00A761CD" w:rsidRDefault="00E6776C" w:rsidP="00E6776C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD34DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A761CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Evaluate LFM results for percent recovery; if they are not within control limits, then take corrective action to rectify the matrix effect, use another method, use the method of standard addition, or flag the data if reported.</w:t>
+              <w:t xml:space="preserve"> Evaluate LFM results for percent recovery; if they are not within control limits, then take corrective action to rectify the matrix effect, use another method, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A761CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>use the method of standard addition, or flag the data if reported.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B02E18" w:rsidRPr="00A0149B" w14:paraId="1F383D5F" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="575CB834" w14:textId="77777777" w:rsidR="00B02E18" w:rsidRDefault="00B02E18" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="070FCCC7" w14:textId="33942DBF" w:rsidR="00B02E18" w:rsidRDefault="00B02E18" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for </w:t>
             </w:r>
             <w:r w:rsidR="001E369E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19145,68 +18710,66 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="574E5077" w14:textId="77777777" w:rsidR="00B02E18" w:rsidRDefault="00B02E18" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7271C283" w14:textId="77777777" w:rsidR="00B02E18" w:rsidRDefault="00B02E18" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79DEC2DC" w14:textId="641314F3" w:rsidR="00E6776C" w:rsidRDefault="00E6776C" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D93D90">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19246,72 +18809,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B02E18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Each laboratory shall establish performance acceptance criteria for all quality control analyses. Each laboratory shall calculate and document the precision and accuracy of all quality control analyses with each sample set. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B02E18" w:rsidRPr="00A0149B" w14:paraId="7E1F9148" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B97165D" w14:textId="77777777" w:rsidR="00B02E18" w:rsidRDefault="00B02E18" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CC48CF0" w14:textId="77777777" w:rsidR="00275A38" w:rsidRDefault="00275A38" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="12CE6AD3" w14:textId="5BDA5D97" w:rsidR="00B02E18" w:rsidRDefault="00B02E18" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -19440,68 +19001,66 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F0C7A58" w14:textId="77777777" w:rsidR="00B02E18" w:rsidRDefault="00B02E18" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CBE6998" w14:textId="77777777" w:rsidR="00B02E18" w:rsidRDefault="00B02E18" w:rsidP="00B02E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="607F1692" w14:textId="77777777" w:rsidR="00E6776C" w:rsidRPr="00E6776C" w:rsidRDefault="00E6776C" w:rsidP="00E6776C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E6776C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0691CE9C" w14:textId="77777777" w:rsidR="00E6776C" w:rsidRPr="00E6776C" w:rsidRDefault="00E6776C" w:rsidP="00E6776C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -19514,72 +19073,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E6776C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM states: If duplicate results are out of control, then re-prepare and re-analyze the sample and take additional corrective action, as needed.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031493D" w:rsidRPr="00A0149B" w14:paraId="007D79E6" w14:textId="77777777" w:rsidTr="00015674">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="86" w:type="dxa"/>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C1563F4" w14:textId="77777777" w:rsidR="0031493D" w:rsidRDefault="0031493D" w:rsidP="00832691">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BA85796" w14:textId="57EC392E" w:rsidR="0031493D" w:rsidRDefault="0031493D" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the data qualified on the Discharge Monitoring Report (DMR) or client report if Quality Control (QC) requirements are not met?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -19593,1864 +19150,1602 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00E5239C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2H (e) (5)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04350E6E" w14:textId="77777777" w:rsidR="0031493D" w:rsidRDefault="0031493D" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02774C09" w14:textId="77777777" w:rsidR="0031493D" w:rsidRDefault="0031493D" w:rsidP="0031493D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51608FE7" w14:textId="468847A6" w:rsidR="0031493D" w:rsidRDefault="0031493D" w:rsidP="00AD34DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reported data associated with quality control failures, improper sample collection, holding time exceedances, or improper preservation shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68BA0C06" w14:textId="77777777" w:rsidR="00080358" w:rsidRPr="00A0149B" w:rsidRDefault="00080358" w:rsidP="009E4313">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="446C271C" w14:textId="77777777" w:rsidR="00E431B2" w:rsidRDefault="00E431B2" w:rsidP="009A7451">
+    <w:p w14:paraId="446C271C" w14:textId="77777777" w:rsidR="00E431B2" w:rsidRPr="009B1622" w:rsidRDefault="00E431B2" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Digestion Reagents:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="042535D1" w14:textId="77777777" w:rsidR="00E431B2" w:rsidRDefault="00E431B2" w:rsidP="009A7451">
+    <w:p w14:paraId="042535D1" w14:textId="77777777" w:rsidR="00E431B2" w:rsidRPr="009B1622" w:rsidRDefault="00E431B2" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="228E41D5" w14:textId="4A012414" w:rsidR="00E431B2" w:rsidRDefault="00E431B2" w:rsidP="009A7451">
+    <w:p w14:paraId="228E41D5" w14:textId="4A012414" w:rsidR="00E431B2" w:rsidRPr="009B1622" w:rsidRDefault="00E431B2" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sulfuric Acid Solution:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Carefully add 300 ml conc </w:t>
+        <w:t xml:space="preserve">  Carefully add 300 ml conc H</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
-[...8 lines deleted...]
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>SO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to </w:t>
+        <w:t xml:space="preserve"> to 600 mL </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00D842CD" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
-[...53 lines deleted...]
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">reagent </w:t>
       </w:r>
-      <w:r w:rsidR="00376CA0">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">water and dilute to 1 L with </w:t>
+      </w:r>
+      <w:r w:rsidR="00D842CD" w:rsidRPr="009B1622">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reagent </w:t>
+      </w:r>
+      <w:r w:rsidR="00376CA0" w:rsidRPr="009B1622">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>water.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="468056FB" w14:textId="77777777" w:rsidR="00376CA0" w:rsidRDefault="00376CA0" w:rsidP="009A7451">
+    <w:p w14:paraId="468056FB" w14:textId="77777777" w:rsidR="00376CA0" w:rsidRPr="009B1622" w:rsidRDefault="00376CA0" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4495A36A" w14:textId="18203AE1" w:rsidR="00376CA0" w:rsidRDefault="00376CA0" w:rsidP="009A7451">
+    <w:p w14:paraId="4495A36A" w14:textId="18203AE1" w:rsidR="00376CA0" w:rsidRPr="009B1622" w:rsidRDefault="00376CA0" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sodium Hydroxide, 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00376CA0">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  Carefully add 40 g of NaOH to 800 ml </w:t>
       </w:r>
-      <w:r w:rsidR="00D842CD">
+      <w:r w:rsidR="00D842CD" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">reagent </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">water. Sir until dissolved and allow to cool.  Dilute to 1 L with </w:t>
       </w:r>
-      <w:r w:rsidR="00D842CD">
+      <w:r w:rsidR="00D842CD" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">reagent </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>water.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BAAF73E" w14:textId="77777777" w:rsidR="00553DC5" w:rsidRDefault="00553DC5" w:rsidP="009A7451">
+    <w:p w14:paraId="3BAAF73E" w14:textId="77777777" w:rsidR="00553DC5" w:rsidRPr="009B1622" w:rsidRDefault="00553DC5" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28DBE848" w14:textId="64A24E3B" w:rsidR="00553DC5" w:rsidRPr="00376CA0" w:rsidRDefault="00553DC5" w:rsidP="00553DC5">
+    <w:p w14:paraId="28DBE848" w14:textId="64A24E3B" w:rsidR="00553DC5" w:rsidRPr="009B1622" w:rsidRDefault="00553DC5" w:rsidP="00553DC5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Sodium Hydroxide, </w:t>
       </w:r>
-      <w:r w:rsidR="00F57DAE">
+      <w:r w:rsidR="00F57DAE" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00376CA0">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  Carefully add </w:t>
       </w:r>
-      <w:r w:rsidR="00F57DAE">
+      <w:r w:rsidR="00F57DAE" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">40 g of NaOH to 800 ml </w:t>
       </w:r>
-      <w:r w:rsidR="00D842CD">
+      <w:r w:rsidR="00D842CD" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">reagent </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">water. Sir until dissolved and allow to cool.  Dilute to 1 L with </w:t>
       </w:r>
-      <w:r w:rsidR="00D842CD">
+      <w:r w:rsidR="00D842CD" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">reagent </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>water.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="176AD512" w14:textId="77777777" w:rsidR="00E431B2" w:rsidRDefault="00E431B2" w:rsidP="009A7451">
+    <w:p w14:paraId="176AD512" w14:textId="77777777" w:rsidR="00E431B2" w:rsidRPr="009B1622" w:rsidRDefault="00E431B2" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="787CCEE1" w14:textId="77777777" w:rsidR="009A7451" w:rsidRPr="00717CD2" w:rsidRDefault="00807017" w:rsidP="009A7451">
+    <w:p w14:paraId="787CCEE1" w14:textId="77777777" w:rsidR="009A7451" w:rsidRPr="009B1622" w:rsidRDefault="00807017" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Analytical </w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reagents</w:t>
       </w:r>
-      <w:r w:rsidR="00F76E58" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="00F76E58" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; Standards</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prep:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6719888B" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="00717CD2" w:rsidRDefault="002A7356" w:rsidP="009A7451">
+    <w:p w14:paraId="6719888B" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="009B1622" w:rsidRDefault="002A7356" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5998319C" w14:textId="41A02432" w:rsidR="009A7451" w:rsidRPr="00717CD2" w:rsidRDefault="009A7451" w:rsidP="009A7451">
+    <w:p w14:paraId="5998319C" w14:textId="41A02432" w:rsidR="009A7451" w:rsidRPr="009B1622" w:rsidRDefault="009A7451" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Sulfuric acid</w:t>
+        <w:t xml:space="preserve">Sulfuric acid, </w:t>
       </w:r>
-      <w:r w:rsidRPr="0067525E">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:iCs/>
-[...10 lines deleted...]
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidRPr="0067525E">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="0067525E">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SO</w:t>
       </w:r>
-      <w:r w:rsidRPr="0067525E">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="0067525E">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>, 5</w:t>
       </w:r>
-      <w:r w:rsidRPr="0067525E">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Dilute 70 mL conc H</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>SO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> to 500 mL with </w:t>
       </w:r>
-      <w:r w:rsidR="00A05462">
+      <w:r w:rsidR="00A05462" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>reagent</w:t>
+        <w:t xml:space="preserve">reagent </w:t>
       </w:r>
-      <w:r w:rsidR="00A05462" w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
-[...8 lines deleted...]
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>water.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB403D7" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="00717CD2" w:rsidRDefault="002A7356" w:rsidP="009A7451">
+    <w:p w14:paraId="3EB403D7" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="009B1622" w:rsidRDefault="002A7356" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B04249A" w14:textId="3799682F" w:rsidR="009A7451" w:rsidRPr="00717CD2" w:rsidRDefault="0037587B" w:rsidP="009A7451">
+    <w:p w14:paraId="1B04249A" w14:textId="3799682F" w:rsidR="009A7451" w:rsidRPr="009B1622" w:rsidRDefault="0037587B" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Antimony p</w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>otassium tartrate solution</w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Dissolve 1.3715 g K(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>SbO</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)C</w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>⋅</w:t>
       </w:r>
-      <w:r w:rsidR="00D02F2B" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="00D02F2B" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>½</w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>O in</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">400 mL </w:t>
       </w:r>
-      <w:r w:rsidR="00A05462">
+      <w:r w:rsidR="00A05462" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>reagent</w:t>
+        <w:t xml:space="preserve">reagent </w:t>
       </w:r>
-      <w:r w:rsidR="00A05462" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>water in a 500-mL volumetric flask and dilute to volume. Store in a</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009A7451" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="009A7451" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
-[...17 lines deleted...]
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>glass-stoppered bottle.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08FCE517" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="00717CD2" w:rsidRDefault="002A7356" w:rsidP="009A7451">
+    <w:p w14:paraId="08FCE517" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="009B1622" w:rsidRDefault="002A7356" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68ED5F39" w14:textId="133E9AA2" w:rsidR="009A7451" w:rsidRPr="00717CD2" w:rsidRDefault="009A7451" w:rsidP="009A7451">
+    <w:p w14:paraId="68ED5F39" w14:textId="133E9AA2" w:rsidR="009A7451" w:rsidRPr="009B1622" w:rsidRDefault="009A7451" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Ammonium molybdate solution</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Dissolve 20 g (NH</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Mo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>⋅</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4H</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>O in 500 mL</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A82C86">
+      <w:r w:rsidR="00A82C86" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">reagent </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>water. Store in a glass-stoppered bottle.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="756AEC90" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="00717CD2" w:rsidRDefault="002A7356" w:rsidP="009A7451">
+    <w:p w14:paraId="756AEC90" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="009B1622" w:rsidRDefault="002A7356" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22024EDE" w14:textId="63BEFE3C" w:rsidR="002F4BC8" w:rsidRPr="00717CD2" w:rsidRDefault="009A7451" w:rsidP="009A7451">
+    <w:p w14:paraId="22024EDE" w14:textId="63BEFE3C" w:rsidR="002F4BC8" w:rsidRPr="009B1622" w:rsidRDefault="009A7451" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Ascorbic acid,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>0.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Dissolve 1.76 g ascorbic acid in 100 mL </w:t>
       </w:r>
-      <w:r w:rsidR="00D217E0">
+      <w:r w:rsidR="00D217E0" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>reagent</w:t>
+        <w:t xml:space="preserve">reagent </w:t>
       </w:r>
-      <w:r w:rsidR="00D217E0" w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>water. The</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
-[...17 lines deleted...]
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>solution is stable for about 1 week at 4°C.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D986C8B" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="00717CD2" w:rsidRDefault="002A7356" w:rsidP="009A7451">
+    <w:p w14:paraId="4D986C8B" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="009B1622" w:rsidRDefault="002A7356" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B88FECA" w14:textId="5A472BC7" w:rsidR="009A7451" w:rsidRPr="00717CD2" w:rsidRDefault="009A7451" w:rsidP="009A7451">
+    <w:p w14:paraId="6B88FECA" w14:textId="5A472BC7" w:rsidR="009A7451" w:rsidRPr="009B1622" w:rsidRDefault="009A7451" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Combined reagent</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Mix the above reagents in the following proportions for 100 mL of</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>the combined reagent: 50 mL 5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">N </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>SO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, 5 mL antimony</w:t>
       </w:r>
-      <w:r w:rsidR="0037587B">
+      <w:r w:rsidR="0037587B" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> potassium</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> tartrate solution, 15 mL</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">ammonium molybdate solution, and 30 mL ascorbic acid solution. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Mix after addition of each</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">reagent. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Let all reagents reach room temperature before they are mixed and mix in the order</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>given. If turbidity forms in the combined reagent, shake and let stand for a few minutes until</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">turbidity disappears before proceeding. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C85597">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>The reagent is stable for 4 h.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A3739D" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="00717CD2" w:rsidRDefault="002A7356" w:rsidP="009A7451">
+    <w:p w14:paraId="01A3739D" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="009B1622" w:rsidRDefault="002A7356" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7696F49F" w14:textId="312C2548" w:rsidR="009A7451" w:rsidRPr="00717CD2" w:rsidRDefault="009A7451" w:rsidP="002A7356">
+    <w:p w14:paraId="7696F49F" w14:textId="312C2548" w:rsidR="009A7451" w:rsidRPr="009B1622" w:rsidRDefault="009A7451" w:rsidP="002A7356">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Stock phosphate solution</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Dissolve in </w:t>
       </w:r>
-      <w:r w:rsidR="00DA0E5A">
+      <w:r w:rsidR="00DA0E5A" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>reagent</w:t>
+        <w:t xml:space="preserve">reagent </w:t>
       </w:r>
-      <w:r w:rsidR="00DA0E5A" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
-[...8 lines deleted...]
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>water 219.5 mg anhydrous KH</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PO</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> and dilute to 1000 mL; 1.00 mL = 50.0 μg PO</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00D02F2B" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="00D02F2B" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D02F2B" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="00D02F2B" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>P.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18336682" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="00717CD2" w:rsidRDefault="002A7356" w:rsidP="009A7451">
+    <w:p w14:paraId="18336682" w14:textId="77777777" w:rsidR="002A7356" w:rsidRPr="009B1622" w:rsidRDefault="002A7356" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06F05A14" w14:textId="059EFAB3" w:rsidR="009A7451" w:rsidRPr="00717CD2" w:rsidRDefault="009A7451" w:rsidP="009A7451">
+    <w:p w14:paraId="06F05A14" w14:textId="059EFAB3" w:rsidR="009A7451" w:rsidRPr="009B1622" w:rsidRDefault="009A7451" w:rsidP="009A7451">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Standard phosphate solution</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Dilute 50.0 mL stock phosphate solution to 1000 mL</w:t>
       </w:r>
-      <w:r w:rsidR="002A7356" w:rsidRPr="00717CD2">
+      <w:r w:rsidR="002A7356" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">with </w:t>
       </w:r>
-      <w:r w:rsidR="000113BB">
+      <w:r w:rsidR="000113BB" w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">reagent </w:t>
       </w:r>
-      <w:r w:rsidRPr="00717CD2">
+      <w:r w:rsidRPr="009B1622">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>water; 1.00 mL = 2.50 μg P.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DBC645E" w14:textId="77777777" w:rsidR="00D02F2B" w:rsidRDefault="00D02F2B" w:rsidP="002F4BC8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F633F57" w14:textId="77777777" w:rsidR="00807017" w:rsidRDefault="00025C0C" w:rsidP="00F32A5C">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
@@ -21473,51 +20768,60 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D02F2B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Comments:</w:t>
       </w:r>
       <w:r w:rsidRPr="00025C0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0067525E" w:rsidRPr="00025C0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0067525E" w:rsidRPr="00025C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>_________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00025C0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D81DA9A" w14:textId="77777777" w:rsidR="003B5326" w:rsidRDefault="00F32A5C" w:rsidP="00F32A5C">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -21565,226 +20869,224 @@
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="001603A4" w:rsidRPr="00406793">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003B5326" w:rsidSect="00966FAE">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="432" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12DA9FB7" w14:textId="77777777" w:rsidR="000B6EC9" w:rsidRDefault="000B6EC9">
+    <w:p w14:paraId="5CD4040E" w14:textId="77777777" w:rsidR="008D0A88" w:rsidRDefault="008D0A88">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43CD3E26" w14:textId="77777777" w:rsidR="000B6EC9" w:rsidRDefault="000B6EC9">
+    <w:p w14:paraId="0D685E9A" w14:textId="77777777" w:rsidR="008D0A88" w:rsidRDefault="008D0A88">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="37C0097C" w14:textId="77777777" w:rsidR="000B6EC9" w:rsidRDefault="000B6EC9"/>
+    <w:p w14:paraId="7B37EE56" w14:textId="77777777" w:rsidR="008D0A88" w:rsidRDefault="008D0A88"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6056B0ED" w14:textId="77777777" w:rsidR="006D3501" w:rsidRPr="004E0CAB" w:rsidRDefault="006D3501" w:rsidP="00B82753">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Revised April_2013</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="78CE51FB" w14:textId="77777777" w:rsidR="006D3501" w:rsidRDefault="006D3501">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09AA39A7" w14:textId="74D3A01F" w:rsidR="006D3501" w:rsidRDefault="006D3501" w:rsidP="004B6518">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="00B1084B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>05/15/2024</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67C82713" w14:textId="77777777" w:rsidR="000B6EC9" w:rsidRDefault="000B6EC9">
+    <w:p w14:paraId="4612DC12" w14:textId="77777777" w:rsidR="008D0A88" w:rsidRDefault="008D0A88">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FCFE176" w14:textId="77777777" w:rsidR="000B6EC9" w:rsidRDefault="000B6EC9">
+    <w:p w14:paraId="54D67699" w14:textId="77777777" w:rsidR="008D0A88" w:rsidRDefault="008D0A88">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4EDB2CE7" w14:textId="77777777" w:rsidR="000B6EC9" w:rsidRDefault="000B6EC9"/>
+    <w:p w14:paraId="411E7DCE" w14:textId="77777777" w:rsidR="008D0A88" w:rsidRDefault="008D0A88"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="60BE309D" w14:textId="23B108AB" w:rsidR="006D3501" w:rsidRPr="00807017" w:rsidRDefault="006D3501" w:rsidP="00807017">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Orthop</w:t>
     </w:r>
     <w:r w:rsidRPr="00807017">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>hosph</w:t>
     </w:r>
@@ -21918,51 +21220,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidRPr="00130A01">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6DB83D83" w14:textId="77777777" w:rsidR="00252838" w:rsidRPr="00A0149B" w:rsidRDefault="00252838" w:rsidP="00252838">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009165FC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>NC DEQ/DWR</w:t>
     </w:r>
     <w:r w:rsidRPr="00A0149B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
@@ -21978,61 +21280,61 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>LABORATORY CERTIFICATION</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> BRANCH</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1DC581BF" w14:textId="77777777" w:rsidR="00252838" w:rsidRDefault="00252838">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4B5C2D06" w14:textId="5A2F23E8" w:rsidR="006D3501" w:rsidRDefault="006D3501">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5890D89B" w14:textId="2122DA0F" w:rsidR="006D3501" w:rsidRPr="003B457D" w:rsidRDefault="006D3501" w:rsidP="00015674">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Total Phosphorus – </w:t>
     </w:r>
     <w:r w:rsidRPr="00807017">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
@@ -22170,61 +21472,61 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="00130A01">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5AF671EC" w14:textId="59A64197" w:rsidR="006D3501" w:rsidRDefault="006D3501">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="671E3CFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C8A698C"/>
     <w:lvl w:ilvl="0" w:tplc="3CC0177E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="144" w:hanging="72"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -22278,52 +21580,52 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1749493417">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -22854,50 +22156,51 @@
     <w:rsid w:val="008834CE"/>
     <w:rsid w:val="008838FA"/>
     <w:rsid w:val="0088634F"/>
     <w:rsid w:val="00892250"/>
     <w:rsid w:val="008934AC"/>
     <w:rsid w:val="008937D5"/>
     <w:rsid w:val="00893E48"/>
     <w:rsid w:val="0089511F"/>
     <w:rsid w:val="008A231B"/>
     <w:rsid w:val="008A2DA8"/>
     <w:rsid w:val="008A31BE"/>
     <w:rsid w:val="008A36A2"/>
     <w:rsid w:val="008A3FC1"/>
     <w:rsid w:val="008A49A5"/>
     <w:rsid w:val="008A64D0"/>
     <w:rsid w:val="008B0482"/>
     <w:rsid w:val="008B4CB5"/>
     <w:rsid w:val="008B7EDE"/>
     <w:rsid w:val="008B7F93"/>
     <w:rsid w:val="008C01C3"/>
     <w:rsid w:val="008C23B9"/>
     <w:rsid w:val="008C3989"/>
     <w:rsid w:val="008C678B"/>
     <w:rsid w:val="008C7B4A"/>
     <w:rsid w:val="008D098D"/>
+    <w:rsid w:val="008D0A88"/>
     <w:rsid w:val="008D0A93"/>
     <w:rsid w:val="008D0E34"/>
     <w:rsid w:val="008D3052"/>
     <w:rsid w:val="008D4CE2"/>
     <w:rsid w:val="008D55D5"/>
     <w:rsid w:val="008D68D2"/>
     <w:rsid w:val="008D74E5"/>
     <w:rsid w:val="008E0A3B"/>
     <w:rsid w:val="008E2226"/>
     <w:rsid w:val="008F30AC"/>
     <w:rsid w:val="008F4667"/>
     <w:rsid w:val="008F583D"/>
     <w:rsid w:val="008F58C1"/>
     <w:rsid w:val="0090185C"/>
     <w:rsid w:val="009123EF"/>
     <w:rsid w:val="00916541"/>
     <w:rsid w:val="009165FC"/>
     <w:rsid w:val="009225C7"/>
     <w:rsid w:val="00923533"/>
     <w:rsid w:val="00931DA9"/>
     <w:rsid w:val="00935A9E"/>
     <w:rsid w:val="00936C91"/>
     <w:rsid w:val="009376B8"/>
     <w:rsid w:val="00940C9C"/>
     <w:rsid w:val="00940CB8"/>
@@ -22911,50 +22214,51 @@
     <w:rsid w:val="009557E9"/>
     <w:rsid w:val="009632EB"/>
     <w:rsid w:val="0096448A"/>
     <w:rsid w:val="009645DD"/>
     <w:rsid w:val="009649F4"/>
     <w:rsid w:val="009651CC"/>
     <w:rsid w:val="00965856"/>
     <w:rsid w:val="00966AB4"/>
     <w:rsid w:val="00966BB8"/>
     <w:rsid w:val="00966FAE"/>
     <w:rsid w:val="009779C9"/>
     <w:rsid w:val="009829C0"/>
     <w:rsid w:val="009833A1"/>
     <w:rsid w:val="0098470B"/>
     <w:rsid w:val="00985E49"/>
     <w:rsid w:val="009904E7"/>
     <w:rsid w:val="00994091"/>
     <w:rsid w:val="00994ACE"/>
     <w:rsid w:val="009951B8"/>
     <w:rsid w:val="00996CFB"/>
     <w:rsid w:val="009A0349"/>
     <w:rsid w:val="009A04AC"/>
     <w:rsid w:val="009A14C4"/>
     <w:rsid w:val="009A4614"/>
     <w:rsid w:val="009A7451"/>
+    <w:rsid w:val="009B1622"/>
     <w:rsid w:val="009B206E"/>
     <w:rsid w:val="009B4C59"/>
     <w:rsid w:val="009B4F96"/>
     <w:rsid w:val="009C04DE"/>
     <w:rsid w:val="009C1F29"/>
     <w:rsid w:val="009C5B97"/>
     <w:rsid w:val="009C7C9C"/>
     <w:rsid w:val="009D6A1A"/>
     <w:rsid w:val="009E4313"/>
     <w:rsid w:val="009E4EDB"/>
     <w:rsid w:val="009F13E0"/>
     <w:rsid w:val="009F4B7E"/>
     <w:rsid w:val="009F739C"/>
     <w:rsid w:val="00A00EB9"/>
     <w:rsid w:val="00A0149B"/>
     <w:rsid w:val="00A03297"/>
     <w:rsid w:val="00A036D7"/>
     <w:rsid w:val="00A04B97"/>
     <w:rsid w:val="00A05462"/>
     <w:rsid w:val="00A064BF"/>
     <w:rsid w:val="00A06960"/>
     <w:rsid w:val="00A11844"/>
     <w:rsid w:val="00A11B7F"/>
     <w:rsid w:val="00A15AA2"/>
     <w:rsid w:val="00A16B1B"/>
@@ -23012,50 +22316,51 @@
     <w:rsid w:val="00B21945"/>
     <w:rsid w:val="00B21B06"/>
     <w:rsid w:val="00B267BF"/>
     <w:rsid w:val="00B31820"/>
     <w:rsid w:val="00B31ECE"/>
     <w:rsid w:val="00B332D1"/>
     <w:rsid w:val="00B34DAA"/>
     <w:rsid w:val="00B4324A"/>
     <w:rsid w:val="00B4629B"/>
     <w:rsid w:val="00B50C1C"/>
     <w:rsid w:val="00B57C06"/>
     <w:rsid w:val="00B66B5B"/>
     <w:rsid w:val="00B721F2"/>
     <w:rsid w:val="00B731DD"/>
     <w:rsid w:val="00B80B61"/>
     <w:rsid w:val="00B81A51"/>
     <w:rsid w:val="00B81DFF"/>
     <w:rsid w:val="00B820F2"/>
     <w:rsid w:val="00B82753"/>
     <w:rsid w:val="00B83E25"/>
     <w:rsid w:val="00B84705"/>
     <w:rsid w:val="00B8483E"/>
     <w:rsid w:val="00B9155B"/>
     <w:rsid w:val="00B93E12"/>
     <w:rsid w:val="00BA611F"/>
+    <w:rsid w:val="00BB144B"/>
     <w:rsid w:val="00BB26CE"/>
     <w:rsid w:val="00BB3D2E"/>
     <w:rsid w:val="00BB480F"/>
     <w:rsid w:val="00BC3330"/>
     <w:rsid w:val="00BC5DC1"/>
     <w:rsid w:val="00BC6B58"/>
     <w:rsid w:val="00BD29C5"/>
     <w:rsid w:val="00BD65E7"/>
     <w:rsid w:val="00BE2BC9"/>
     <w:rsid w:val="00BE5842"/>
     <w:rsid w:val="00BE62D0"/>
     <w:rsid w:val="00BF20EC"/>
     <w:rsid w:val="00BF2928"/>
     <w:rsid w:val="00BF4EBB"/>
     <w:rsid w:val="00BF5CB1"/>
     <w:rsid w:val="00C12B83"/>
     <w:rsid w:val="00C130A9"/>
     <w:rsid w:val="00C15F72"/>
     <w:rsid w:val="00C16AFC"/>
     <w:rsid w:val="00C16E46"/>
     <w:rsid w:val="00C21198"/>
     <w:rsid w:val="00C21238"/>
     <w:rsid w:val="00C22531"/>
     <w:rsid w:val="00C27C55"/>
     <w:rsid w:val="00C32212"/>
@@ -23280,51 +22585,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="02EE6043"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{AC3CC949-95E7-4883-9D92-99C0063F7733}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -23859,51 +23164,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
     <w:rsid w:val="001E635D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf11">
     <w:name w:val="cf11"/>
     <w:rsid w:val="001E635D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="347996730">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="832598576">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -24586,72 +23891,56 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6c38d145d7b35516c8d44bb1013affd5" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
     <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
     <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -24840,136 +24129,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2DB3E88-4801-47E7-9F97-7B3593A24C04}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77080742-38AC-42C1-B2B0-08BE29D59D64}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{465E1C17-2C6A-4CBA-BFF2-07DD0984E8EA}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{232501B3-EDEA-4F11-B2A4-7A66130227D7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEA6BB6E-0944-4E52-ACA0-2D4D11BC8322}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2DB3E88-4801-47E7-9F97-7B3593A24C04}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
-    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
-[...13 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>3971</Words>
-  <Characters>22229</Characters>
+  <Words>3507</Words>
+  <Characters>22693</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>185</Lines>
-  <Paragraphs>52</Paragraphs>
+  <Lines>1745</Lines>
+  <Paragraphs>1637</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26148</CharactersWithSpaces>
+  <CharactersWithSpaces>24563</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>Todd Crawford</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>