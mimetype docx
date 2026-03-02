--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -10,51 +10,51 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="038D760A" w14:textId="6B07C5AD" w:rsidR="009E4313" w:rsidRPr="00A0149B" w:rsidRDefault="009E4313" w:rsidP="00D874FC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">NC </w:t>
       </w:r>
       <w:r w:rsidR="00142D44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DEQ/DWR</w:t>
@@ -115,409 +115,397 @@
         <w:tblW w:w="10880" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="2920"/>
         <w:gridCol w:w="3730"/>
         <w:gridCol w:w="910"/>
         <w:gridCol w:w="1250"/>
       </w:tblGrid>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="4BAEC542" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4C6BCE54" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5ED758C9" w14:textId="77777777" w:rsidR="000605DB" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="067602EC" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="785ABA6C" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="27F44CA9" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0AD250EB" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6650" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4176F5FA" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0BC750EA" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7877D35B" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="2900774A" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4990" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="622DB9F2" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0F436EDB" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000605DB" w:rsidRPr="00A0149B" w14:paraId="32D200A4" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4990" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11ED2069" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="51011D68" w14:textId="77777777" w:rsidR="000605DB" w:rsidRPr="00A0149B" w:rsidRDefault="000605DB" w:rsidP="00EB1E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3D6F4F99" w14:textId="77777777" w:rsidR="009E4313" w:rsidRPr="00A0149B" w:rsidRDefault="009E4313" w:rsidP="009E4313">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="724D6703" w14:textId="77777777" w:rsidR="00FB59CC" w:rsidRDefault="009E4313" w:rsidP="009E4313">
@@ -726,51 +714,50 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="6480"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DA01CE" w:rsidRPr="00C16E46" w14:paraId="3C1A21BA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="739A2C27" w14:textId="77777777" w:rsidR="00DA01CE" w:rsidRPr="00C16E46" w:rsidRDefault="00DA01CE" w:rsidP="00C16E46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10530" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69E976BE" w14:textId="77777777" w:rsidR="00DA01CE" w:rsidRDefault="00DA01CE" w:rsidP="00363D35">
@@ -809,331 +796,322 @@
             </w:r>
             <w:r w:rsidRPr="00BF20EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Model:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w:rsidRPr="00C16E46" w14:paraId="06F12C6A" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CAF40F8" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00C16E46" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A5C1C73" w14:textId="71C5C145" w:rsidR="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Acid-washed glassware</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0ABC1DA8" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00C16E46" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DCA5A25" w14:textId="4A947B29" w:rsidR="00F02947" w:rsidRPr="00EB1E50" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hot plate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w:rsidRPr="00C16E46" w14:paraId="377D2E5B" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57462BF0" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00C16E46" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A108B9A" w14:textId="3D45C0EA" w:rsidR="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Autoclave</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27C85EA0" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00C16E46" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CE2E522" w14:textId="3806B5DD" w:rsidR="00F02947" w:rsidRPr="00EB1E50" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Micro-Kjeldahl type digestion rack</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w:rsidRPr="00C16E46" w14:paraId="27D7133A" w14:textId="77777777" w:rsidTr="000B7635">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="518CAACB" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00C16E46" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C811FDD" w14:textId="747BA57D" w:rsidR="00F02947" w:rsidRPr="00BF20EC" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Glass scoop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20B02D44" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00C16E46" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21C54439" w14:textId="4688B42E" w:rsidR="00F02947" w:rsidRPr="00EB1E50" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Micro-Kjeldahl flasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="01096DB8" w14:textId="77777777" w:rsidR="00E13859" w:rsidRDefault="00E13859" w:rsidP="009E4313">
       <w:pPr>
         <w:rPr>
@@ -1189,70 +1167,58 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DIGESTION/</w:t>
       </w:r>
       <w:r w:rsidR="00526D2A" w:rsidRPr="004044D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ANALYSIS REAGENTS:</w:t>
       </w:r>
       <w:r w:rsidR="006F3E20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006F3E20" w:rsidRPr="006F3E20">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">See last page for reagent </w:t>
+      <w:r w:rsidR="006F3E20" w:rsidRPr="00297A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>See last page for reagent recipes</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E419A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E419A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E07BC78" w14:textId="77777777" w:rsidR="004044D0" w:rsidRDefault="004044D0" w:rsidP="004044D0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sectPr w:rsidR="004044D0" w:rsidSect="00025C0C">
@@ -1275,553 +1241,533 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="382"/>
         <w:gridCol w:w="5148"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4899"/>
       </w:tblGrid>
       <w:tr w:rsidR="00237166" w:rsidRPr="004044D0" w14:paraId="37726875" w14:textId="77777777" w:rsidTr="00715F5D">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69D62C38" w14:textId="77777777" w:rsidR="00237166" w:rsidRPr="004044D0" w:rsidRDefault="00237166" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5148" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="586B5E5F" w14:textId="77777777" w:rsidR="00237166" w:rsidRPr="004044D0" w:rsidRDefault="00237166" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Antimony potassium tartrate solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A105049" w14:textId="77777777" w:rsidR="00237166" w:rsidRPr="004044D0" w:rsidRDefault="00237166" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EE4B7F7" w14:textId="77777777" w:rsidR="00237166" w:rsidRPr="004044D0" w:rsidRDefault="00715F5D" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ammonium persulfate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00237166" w:rsidRPr="004044D0" w14:paraId="652E9455" w14:textId="77777777" w:rsidTr="00715F5D">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B1E0F4B" w14:textId="77777777" w:rsidR="00237166" w:rsidRPr="004044D0" w:rsidRDefault="00237166" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5148" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B3D9255" w14:textId="77777777" w:rsidR="00237166" w:rsidRPr="004044D0" w:rsidRDefault="00237166" w:rsidP="00B064A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ammonium molybdate solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54237170" w14:textId="77777777" w:rsidR="00237166" w:rsidRPr="004044D0" w:rsidRDefault="00237166" w:rsidP="00B064A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EC3B61E" w14:textId="77777777" w:rsidR="00237166" w:rsidRPr="004044D0" w:rsidRDefault="00715F5D" w:rsidP="00B064A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Phenolphthalein indicator aqueous solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00237166" w:rsidRPr="004044D0" w14:paraId="1D1398C3" w14:textId="77777777" w:rsidTr="00715F5D">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46FD6F66" w14:textId="77777777" w:rsidR="00237166" w:rsidRPr="004044D0" w:rsidRDefault="00237166" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5148" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03A772D3" w14:textId="77777777" w:rsidR="00237166" w:rsidRPr="004044D0" w:rsidRDefault="00237166" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ascorbic acid solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49ECC92A" w14:textId="77777777" w:rsidR="00237166" w:rsidRPr="004044D0" w:rsidRDefault="00237166" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BEE3929" w14:textId="77777777" w:rsidR="00237166" w:rsidRPr="004044D0" w:rsidRDefault="00715F5D" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stock phosphate solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00715F5D" w:rsidRPr="004044D0" w14:paraId="569153BB" w14:textId="77777777" w:rsidTr="00715F5D">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13D83387" w14:textId="77777777" w:rsidR="00715F5D" w:rsidRPr="004044D0" w:rsidRDefault="00715F5D" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5148" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="683D8ED8" w14:textId="77777777" w:rsidR="00715F5D" w:rsidRPr="004044D0" w:rsidRDefault="00715F5D" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Combined reagent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C9DD547" w14:textId="77777777" w:rsidR="00715F5D" w:rsidRPr="004044D0" w:rsidRDefault="00715F5D" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E0BD257" w14:textId="77777777" w:rsidR="00715F5D" w:rsidRPr="004044D0" w:rsidRDefault="00715F5D" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Intermediate phosphate solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00715F5D" w:rsidRPr="004044D0" w14:paraId="05FFFB7A" w14:textId="77777777" w:rsidTr="00715F5D">
         <w:trPr>
           <w:trHeight w:val="264"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20461E27" w14:textId="77777777" w:rsidR="00715F5D" w:rsidRPr="004044D0" w:rsidRDefault="00715F5D" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5148" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CFF8341" w14:textId="77777777" w:rsidR="00715F5D" w:rsidRPr="004044D0" w:rsidRDefault="00715F5D" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dilute sulfuric acid solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="315B1A39" w14:textId="77777777" w:rsidR="00715F5D" w:rsidRPr="004044D0" w:rsidRDefault="00715F5D" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F09CCBC" w14:textId="77777777" w:rsidR="00715F5D" w:rsidRPr="004044D0" w:rsidRDefault="00715F5D" w:rsidP="004044D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Standard phosphate solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="485F2D1E" w14:textId="77777777" w:rsidR="004044D0" w:rsidRPr="004044D0" w:rsidRDefault="004044D0" w:rsidP="004044D0">
       <w:pPr>
         <w:rPr>
@@ -1855,51 +1801,50 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="4744"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4762"/>
         <w:gridCol w:w="18"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C16E46" w:rsidRPr="00A0149B" w14:paraId="55DA27DF" w14:textId="77777777" w:rsidTr="00960276">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11063" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DF75F1A" w14:textId="77777777" w:rsidR="00C16E46" w:rsidRDefault="00C16E46" w:rsidP="00C16E46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06B63770" w14:textId="77777777" w:rsidR="00825E19" w:rsidRDefault="00825E19" w:rsidP="00C16E46">
             <w:pPr>
@@ -2115,83 +2060,81 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D78B4" w:rsidRPr="00A0149B" w14:paraId="6C353E5C" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DA343B3" w14:textId="77777777" w:rsidR="002D78B4" w:rsidRPr="00A0149B" w:rsidRDefault="002D78B4" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44E9E626" w14:textId="1096921B" w:rsidR="002D78B4" w:rsidRDefault="00142D44" w:rsidP="00994091">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the SOP reviewed at least every 2 years? </w:t>
             </w:r>
             <w:r w:rsidR="002D78B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -2267,70 +2210,68 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6625348F" w14:textId="77777777" w:rsidR="002D78B4" w:rsidRPr="00560E41" w:rsidRDefault="002D78B4" w:rsidP="00994091">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C5E524D" w14:textId="77777777" w:rsidR="002D78B4" w:rsidRPr="00560E41" w:rsidRDefault="002D78B4" w:rsidP="00994091">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44F0EEC4" w14:textId="77777777" w:rsidR="00142D44" w:rsidRDefault="00142D44" w:rsidP="00142D44">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quality assurance, quality control, and Standard Operating Procedure documentation shall indicate the effective date of the document and be reviewed every two years and updated if changes in procedures are made.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A04C046" w14:textId="77777777" w:rsidR="00142D44" w:rsidRDefault="00142D44" w:rsidP="00994091">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2353,75 +2294,73 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify proper method reference. During review notate deviations from the approved method and SOP. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B01C65" w:rsidRPr="00A0149B" w14:paraId="0BC61A84" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51A64D73" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73F622B2" w14:textId="16CB66AD" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are all revision dates and actions tracked and documented? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00236264">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2442,208 +2381,202 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="449DF269" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00560E41" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A6987C6" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00560E41" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D8AAAC5" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D53CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control, and Standard Operating Procedure documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B01C65" w:rsidRPr="00A0149B" w14:paraId="4CE3BD31" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49F3F05A" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E588197" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is there North Carolina data available for review?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14704FFB" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00560E41" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33B906A8" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00560E41" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C4136E4" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="008352D2" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, review PT data</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2789,75 +2722,73 @@
             </w:r>
             <w:r w:rsidRPr="00C16E46">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B01C65" w:rsidRPr="00A0149B" w14:paraId="311C0035" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="575"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7295099D" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A9ECD23" w14:textId="4B5A2198" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples preserved at time of collection with H</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2261D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2921,420 +2852,399 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[40 CFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1930905C" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="771EC853" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72F80D1D" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="003F5E8D" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Preservation not required if analyzed within 15 minutes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B01C65" w:rsidRPr="00A0149B" w14:paraId="0CF7A510" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="575"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A40AFAC" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EA018B9" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Are samples </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>Are samples iced</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>iced</w:t>
+              <w:t>t</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0067392B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="007E6DD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">above freezing but </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B31ECE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>≤</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>t</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0067392B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>o</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">º </w:t>
+            </w:r>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>C during shipment?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007E6DD9">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:p>
+          <w:p w14:paraId="1EE156BD" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="0067392B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B000E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>≤</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B000E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40 CFR </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>136.3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B000E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Table II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and footnote 18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B000E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...94 lines deleted...]
-              </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45C948DB" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55FCDC3D" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6099F277" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B01C65" w:rsidRPr="00A0149B" w14:paraId="27485D95" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="575"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13840486" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AAE3483" w14:textId="14A1FB09" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is pH checked to document pH &lt;2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3391,143 +3301,138 @@
             </w:r>
             <w:r w:rsidR="00DC2940" w:rsidRPr="00872C42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15A NCAC 02H .0805 (a) (7) (M)</w:t>
             </w:r>
             <w:r w:rsidRPr="00092769">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54D51F6E" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F23B3B4" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67B1B3B7" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pH paper may be used</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B01C65" w:rsidRPr="00A0149B" w14:paraId="18E616D9" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E3AD866" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DF3D7DF" w14:textId="3CFC7F04" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What action is taken if pH is &gt;2</w:t>
             </w:r>
             <w:r w:rsidR="003E7EF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -3611,140 +3516,136 @@
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7544CA33" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B0DFBB6" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="127E789F" w14:textId="58532A6A" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If another sample cannot be collected, analyze immediately or adjust pH to &lt;2 </w:t>
             </w:r>
             <w:r w:rsidR="00821C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>S.U.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and notify NC WW/GW Certification group that a non-compliant sample was received.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B01C65" w:rsidRPr="00A0149B" w14:paraId="7518E918" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="953"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E074751" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0847C905" w14:textId="6FE01E81" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E6DD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples refrigerated above freezing </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3834,132 +3735,127 @@
               </w:rPr>
               <w:t xml:space="preserve"> Table II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and footnote 18</w:t>
             </w:r>
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6287212B" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="751066F4" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="114A93E8" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B01C65" w:rsidRPr="00A0149B" w14:paraId="0B2B88B6" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57B3384D" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1183C21C" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples analyzed within 28 days of collection?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06BA6160" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
@@ -3980,91 +3876,88 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37365201" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39F4B7B2" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C37FE81" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w:rsidRPr="00560E41" w14:paraId="6AE5080A" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4233,78 +4126,76 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w14:paraId="7D516E2F" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C6C2406" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BAEC9FA" w14:textId="18660CEC" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What volume of sample and standards is digested? [SM 4500-P B</w:t>
             </w:r>
             <w:r w:rsidR="00DC2940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -4347,161 +4238,156 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF29E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28684C87" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="444CAE56" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CC8E42C" w14:textId="29130F22" w:rsidR="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The method says this volume is determined by the analytical method, which says to use 50-ml for digestion.  Following digestion, it says to dilute the digested sample to a final volume of 100 ml.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w14:paraId="19DFA0BD" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08009920" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19FF0AAA" w14:textId="49DBFA67" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 0.05 mL (1 drop) of phenolphthalein indicator solution added? [SM 4500-P B</w:t>
             </w:r>
             <w:r w:rsidR="00DC2940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -4509,153 +4395,148 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6848CB69" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BB06910" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49BB768F" w14:textId="77777777" w:rsidR="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w14:paraId="10175C72" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="629BBADD" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B5C8B54" w14:textId="4566B7EC" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If a red color develops after the addition of phenolphthalein, is </w:t>
             </w:r>
             <w:r w:rsidR="00BA6B39" w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -4730,153 +4611,148 @@
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If no color change is observed, skip to question 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25BD3E40" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6809F18B" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60844899" w14:textId="77777777" w:rsidR="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w:rsidRPr="00560E41" w14:paraId="0A359730" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F4ED80B" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EC3082B" w14:textId="68658036" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After discharging color, is one additional mL of H</w:t>
             </w:r>
             <w:r w:rsidRPr="002C234F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -4922,153 +4798,148 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B1D424B" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C852DF0" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C3FF8DF" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w:rsidRPr="004D1C20" w14:paraId="3E88505F" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D065F3F" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1880C08B" w14:textId="5BD3A683" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 0.4 g of solid ammonium persulfate added? [SM 4500-P B</w:t>
             </w:r>
             <w:r w:rsidR="00DC2940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -5076,97 +4947,94 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E674102" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A359927" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75416C8B" w14:textId="275891B9" w:rsidR="00F02947" w:rsidRPr="004D1C20" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Either ammonium persulfate or potassium persulfate is added, </w:t>
             </w:r>
             <w:r w:rsidRPr="00601123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -5176,78 +5044,76 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w:rsidRPr="004D1C20" w14:paraId="09AB2E02" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BCD02BD" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32EF0419" w14:textId="1CA34EE1" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 0.5 g of solid potassium persulfate added? [SM 4500-P B</w:t>
             </w:r>
             <w:r w:rsidR="00DC2940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -5255,97 +5121,94 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="167CFB3E" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53BF29ED" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67B84FF9" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="004D1C20" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Either ammonium persulfate or potassium persulfate is be added, </w:t>
             </w:r>
             <w:r w:rsidRPr="00601123">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -5355,75 +5218,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w14:paraId="03C3FB9F" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63D84449" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00145EFB">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AC08D91" w14:textId="67F55112" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If an autoclave or pressure cooker is used, skip to question 2</w:t>
             </w:r>
             <w:r w:rsidR="00145EFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -5431,153 +5292,148 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4803E6D7" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58BBA6FD" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32020C6E" w14:textId="77777777" w:rsidR="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w14:paraId="01E8E16D" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0947DE64" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="252B55F5" w14:textId="0CDF4300" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample gently boiled on a preheated hotplate? [SM 4500-P B</w:t>
             </w:r>
             <w:r w:rsidR="00DC2940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -5585,97 +5441,94 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A8D5141" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A72D565" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="663CEC9D" w14:textId="3ADB8E3D" w:rsidR="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE75CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Boil gently on a preheated hot plate for 30 to 40 min or until a final volume of 10 mL is reached. Organophosphorus compounds</w:t>
             </w:r>
             <w:r w:rsidR="00145EFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -5684,78 +5537,76 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>may require as much as 1.5 to 2 h for complete digestion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w:rsidRPr="00FE75CB" w14:paraId="0872650E" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34F549AC" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41182327" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="56095693" w14:textId="76B653F0" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
@@ -5843,138 +5694,134 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19F3E28F" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C4758DF" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18294372" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00FE75CB" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w14:paraId="5463A620" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50FCAC6A" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="086F4DB5" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3104D226" w14:textId="471FD9E7" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
@@ -6090,138 +5937,134 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="280110C6" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BED3E17" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6773E11A" w14:textId="77777777" w:rsidR="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w14:paraId="3A4C7B44" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17FDD060" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F2FBEEC" w14:textId="2F102317" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples allowed to cool after digestion? [SM 4500-P B</w:t>
             </w:r>
             <w:r w:rsidR="00DC2940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -6229,153 +6072,148 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65BC71F2" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="096C47D4" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A0C4D9C" w14:textId="77777777" w:rsidR="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w14:paraId="09018EB1" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F6D680B" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="333D4870" w14:textId="715C5D20" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are cooled samples diluted to 30 m</w:t>
             </w:r>
             <w:r w:rsidR="00BA6B39">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -6428,153 +6266,148 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5110AD61" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07D84107" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E435468" w14:textId="77777777" w:rsidR="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w14:paraId="40DC0C2A" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A7EB560" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A00ED62" w14:textId="488F5383" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 0.05 m</w:t>
             </w:r>
             <w:r w:rsidR="00BA6B39">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -6600,153 +6433,148 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="009F8359" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="027EB066" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5141DBF9" w14:textId="77777777" w:rsidR="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w14:paraId="5772ABD3" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E9F6700" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="043F534E" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0C6B84D2" w14:textId="46AFD405" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
@@ -6843,279 +6671,270 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A506171" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38B704FE" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60474F0D" w14:textId="77777777" w:rsidR="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>At</w:t>
             </w:r>
             <w:r w:rsidRPr="00E05AF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> the end of the digestion, it says to dilute to the digested sample to a final volume of 100 ml.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w14:paraId="23157CEC" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51B2B69F" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:ind w:left="720" w:hanging="648"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5014C169" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Skip to question 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="474CB635" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64F6D9A8" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D08EA07" w14:textId="77777777" w:rsidR="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w14:paraId="4B13F83E" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C79FF60" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F46D525" w14:textId="106C9593" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample heated for 30 minutes in an autoclave or pressure cooker at 98 to 137 kPa? [SM 4500-P B</w:t>
             </w:r>
             <w:r w:rsidR="00DC2940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -7123,153 +6942,148 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B6BF363" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5764FC0C" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58264574" w14:textId="77777777" w:rsidR="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w14:paraId="68628958" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="669EEBD1" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79C992B4" w14:textId="30B2F594" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples allowed to cool after digestion? [SM 4500-P B</w:t>
             </w:r>
             <w:r w:rsidR="00DC2940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -7277,153 +7091,148 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="450E052B" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45E90D2D" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18AB46ED" w14:textId="77777777" w:rsidR="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w14:paraId="0C08853B" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E69108B" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FAC65C3" w14:textId="50CF2E08" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 0.05 m</w:t>
             </w:r>
             <w:r w:rsidR="00252EE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -7449,153 +7258,148 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021</w:t>
             </w:r>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63C8A555" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="237B9043" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="565A20C5" w14:textId="77777777" w:rsidR="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w:rsidRPr="00D53404" w14:paraId="1EAD0960" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E42594E" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00A0149B" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52690BFB" w14:textId="3725C48B" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What volume are samples and standards diluted to after digestion? [SM 4500-P B</w:t>
             </w:r>
             <w:r w:rsidR="00DC2940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -7672,156 +7476,134 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CE1045F" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F719EF4" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74EBECCD" w14:textId="651A6CD8" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">At the end of the digestion, it says to </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> the digested sample to a final volume of 100 ml.  </w:t>
+              <w:t xml:space="preserve">At the end of the digestion, it says to dilute to the digested sample to a final volume of 100 ml.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02947" w:rsidRPr="005D1715" w14:paraId="7E2F90EB" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02A64712" w14:textId="77777777" w:rsidR="00F02947" w:rsidRDefault="00F02947" w:rsidP="00BF29E5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40011C69" w14:textId="59BCEDCD" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is information regarding sample ID, initial and final volume, digestion parameters (e.g., pressure, length of time, etc.) documented in a digestion log? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00CB4E14">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -7829,97 +7611,94 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (E)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05ABBBB2" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="284C5416" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947" w:rsidP="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1342A138" w14:textId="77777777" w:rsidR="00F02947" w:rsidRPr="00F02947" w:rsidRDefault="00F02947">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F02947">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All analytical records, including original observations and information necessary to facilitate historical reconstruction of the calculated results, shall be maintained for five years. All analytical data and records pertinent to each certified analysis shall be available for inspection upon request.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF1115" w:rsidRPr="00A0149B" w14:paraId="12D89CF4" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
@@ -8075,72 +7854,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B01C65" w:rsidRPr="00A0149B" w14:paraId="328C7DED" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B0A06D2" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0347CD85" w14:textId="0535C85E" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is </w:t>
             </w:r>
             <w:r w:rsidR="0011476C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8223,121 +8000,117 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28A18F4D" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00CF1115" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="590349A0" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="576AAD70" w14:textId="7D5AC743" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For analytical procedures requiring analysis of a series of standards, the concentrations of these standards shall bracket the range of the sample concentrations measured. One of the standards shall have a concentration equal to or less than the laboratory’s lowest reporting concentration for the parameter involved.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00142B41" w:rsidRPr="00A0149B" w14:paraId="1177613C" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ABE4188" w14:textId="77777777" w:rsidR="00142B41" w:rsidRDefault="00142B41" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C2114A1" w14:textId="2D104254" w:rsidR="00142B41" w:rsidRDefault="00142B41" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a</w:t>
             </w:r>
             <w:r w:rsidR="008E0391">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8450,113 +8223,109 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D4DCC43" w14:textId="77777777" w:rsidR="00142B41" w:rsidRPr="00CF1115" w:rsidRDefault="00142B41" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CA1EE33" w14:textId="77777777" w:rsidR="00142B41" w:rsidRDefault="00142B41" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B3BD56D" w14:textId="77777777" w:rsidR="00142B41" w:rsidRDefault="00142B41" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B01C65" w:rsidRPr="00A0149B" w14:paraId="63A3CD5F" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52C7B793" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3348F6F2" w14:textId="40FF9909" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>List the values of standards used for the calibration:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -8677,136 +8446,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="213C23BA" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="004752FD" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B3364B9" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DABD1FE" w14:textId="519DCB0B" w:rsidR="00F937F4" w:rsidRDefault="00B01C65" w:rsidP="00B018ED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F937F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rule: </w:t>
             </w:r>
             <w:r w:rsidR="00F937F4" w:rsidRPr="00F937F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For colorimetric analyses, a series of five or more non-zero standards for a curve prepared every 12 months or three or more non-zero standards for curves established each day, or standards as set forth in the analytical procedure, shall be analyzed to establish a calibration curve. A manufacturer's factory-set calibration (internal curve) shall be verified with the same number of standards and frequency as a prepared curve.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BF29E5" w:rsidRPr="00A0149B" w14:paraId="7D6714ED" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77310B96" w14:textId="77777777" w:rsidR="00BF29E5" w:rsidRPr="00A0149B" w:rsidRDefault="00BF29E5" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F96604C" w14:textId="544AC16E" w:rsidR="00BF29E5" w:rsidRDefault="00D061D7" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Does each standard curve have a correlation coefficient ≥0.995?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -8840,130 +8605,125 @@
             </w:r>
             <w:r w:rsidRPr="00DD07E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36F8FF2E" w14:textId="77777777" w:rsidR="00BF29E5" w:rsidRPr="004752FD" w:rsidRDefault="00BF29E5" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09624AB3" w14:textId="77777777" w:rsidR="00BF29E5" w:rsidRDefault="00BF29E5" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AD87757" w14:textId="77777777" w:rsidR="00BF29E5" w:rsidRDefault="00BF29E5" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A3412" w:rsidRPr="00A0149B" w14:paraId="2EAE46F9" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7797727E" w14:textId="77777777" w:rsidR="005A3412" w:rsidRPr="00A0149B" w:rsidRDefault="005A3412" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08103A85" w14:textId="7B16C659" w:rsidR="005A3412" w:rsidRPr="00A0149B" w:rsidRDefault="005A3412" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is</w:t>
             </w:r>
             <w:r w:rsidR="00AA4E2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9012,130 +8772,125 @@
             </w:r>
             <w:r w:rsidR="00DC2940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2022</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71A1C5C6" w14:textId="77777777" w:rsidR="005A3412" w:rsidRPr="004752FD" w:rsidRDefault="005A3412" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="662D2561" w14:textId="77777777" w:rsidR="005A3412" w:rsidRDefault="005A3412" w:rsidP="00B01C65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CFFDC2B" w14:textId="77777777" w:rsidR="005A3412" w:rsidRDefault="005A3412" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC3832" w:rsidRPr="00A0149B" w14:paraId="10601585" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45E5B162" w14:textId="77777777" w:rsidR="00EC3832" w:rsidRPr="00A0149B" w:rsidRDefault="00EC3832" w:rsidP="00EC3832">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57FD1958" w14:textId="1D3B8D3C" w:rsidR="00EC3832" w:rsidRDefault="00EC3832" w:rsidP="00EC3832">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What are the acceptance criteria for the recalculated calibration standard</w:t>
             </w:r>
             <w:r w:rsidR="00C71414">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9224,68 +8979,66 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1039EA8D" w14:textId="77777777" w:rsidR="00EC3832" w:rsidRPr="004752FD" w:rsidRDefault="00EC3832" w:rsidP="00EC3832">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18E7DF8B" w14:textId="77777777" w:rsidR="00EC3832" w:rsidRDefault="00EC3832" w:rsidP="00EC3832">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28180127" w14:textId="77777777" w:rsidR="00EC3832" w:rsidRDefault="00EC3832" w:rsidP="00EC3832">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Up to twice the MRL ±50%</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BF10F28" w14:textId="77777777" w:rsidR="00EC3832" w:rsidRDefault="00EC3832" w:rsidP="00EC3832">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9307,72 +9060,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater than 5 times the MRL ±10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC3832" w:rsidRPr="00A0149B" w14:paraId="77C2B9D9" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73720902" w14:textId="77777777" w:rsidR="00EC3832" w:rsidRPr="00A0149B" w:rsidRDefault="00EC3832" w:rsidP="00EC3832">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="767DA0B2" w14:textId="6D7D0CA7" w:rsidR="00EC3832" w:rsidRDefault="00EC3832" w:rsidP="00EC3832">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action is taken if the acceptance criteria are not met for the recalculated calibration standards? [SM 4020</w:t>
             </w:r>
             <w:r w:rsidR="0079528B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9445,68 +9196,66 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74D72511" w14:textId="77777777" w:rsidR="00EC3832" w:rsidRPr="004752FD" w:rsidRDefault="00EC3832" w:rsidP="00EC3832">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CB5F32F" w14:textId="77777777" w:rsidR="00EC3832" w:rsidRDefault="00EC3832" w:rsidP="00EC3832">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B3F5592" w14:textId="73818209" w:rsidR="00EC3832" w:rsidRDefault="00EC3832" w:rsidP="00EC3832">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Identify the source of any outlier(s) and correct before sample quantitation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B01C65" w:rsidRPr="00A0149B" w14:paraId="60B7B0C7" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -9651,75 +9400,73 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B01C65" w:rsidRPr="00A0149B" w14:paraId="6AAA108A" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="917"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02059CBC" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D409763" w14:textId="10B32D88" w:rsidR="00B01C65" w:rsidRDefault="00EF1735" w:rsidP="00EF1735">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 0.05 ml (1 drop) of phenolphthalein indicator solution added</w:t>
             </w:r>
             <w:r w:rsidR="00B01C65">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [SM 4500-P F</w:t>
@@ -9758,134 +9505,130 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A128CB3" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00560E41" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24AC70E4" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00560E41" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="700F170C" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0DF427DD" w14:textId="067D867F" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF1735" w:rsidRPr="00A0149B" w14:paraId="2F91CD1C" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B41A91D" w14:textId="77777777" w:rsidR="00EF1735" w:rsidRDefault="00EF1735" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3101955A" w14:textId="22388A87" w:rsidR="00EF1735" w:rsidRDefault="003F5688" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F5688">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a red color develops after the addition of phenolphthalein, is 5N H</w:t>
             </w:r>
             <w:r w:rsidRPr="003F5688">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9956,101 +9699,98 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C091C34" w14:textId="77777777" w:rsidR="00EF1735" w:rsidRPr="00560E41" w:rsidRDefault="00EF1735" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="748BBAFF" w14:textId="77777777" w:rsidR="00EF1735" w:rsidRDefault="00EF1735" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0086423F" w:rsidRPr="00A0149B" w14:paraId="6F91B921" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EB83A19" w14:textId="77777777" w:rsidR="0086423F" w:rsidRDefault="0086423F" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C99A7D9" w14:textId="4B21C087" w:rsidR="0086423F" w:rsidRDefault="0086423F" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the pH check documented? </w:t>
             </w:r>
             <w:r w:rsidR="00C35CE5" w:rsidRPr="00C72670">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10119,113 +9859,110 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="067906BB" w14:textId="77777777" w:rsidR="0086423F" w:rsidRPr="00560E41" w:rsidRDefault="0086423F" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C03F9C4" w14:textId="4666E512" w:rsidR="0086423F" w:rsidRPr="00224BCA" w:rsidRDefault="00224BCA" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00224BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>All analytical data and records pertinent to each certified analysis shall be available for inspection upon request.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B01C65" w:rsidRPr="00A0149B" w14:paraId="7CC90C58" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="3779"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1949745F" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32022C1E" w14:textId="0188F801" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the manifold setup</w:t>
             </w:r>
             <w:r w:rsidRPr="00587368">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10318,88 +10055,87 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="318C3850" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00560E41" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B5928D4" w14:textId="5FF584A9" w:rsidR="00B01C65" w:rsidRDefault="000D73C6" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69BE3851" wp14:editId="1B95E16B">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69BE3851" wp14:editId="38D921FC">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-47625</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>76200</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2407285" cy="2068830"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="3" name="Picture 1"/>
+                  <wp:docPr id="3" name="Picture 1" descr="line drawing of a manifold set up"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 3"/>
+                          <pic:cNvPr id="3" name="Picture 1" descr="line drawing of a manifold set up"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2407285" cy="2068830"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -10572,75 +10308,73 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Figure 4500-P:2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF022C" w:rsidRPr="00A0149B" w14:paraId="34F8ACA6" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="215F6B42" w14:textId="77777777" w:rsidR="00CF022C" w:rsidRPr="00A0149B" w:rsidRDefault="00CF022C" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64A28F7A" w14:textId="755C49FD" w:rsidR="00CF022C" w:rsidRDefault="00CF022C" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the digested sample filtered if needed, for turbidity interference? [</w:t>
             </w:r>
             <w:r w:rsidRPr="00587368">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10693,102 +10427,99 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F41596F" w14:textId="77777777" w:rsidR="00CF022C" w:rsidRPr="00560E41" w:rsidRDefault="00CF022C" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1910CF98" w14:textId="77777777" w:rsidR="00CF022C" w:rsidRPr="00FA0255" w:rsidRDefault="00CF022C" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B01C65" w:rsidRPr="00A0149B" w14:paraId="1EB46685" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="499A381A" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00A0149B" w:rsidRDefault="00B01C65" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C670B26" w14:textId="1C5CEAA2" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples analyzed according </w:t>
             </w:r>
             <w:r w:rsidR="000D0E85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10833,51 +10564,50 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62DEB7E7" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRPr="00560E41" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1541F72E" w14:textId="77777777" w:rsidR="00B01C65" w:rsidRDefault="00B01C65" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656320">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Set up manifold as shown in Figure 4500-P: 2 and follow the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11044,72 +10774,70 @@
             </w:r>
             <w:r w:rsidRPr="00C16E46">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00900330" w:rsidRPr="00A0149B" w14:paraId="17A78D6C" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72F72613" w14:textId="77777777" w:rsidR="00900330" w:rsidRDefault="00900330" w:rsidP="00F02947">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E7CAD08" w14:textId="795E1836" w:rsidR="00900330" w:rsidRDefault="00900330" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is all glassware acid-washed as described in SM 4500-P C</w:t>
             </w:r>
             <w:r w:rsidR="00DC2940">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11131,143 +10859,138 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:r w:rsidR="007C5057" w:rsidRPr="00587368">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 4500-P F</w:t>
             </w:r>
             <w:r w:rsidR="007C5057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2021 (2) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6006B557" w14:textId="77777777" w:rsidR="00900330" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00900330" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C67B59A" w14:textId="77777777" w:rsidR="00900330" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00900330" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31AEBD79" w14:textId="66C12E1C" w:rsidR="00900330" w:rsidRDefault="00900330" w:rsidP="00B01C65">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Use acid-washed glassware for determining low concentrations of phosphorus. Phosphate contamination is common because of its absorption on glass surfaces. Avoid using commercial detergents containing phosphate. Clean all glassware with hot dilute HCl and rinse well with distilled water. Preferably, reserve the glassware only for phosphate determination, after use, wash and keep filled with water until needed. If this is done, acid treatment is required only occasionally.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00900330" w:rsidRPr="00A0149B" w14:paraId="254542AC" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="773"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4767533D" w14:textId="77777777" w:rsidR="00900330" w:rsidRDefault="00900330" w:rsidP="00900330">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69BEA685" w14:textId="1FD7DAF6" w:rsidR="00900330" w:rsidRDefault="00900330" w:rsidP="00900330">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Has each analyst performing this analysis completed an Initial Demonstration of Proficiency? </w:t>
             </w:r>
             <w:r w:rsidRPr="00302E1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11307,276 +11030,266 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="61F11D81" w14:textId="7571301C" w:rsidR="00900330" w:rsidRDefault="00900330" w:rsidP="00900330">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Attach a copy of each analyst’s documentation to this checklist.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A05CF9A" w14:textId="77777777" w:rsidR="00900330" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00900330" w:rsidP="00900330">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BFA3CCF" w14:textId="77777777" w:rsidR="00900330" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00900330" w:rsidP="00900330">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59FBA066" w14:textId="6CEEE196" w:rsidR="00900330" w:rsidRDefault="00E967F2" w:rsidP="00900330">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE62D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ach laboratory shall develop and implement a documented training program that includes documentation that: staff have obtained acceptable results on Proficiency Testing Samples pursuant to Rule .0803(1) of this Section or other demonstrations of proficiency (e.g., side- by-side comparison with a trained analyst, acceptable results on a single-blind performance evaluation sample, an initial demonstration of capability study prescribed by the reference method).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04E89" w:rsidRPr="00A0149B" w14:paraId="14F146A0" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="773"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FB3F538" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00900330">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75D32F4C" w14:textId="0FFD1AD9" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00900330">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E04E89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the absorbance of each calibration standard compared to the curve and recalculated to determine its concentration? [SM 4020</w:t>
             </w:r>
             <w:r w:rsidR="001E3F85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E04E89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B-2022 (1) (b)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41CA5B2A" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00900330">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B182B1C" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00900330">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="393A8446" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00900330">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04E89" w:rsidRPr="00A0149B" w14:paraId="3CC9B73F" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="773"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48F96F6D" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DCFE3F2" w14:textId="117C28EE" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What are the acceptance criteria for the recalculated calibration standards? [SM 4020</w:t>
             </w:r>
             <w:r w:rsidR="001E3F85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11663,69 +11376,67 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C93FED7" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24A425AB" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72D1E9B6" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Up to twice the MRL ±50%</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79FFD237" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11750,72 +11461,70 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Greater than 5 times the MRL ±10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04E89" w:rsidRPr="00A0149B" w14:paraId="5EA63A1F" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="773"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08F84F63" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DD3F523" w14:textId="61391BE5" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action is taken if the acceptance criteria are not met for the recalculated calibration standards? [SM 4020</w:t>
             </w:r>
             <w:r w:rsidR="001E3F85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11902,125 +11611,121 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57F455C6" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="538B7A40" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28DDC39E" w14:textId="0330B791" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Identify the source of any outlier(s) and correct before sample quantitation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04E89" w:rsidRPr="00A0149B" w14:paraId="1A7478D8" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A26213C" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43D5C8B9" w14:textId="652FB74B" w:rsidR="00E04E89" w:rsidRPr="00D334E8" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007069DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a calibration</w:t>
             </w:r>
             <w:r w:rsidR="00417B4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12034,87 +11739,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> blank analyzed prior to sample analysis, after every 10th sample and at the end of the sample group? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00E21604">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="007069DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (H)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B823772" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D96133D" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="116CEAB2" w14:textId="4AF1BCBE" w:rsidR="00E04E89" w:rsidRDefault="00293535" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The calibration </w:t>
             </w:r>
             <w:r w:rsidR="00D410DD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12137,150 +11839,145 @@
               <w:t xml:space="preserve">are both </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>digested.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04E89" w:rsidRPr="00A0149B" w14:paraId="214390C7" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6781442C" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65214897" w14:textId="7CC13872" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are all blank concentrations less than or equal to ½ the concentration of the lowest calibration standard? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="001E3F85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2H .0805 (a) (7) (H) (i)]  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48EAA551" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CD4F3CF" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="409A2ECE" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The concentration of reagent, method, and calibration blanks shall not exceed 50 percent of the lowest reporting concentration or as otherwise specified by the reference method.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7602702C" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12290,72 +11987,70 @@
           </w:p>
           <w:p w14:paraId="5B0671AB" w14:textId="1E284CB2" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04E89" w:rsidRPr="00A0149B" w14:paraId="3525A683" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3815EC19" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CB5E1EA" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if any blanks are not acceptable? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00E21604">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12449,125 +12144,121 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32BE18F8" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41D0ACDF" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A7F6A80" w14:textId="3C82248B" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="001E3F85">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C5EB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Our Rule requires corrective action any time quality control results indicate a problem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04E89" w:rsidRPr="00A0149B" w14:paraId="603ACF01" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0071CCA8" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C34EE02" w14:textId="5DEC65CB" w:rsidR="000A71EE" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E04E89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the calibration verified by analyzing a calibration verification standard (CVS) or Continuing Calibration Verification (CCV) prior to sample analysis, after every ten samples and at the end of the run? [SM 4020 B-2022 (1) (c) and 15A NCAC 02H .0805 (a) (7) (H)] </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17E17926" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -12600,87 +12291,84 @@
           <w:p w14:paraId="28A64835" w14:textId="77777777" w:rsidR="000A71EE" w:rsidRDefault="000A71EE" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="28C4ED13" w14:textId="1D9FFE7E" w:rsidR="000A71EE" w:rsidRPr="00A0149B" w:rsidRDefault="000A71EE" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25C7B38B" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="793F9EF7" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75C9F312" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="788BE1A8" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E04E89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -12780,72 +12468,70 @@
               </w:rPr>
               <w:t>criteria may vary depending on the standard’s concentration.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5364E1E4" w14:textId="4A959A32" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="452F7D71" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B2437C6" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57189D92" w14:textId="4A3987F1" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion of the calibration verification standard? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00E21604">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12900,122 +12586,118 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DA16009" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02EDF7FD" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E4F59A8" w14:textId="23FF9C8C" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00B3596A" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3596A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each laboratory shall establish performance acceptance criteria for all quality control analyses. Each laboratory shall calculate and document the precision and accuracy of all quality control analyses with each sample set.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="00940B55" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F682B4E" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DE8CBA6" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="69A0D7FD" w14:textId="1E1AEF5E" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13098,123 +12780,119 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C16BF9F" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FC22F2B" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="079880DB" w14:textId="76A0D571" w:rsidR="00E04E89" w:rsidRPr="000578D7" w:rsidDel="007069DE" w:rsidRDefault="000578D7" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000578D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04E89" w:rsidRPr="00A0149B" w14:paraId="13E82482" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D24C2EC" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A203005" w14:textId="15790CA1" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the laboratory analyze a second source standard </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13311,90 +12989,87 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>second source</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> concentration:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EBD8BE1" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58AC17D8" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58639228" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7EEAFE51" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A133E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -13453,72 +13128,70 @@
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56EB1742" w14:textId="44526CEA" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04E89" w:rsidRPr="00A0149B" w14:paraId="3E9B5887" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77C29561" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D027880" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D5FAB59" w14:textId="38138E2C" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13537,162 +13210,157 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B-2022 (1) (b)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EE9A471" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64568D24" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67719549" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E32475E" w14:textId="0CEF7088" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The analytical results for this second source *mid-range standard must be within 10% of its true value.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B79115A" w14:textId="5138884B" w:rsidR="00E04E89" w:rsidRPr="00AF4C14" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[*the standard is not required to be mid-range]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04E89" w:rsidRPr="00A0149B" w14:paraId="3AB0158E" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BCD476C" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38D6D022" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
@@ -13906,122 +13574,118 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FDCDF50" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="676FE5E3" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22E15CC1" w14:textId="21D53080" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D334E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, determine the cause of the error, take corrective action, and re-verify the calibration. If the re-verification passes, continue the analyses; otherwise, repeat the initial calibration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04E89" w:rsidRPr="00A0149B" w14:paraId="745F4F38" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1037C055" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3860A3A4" w14:textId="6732FF0C" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
@@ -14279,68 +13943,76 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36A76A0D" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F07E3FD" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E04E89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>As a minimum, include one LFB with each sample set (batch) or on a 5% basis, whichever is more frequent. Depending on method requirements, prepare the addition solution from either the same reference source used for calibration or an independent source.</w:t>
+              <w:t xml:space="preserve">As a minimum, include one LFB with each sample set (batch) or on a 5% basis, whichever is more frequent. Depending on method requirements, prepare the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E04E89">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>addition solution from either the same reference source used for calibration or an independent source.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CC20D91" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7B8F5767" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E04E89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -14455,78 +14127,76 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>52</w:t>
             </w:r>
             <w:r w:rsidRPr="00E04E89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>). Analyze one daily or per batch of 20 or fewer samples. The acceptance criterion must be recovery within ± 10% of true value.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04E89" w:rsidRPr="00A0149B" w14:paraId="42A5A1A6" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D547E7C" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46282E02" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E79D706" w14:textId="36BA4E21" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14631,75 +14301,73 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E444C5B" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D321767" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E6CB634" w14:textId="5177F641" w:rsidR="00E04E89" w:rsidRPr="00E6776C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E6776C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If used as the second source verification, the acceptance criterion must be recovery within ± 10% of true value.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B96E6ED" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00E6776C" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14720,72 +14388,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If primary source</w:t>
             </w:r>
             <w:r w:rsidR="00E04E89" w:rsidRPr="00E6776C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, evaluate the LFB for percent recovery of the added analytes by comparing results to method-specified limits, control charts, or other approved criteria.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E04E89" w:rsidRPr="00A0149B" w14:paraId="46503111" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="076F07F8" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="574B825A" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the LFB recovery is outside established control limits? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14869,255 +14535,246 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6820D4D5" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E91E398" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DD50D7E" w14:textId="77777777" w:rsidR="00E04E89" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C5EB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Our Rule requires corrective action any time quality control results indicate a problem.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01737B5C" w14:textId="438D810F" w:rsidR="00E04E89" w:rsidRPr="00A0149B" w:rsidRDefault="00E04E89" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C625D" w:rsidRPr="00A0149B" w14:paraId="63C05456" w14:textId="77777777" w:rsidTr="00BF3145">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2784961A" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="00E04E89">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="247F34F8" w14:textId="3907A042" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C625D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a calibration curve is not analyzed each day of analysis, is a lower reporting limit standard analyzed? [15A NCAC 2H .0805 (a) (7) (H)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F1FD98C" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00A0149B" w:rsidRDefault="005C625D" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43E9A654" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00A0149B" w:rsidRDefault="005C625D" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="759EAF84" w14:textId="03AA6048" w:rsidR="005C625D" w:rsidRPr="007C5EB6" w:rsidRDefault="005C625D" w:rsidP="00E04E89">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Laboratories shall analyze or back-calculate a standard at the same concentration as the lowest reporting concentration each day samples are analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C625D" w:rsidRPr="00A0149B" w14:paraId="4F033A85" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FCAC584" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26D0A383" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion of the lower reporting limit standard? </w:t>
             </w:r>
             <w:r w:rsidRPr="0145D97F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15188,123 +14845,119 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4593C4D5" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00A0149B" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50F307D4" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00A0149B" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="168031CD" w14:textId="545A2516" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C625D" w:rsidRPr="00A0149B" w14:paraId="6CFEA074" w14:textId="77777777" w:rsidTr="00764BA4">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2993DB5A" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="00F7C52A" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E2103">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the </w:t>
             </w:r>
             <w:r w:rsidRPr="003B14C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">lower reporting limit standard </w:t>
@@ -15369,123 +15022,119 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B6E1649" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00A0149B" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1959B182" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00A0149B" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20FB8A8A" w14:textId="4D05E500" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C40A5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C625D" w:rsidRPr="00A0149B" w14:paraId="39963D39" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D773F4F" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00A0149B" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32C46861" w14:textId="11E1A2DE" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007800EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a Laboratory Fortified Matrix (LFM) analyzed with each batch of 20 or fewer samples?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15541,149 +15190,144 @@
               <w:t xml:space="preserve"> and Table </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4020:I</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007800EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33E5314C" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AA10533" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="681CF2A9" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745127">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Include at least one LFM/LFMD daily or with each batch of 20 or fewer samples. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C625D" w:rsidRPr="00A0149B" w14:paraId="46771157" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53B788E6" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00A0149B" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33CE3F08" w14:textId="330C695A" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007800EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How is the LFM (spike) prepared?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15787,69 +15431,67 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36D96693" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D40F2C3" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5529189A" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E6776C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Add a concentration that is at least 10 x MRL, less than or equal to the midpoint of the calibration curve, or method-specified level to the selected sample(s). The analyst should use the same concentration as for LFB (4020 B.6) to allow analysts to separate the matrix’s effect from laboratory performance. Prepare LFM from the same reference source used for LFB. Make the addition such that sample background levels do not adversely affect recovery (preferably adjust LFM concentrations if the known sample is more than 5 times the background level). At a minimum, the spike must at least equal the background concentration, unless the method specifies otherwise. For example, if the sample contains the analyte of interest, then add approximately as much analyte to the LFM sample as the concentration found in the known sample.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3EBBDE4E" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15863,72 +15505,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See Matrix Spike Technical Assistance document.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C625D" w:rsidRPr="00A0149B" w14:paraId="4C59B27A" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13D199AF" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00A0149B" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B017D41" w14:textId="57C3B5A6" w:rsidR="005C625D" w:rsidRPr="007800EF" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007800EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a Laboratory Fortified Matrix Duplicate (LFMD) analyzed with each batch of 20 or fewer samples?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15976,87 +15616,84 @@
               <w:t xml:space="preserve"> and Table </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4020:I</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="332F06AC" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E1FC93B" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60CDF892" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2517A02A" w14:textId="0D9516F1" w:rsidR="005C625D" w:rsidRPr="00E6776C" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745127">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -16115,72 +15752,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E6776C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Note: Based on Table 4020:I, no option to perform an environmental sample duplicate and then spike separately – must perform MS/MSD for this method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C625D" w:rsidRPr="00A0149B" w14:paraId="409A9CA1" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60E11CA8" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="423C0743" w14:textId="32EF3BC6" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007800EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion for LFM/LFMD recovery</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -16251,122 +15886,118 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45920C8F" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EF8AEE2" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E64804C" w14:textId="0AB8E9B9" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each laboratory shall establish performance acceptance criteria for all quality control analyses. Each laboratory shall calculate and document the precision and accuracy of all quality control analyses with each sample set.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C625D" w:rsidRPr="00A0149B" w14:paraId="1EC65886" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0677AF19" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00A0149B" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CCA4835" w14:textId="7AFA5A02" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action does the laboratory take if the </w:t>
             </w:r>
             <w:r w:rsidRPr="007800EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -16455,141 +16086,137 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="626C8E08" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7991C2F6" w14:textId="77777777" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67F15372" w14:textId="4B9CF22E" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C5EB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Our Rule requires corrective action any time quality control results indicate a problem.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="301B34D3" w14:textId="7566CBEC" w:rsidR="005C625D" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C625D" w:rsidRPr="00A0149B" w14:paraId="70850A3A" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24FF26EF" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F617E44" w14:textId="2F0B721A" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for LFM/LFMD precision? [15A NCAC 02H .0805 (a) (7) (A)] </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F635262" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -16621,69 +16248,67 @@
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7833FD4B" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D89125D" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24FFA96B" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7F132743" w14:textId="79ED89F8" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -16701,72 +16326,70 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="619A1E30" w14:textId="209D8EF1" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C625D" w:rsidRPr="00A0149B" w14:paraId="09971389" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AE63766" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E40EFDC" w14:textId="54E2C14B" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action does the laboratory take if the LFM/LFMD results are outside of established control limits for </w:t>
             </w:r>
             <w:r w:rsidRPr="00F40B11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -16831,69 +16454,67 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61119D61" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BCF6A6D" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F32CFC8" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Our Rule requires corrective action any time quality control results indicate a problem.</w:t>
             </w:r>
             <w:r w:rsidRPr="00F40B11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -16901,143 +16522,138 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B5A12FC" w14:textId="78AE958F" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C625D" w:rsidRPr="00A0149B" w14:paraId="4449AE08" w14:textId="77777777" w:rsidTr="00417B4D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="18" w:type="dxa"/>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03D514E9" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="208FF395" w14:textId="335D5FA3" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the data qualified on the Discharge Monitoring Report (DMR) or client report if Quality Control (QC) requirements are not met? [15A NCAC 02H .0805 (e) (5)]</w:t>
             </w:r>
             <w:r w:rsidRPr="00F40B11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D8052CD" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EF55ABD" w14:textId="77777777" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75973142" w14:textId="5FA0F77C" w:rsidR="005C625D" w:rsidRPr="00F40B11" w:rsidRDefault="005C625D" w:rsidP="005C625D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reported data associated with quality control failures, improper sample collection, holding time exceedances, or improper preservation shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="59A648E3" w14:textId="77777777" w:rsidR="00080358" w:rsidRPr="00A0149B" w:rsidRDefault="00080358" w:rsidP="009E4313">
       <w:pPr>
         <w:rPr>
@@ -18611,187 +18227,187 @@
         </w:rPr>
         <w:t>Date: _</w:t>
       </w:r>
       <w:r w:rsidR="001603A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003B5326" w:rsidSect="004044D0">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="432" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E07EEBD" w14:textId="77777777" w:rsidR="00C64870" w:rsidRDefault="00C64870">
+    <w:p w14:paraId="3829C0E0" w14:textId="77777777" w:rsidR="00F00379" w:rsidRDefault="00F00379">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69167D04" w14:textId="77777777" w:rsidR="00C64870" w:rsidRDefault="00C64870">
+    <w:p w14:paraId="099277B5" w14:textId="77777777" w:rsidR="00F00379" w:rsidRDefault="00F00379">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="531F9FD1" w14:textId="77777777" w:rsidR="00C64870" w:rsidRDefault="00C64870"/>
+    <w:p w14:paraId="53A51D7B" w14:textId="77777777" w:rsidR="00F00379" w:rsidRDefault="00F00379"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="610192CD" w14:textId="3C4C5013" w:rsidR="00B05089" w:rsidRDefault="00B05089" w:rsidP="00761FE2">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:r w:rsidRPr="00B509CE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="00B94407" w:rsidRPr="00761FE2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>05/2</w:t>
     </w:r>
     <w:r w:rsidR="00B509CE" w:rsidRPr="00761FE2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>9/2024</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3522AD73" w14:textId="77777777" w:rsidR="00C64870" w:rsidRDefault="00C64870">
+    <w:p w14:paraId="56AF500F" w14:textId="77777777" w:rsidR="00F00379" w:rsidRDefault="00F00379">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CE18616" w14:textId="77777777" w:rsidR="00C64870" w:rsidRDefault="00C64870">
+    <w:p w14:paraId="5A3C5659" w14:textId="77777777" w:rsidR="00F00379" w:rsidRDefault="00F00379">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2AD097D7" w14:textId="77777777" w:rsidR="00C64870" w:rsidRDefault="00C64870"/>
+    <w:p w14:paraId="67438C41" w14:textId="77777777" w:rsidR="00F00379" w:rsidRDefault="00F00379"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="53106E62" w14:textId="5DF991C4" w:rsidR="00080531" w:rsidRDefault="00080531">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0BB3926C" w14:textId="4A59EC69" w:rsidR="00B05089" w:rsidRDefault="00EA095D" w:rsidP="00761FE2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Total Phosphorus</w:t>
     </w:r>
     <w:r w:rsidR="00B05089">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -18930,61 +18546,61 @@
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00B05089" w:rsidRPr="00130A01">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="0304E11A" w14:textId="77777777" w:rsidR="00061100" w:rsidRPr="003B457D" w:rsidRDefault="00061100" w:rsidP="00067170">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="20055916" w14:textId="0B6933EC" w:rsidR="00080531" w:rsidRDefault="00080531">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="386068E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D8EE52E"/>
     <w:lvl w:ilvl="0" w:tplc="3E4AFBAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="648"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -19130,52 +18746,52 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1132333284">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1186140976">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -19314,50 +18930,51 @@
     <w:rsid w:val="00243CFA"/>
     <w:rsid w:val="00243FE9"/>
     <w:rsid w:val="00246044"/>
     <w:rsid w:val="00246113"/>
     <w:rsid w:val="00252EE1"/>
     <w:rsid w:val="00255D69"/>
     <w:rsid w:val="00257E33"/>
     <w:rsid w:val="00257FB5"/>
     <w:rsid w:val="00260DAC"/>
     <w:rsid w:val="00262167"/>
     <w:rsid w:val="0026566D"/>
     <w:rsid w:val="00266187"/>
     <w:rsid w:val="00273650"/>
     <w:rsid w:val="0027572A"/>
     <w:rsid w:val="0028292F"/>
     <w:rsid w:val="00282AA0"/>
     <w:rsid w:val="00282F31"/>
     <w:rsid w:val="002849C2"/>
     <w:rsid w:val="002856ED"/>
     <w:rsid w:val="00292FFE"/>
     <w:rsid w:val="00293535"/>
     <w:rsid w:val="00293C7A"/>
     <w:rsid w:val="00295558"/>
     <w:rsid w:val="002961D1"/>
     <w:rsid w:val="00296A70"/>
+    <w:rsid w:val="00297A5D"/>
     <w:rsid w:val="002A3E95"/>
     <w:rsid w:val="002A4AF5"/>
     <w:rsid w:val="002A5CCD"/>
     <w:rsid w:val="002A6568"/>
     <w:rsid w:val="002B155A"/>
     <w:rsid w:val="002B177F"/>
     <w:rsid w:val="002B69E1"/>
     <w:rsid w:val="002B7C14"/>
     <w:rsid w:val="002C234F"/>
     <w:rsid w:val="002D00FC"/>
     <w:rsid w:val="002D2172"/>
     <w:rsid w:val="002D658F"/>
     <w:rsid w:val="002D78B4"/>
     <w:rsid w:val="002E0D46"/>
     <w:rsid w:val="002E3526"/>
     <w:rsid w:val="002E44E8"/>
     <w:rsid w:val="002F4BC8"/>
     <w:rsid w:val="002F5DC5"/>
     <w:rsid w:val="002F7FA3"/>
     <w:rsid w:val="00302942"/>
     <w:rsid w:val="0030438F"/>
     <w:rsid w:val="00304C0A"/>
     <w:rsid w:val="00304F2C"/>
     <w:rsid w:val="00310E4E"/>
     <w:rsid w:val="00313352"/>
@@ -19846,50 +19463,51 @@
     <w:rsid w:val="00B3596A"/>
     <w:rsid w:val="00B4629B"/>
     <w:rsid w:val="00B509CE"/>
     <w:rsid w:val="00B53909"/>
     <w:rsid w:val="00B546C4"/>
     <w:rsid w:val="00B55626"/>
     <w:rsid w:val="00B7007D"/>
     <w:rsid w:val="00B7293D"/>
     <w:rsid w:val="00B73EE3"/>
     <w:rsid w:val="00B74795"/>
     <w:rsid w:val="00B748B8"/>
     <w:rsid w:val="00B81DFF"/>
     <w:rsid w:val="00B81FC2"/>
     <w:rsid w:val="00B82753"/>
     <w:rsid w:val="00B9155B"/>
     <w:rsid w:val="00B93E12"/>
     <w:rsid w:val="00B94407"/>
     <w:rsid w:val="00B94B11"/>
     <w:rsid w:val="00B9558C"/>
     <w:rsid w:val="00B96541"/>
     <w:rsid w:val="00B96752"/>
     <w:rsid w:val="00BA611F"/>
     <w:rsid w:val="00BA6B39"/>
     <w:rsid w:val="00BA6E0F"/>
     <w:rsid w:val="00BA759D"/>
+    <w:rsid w:val="00BB144B"/>
     <w:rsid w:val="00BB26CE"/>
     <w:rsid w:val="00BB3102"/>
     <w:rsid w:val="00BC36D6"/>
     <w:rsid w:val="00BC3E47"/>
     <w:rsid w:val="00BC5DC1"/>
     <w:rsid w:val="00BC6B58"/>
     <w:rsid w:val="00BC7917"/>
     <w:rsid w:val="00BD4C40"/>
     <w:rsid w:val="00BE085F"/>
     <w:rsid w:val="00BE476C"/>
     <w:rsid w:val="00BF0938"/>
     <w:rsid w:val="00BF20EC"/>
     <w:rsid w:val="00BF2928"/>
     <w:rsid w:val="00BF29E5"/>
     <w:rsid w:val="00BF3145"/>
     <w:rsid w:val="00BF3BAB"/>
     <w:rsid w:val="00BF4EBB"/>
     <w:rsid w:val="00BF5CB1"/>
     <w:rsid w:val="00C002A7"/>
     <w:rsid w:val="00C02610"/>
     <w:rsid w:val="00C03A72"/>
     <w:rsid w:val="00C03CDE"/>
     <w:rsid w:val="00C06A80"/>
     <w:rsid w:val="00C12B83"/>
     <w:rsid w:val="00C15F72"/>
@@ -20044,50 +19662,51 @@
     <w:rsid w:val="00EA54D8"/>
     <w:rsid w:val="00EA55F8"/>
     <w:rsid w:val="00EA59B1"/>
     <w:rsid w:val="00EA7260"/>
     <w:rsid w:val="00EB0075"/>
     <w:rsid w:val="00EB1E50"/>
     <w:rsid w:val="00EB4EC9"/>
     <w:rsid w:val="00EB5016"/>
     <w:rsid w:val="00EB7A56"/>
     <w:rsid w:val="00EC0E71"/>
     <w:rsid w:val="00EC3832"/>
     <w:rsid w:val="00EC41B3"/>
     <w:rsid w:val="00EC71FB"/>
     <w:rsid w:val="00ED624F"/>
     <w:rsid w:val="00ED6FF1"/>
     <w:rsid w:val="00EE1142"/>
     <w:rsid w:val="00EE201E"/>
     <w:rsid w:val="00EE314E"/>
     <w:rsid w:val="00EE33B9"/>
     <w:rsid w:val="00EE4DF1"/>
     <w:rsid w:val="00EE6EBF"/>
     <w:rsid w:val="00EF029C"/>
     <w:rsid w:val="00EF1735"/>
     <w:rsid w:val="00EF4868"/>
     <w:rsid w:val="00EF7D00"/>
+    <w:rsid w:val="00F00379"/>
     <w:rsid w:val="00F00BD8"/>
     <w:rsid w:val="00F02947"/>
     <w:rsid w:val="00F07601"/>
     <w:rsid w:val="00F11747"/>
     <w:rsid w:val="00F14559"/>
     <w:rsid w:val="00F16581"/>
     <w:rsid w:val="00F217BF"/>
     <w:rsid w:val="00F2261D"/>
     <w:rsid w:val="00F329D7"/>
     <w:rsid w:val="00F32A5C"/>
     <w:rsid w:val="00F332A1"/>
     <w:rsid w:val="00F338B5"/>
     <w:rsid w:val="00F3497A"/>
     <w:rsid w:val="00F40B11"/>
     <w:rsid w:val="00F45F11"/>
     <w:rsid w:val="00F511BC"/>
     <w:rsid w:val="00F51994"/>
     <w:rsid w:val="00F5366E"/>
     <w:rsid w:val="00F5413A"/>
     <w:rsid w:val="00F56CA4"/>
     <w:rsid w:val="00F61CDB"/>
     <w:rsid w:val="00F65415"/>
     <w:rsid w:val="00F66D00"/>
     <w:rsid w:val="00F70D5B"/>
     <w:rsid w:val="00F7194F"/>
@@ -20130,51 +19749,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26692CE8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{27BAD86D-236B-46EE-80C6-98DB3DB6326E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -20693,51 +20312,51 @@
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00EF1735"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -21118,61 +20737,56 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="088c13a3bcd13446bdec31b312f48e1a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6c38d145d7b35516c8d44bb1013affd5" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
     <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
     <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -21362,129 +20976,119 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF7A2CAF-C6A4-45BD-A796-6A83F1AEB53F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98C24B5D-9032-4818-847D-3D994DD67E3D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D5AE62D-43D2-4E0B-8422-CE013BFC01FD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27ADA955-BE54-4804-82AB-309FD7115B18}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{128F2F98-64A7-464E-962F-6E5CC5DD1CBD}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D5AE62D-43D2-4E0B-8422-CE013BFC01FD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98C24B5D-9032-4818-847D-3D994DD67E3D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>3482</Words>
-  <Characters>19881</Characters>
+  <Words>3539</Words>
+  <Characters>19824</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>165</Lines>
-  <Paragraphs>46</Paragraphs>
+  <Lines>991</Lines>
+  <Paragraphs>370</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23317</CharactersWithSpaces>
+  <CharactersWithSpaces>22993</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>T_ Crawford</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>