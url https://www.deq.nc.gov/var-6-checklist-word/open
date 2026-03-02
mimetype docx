--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -1,61 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="541B155A" w14:textId="11A92872" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="00D81945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -128,379 +127,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="1159B436" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12AAACDF" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38B69EFC" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50FDF752" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A05F375" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="397640E8" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="396333E4" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DCA751D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AFBB7B8" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35C3F40C" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="5286AD74" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08A4E83D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="396E2B7A" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="771BA412" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13B91595" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E7DB1D2" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7A723E1F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -555,59 +542,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> Op</w:t>
       </w:r>
       <w:r w:rsidR="00D65FA2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>tion 6:</w:t>
       </w:r>
       <w:r w:rsidR="00CA030A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Addition of Alkali</w:t>
       </w:r>
       <w:r w:rsidR="00EE0516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>[40 CFR 503.33(b)(</w:t>
+        <w:t xml:space="preserve"> [40 CFR 503.33(b)(</w:t>
       </w:r>
       <w:r w:rsidR="00A938DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00EE0516">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D01E5DD" w14:textId="02AE46E1" w:rsidR="00C37462" w:rsidRDefault="00EE0516" w:rsidP="000133B9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -668,82 +647,80 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="4140"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="2880"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FD5171" w:rsidRPr="00A0149B" w14:paraId="5FE6830A" w14:textId="77777777" w:rsidTr="00997234">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="759B3CDD" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRPr="00A0149B" w:rsidRDefault="00FD5171" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="794F17AC" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRDefault="00FD5171" w:rsidP="008200E4">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pH meter with:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41CA0E78" w14:textId="034941AE" w:rsidR="008200E4" w:rsidRDefault="0026161F" w:rsidP="008200E4">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -781,491 +758,471 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00FD5171">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>low-sodium glass electrode (recommended)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="068031D2" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRPr="00A0149B" w:rsidRDefault="00FD5171" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F03F730" w14:textId="24A6500D" w:rsidR="00FD5171" w:rsidRPr="00A0149B" w:rsidRDefault="00FD5171" w:rsidP="00997234">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pH Buffers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="562EEB97" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRPr="00A0149B" w:rsidRDefault="00FD5171" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6110E322" w14:textId="3DD635BB" w:rsidR="00FD5171" w:rsidRPr="00A0149B" w:rsidRDefault="00FD5171" w:rsidP="00997234">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pH Buffers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD5171" w:rsidRPr="00A0149B" w14:paraId="6608481C" w14:textId="77777777" w:rsidTr="00180348">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01E5689F" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRDefault="00FD5171" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58EB46EB" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRDefault="00FD5171" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="550C9730" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRPr="00A0149B" w:rsidRDefault="00FD5171" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F10F9E8" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRDefault="00FD5171" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29502195" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRPr="00A0149B" w:rsidRDefault="00FD5171" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="022524FA" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRDefault="00FD5171" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD5171" w:rsidRPr="00A0149B" w14:paraId="581CD6FD" w14:textId="77777777" w:rsidTr="00180348">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66C34A57" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRDefault="00FD5171" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D07D939" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRDefault="00FD5171" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="612555F1" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRPr="00A0149B" w:rsidRDefault="00FD5171" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="705EF0AA" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRDefault="00FD5171" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05439C1A" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRPr="00A0149B" w:rsidRDefault="00FD5171" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DC84C1E" w14:textId="77777777" w:rsidR="00FD5171" w:rsidRDefault="00FD5171" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A014F" w:rsidRPr="0054425D" w14:paraId="6BECF7E5" w14:textId="77777777" w:rsidTr="00180348">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="293E01DB" w14:textId="77777777" w:rsidR="002A014F" w:rsidRPr="0054425D" w:rsidRDefault="002A014F" w:rsidP="002A014F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ADA05A0" w14:textId="77777777" w:rsidR="002A014F" w:rsidRPr="0054425D" w:rsidRDefault="002A014F" w:rsidP="002A014F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Temperature measuring device (if separate from pH meter/probe)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2916A783" w14:textId="77777777" w:rsidR="002A014F" w:rsidRPr="0054425D" w:rsidRDefault="002A014F" w:rsidP="002A014F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65252501" w14:textId="104C478A" w:rsidR="002A014F" w:rsidRPr="00B608BB" w:rsidRDefault="002A014F" w:rsidP="002A014F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Value:</w:t>
             </w:r>
             <w:r w:rsidR="009543F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_______</w:t>
@@ -1274,191 +1231,185 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">   Exp:</w:t>
             </w:r>
             <w:r w:rsidR="00997234">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> _______</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D097E17" w14:textId="77777777" w:rsidR="002A014F" w:rsidRPr="0054425D" w:rsidRDefault="002A014F" w:rsidP="002A014F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50371351" w14:textId="70F2520E" w:rsidR="002A014F" w:rsidRPr="0054425D" w:rsidRDefault="004F2E02" w:rsidP="002A014F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Value:_______   Exp: _______</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A014F" w:rsidRPr="0054425D" w14:paraId="30C80469" w14:textId="24216823" w:rsidTr="00180348">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CEEF47D" w14:textId="697E70BB" w:rsidR="002A014F" w:rsidRPr="0054425D" w:rsidRDefault="002A014F" w:rsidP="002A014F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7626599D" w14:textId="05178DAF" w:rsidR="002A014F" w:rsidRPr="0054425D" w:rsidRDefault="002A014F" w:rsidP="002A014F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0.01 M CaCl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if necessary)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3848E621" w14:textId="49BCB1F3" w:rsidR="002A014F" w:rsidRPr="0054425D" w:rsidRDefault="002A014F" w:rsidP="002A014F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FB150D6" w14:textId="568338DF" w:rsidR="002A014F" w:rsidRPr="0054425D" w:rsidRDefault="002A014F" w:rsidP="002A014F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Value:</w:t>
             </w:r>
             <w:r w:rsidR="00266194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_______</w:t>
@@ -1466,80 +1417,78 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">   Exp:</w:t>
             </w:r>
             <w:r w:rsidR="00CF4242">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> _______</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7799800A" w14:textId="77777777" w:rsidR="002A014F" w:rsidRDefault="002A014F" w:rsidP="002A014F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3076FB35" w14:textId="11EDFA87" w:rsidR="004F2E02" w:rsidRPr="0054425D" w:rsidRDefault="004F2E02" w:rsidP="002A014F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F8FF572" w14:textId="521FB71E" w:rsidR="002A014F" w:rsidRPr="0054425D" w:rsidRDefault="004F2E02" w:rsidP="002A014F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Value:_______   Exp: _______</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="045DFC80" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="0054425D" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
@@ -1563,51 +1512,50 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="417"/>
         <w:gridCol w:w="5714"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4196"/>
       </w:tblGrid>
       <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="55213824" w14:textId="77777777" w:rsidTr="000E1196">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11227" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="068AFB6B" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="000808F0" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CDBE907" w14:textId="77777777" w:rsidR="00664CCC" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
@@ -1966,51 +1914,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BA6037A" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="00560E41" w:rsidRDefault="00CD61FE" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AE00D19" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="00560E41" w:rsidRDefault="00CD61FE" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A724DB6" w14:textId="57A1B4A6" w:rsidR="00241313" w:rsidRPr="000C17DB" w:rsidRDefault="00241313" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -2040,69 +1987,51 @@
           </w:p>
           <w:p w14:paraId="5EBEE9EA" w14:textId="6E6696B1" w:rsidR="00CD61FE" w:rsidRPr="00560E41" w:rsidRDefault="004F5487" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify proper method reference. </w:t>
             </w:r>
             <w:r w:rsidR="001B2604">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">During </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> notate deviations from the approved method and SOP. </w:t>
+              <w:t xml:space="preserve">During review notate deviations from the approved method and SOP. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D2D52" w:rsidRPr="00A0149B" w14:paraId="785F7E93" w14:textId="77777777" w:rsidTr="00D53681">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73C81571" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00EB3609">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2213,51 +2142,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D69690F" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00560E41" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FF0323A" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00560E41" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CC3A35F" w14:textId="7C5F9EA9" w:rsidR="003F0948" w:rsidRPr="003F0948" w:rsidRDefault="003F0948" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -6048,75 +5976,73 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="6AB3D487" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C69B4A5" w14:textId="3706D290" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00EB3609">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32B8AB6D" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples analyzed as soon as possible? [</w:t>
             </w:r>
             <w:r w:rsidR="00D33425">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6164,85 +6090,82 @@
               <w:t xml:space="preserve"> Addition of Alkali</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E441141" w14:textId="49DE02DF" w:rsidR="008A7BD8" w:rsidRPr="00A0149B" w:rsidRDefault="008A7BD8" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1456D96F" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62E043AD" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50912135" w14:textId="5E66BBA9" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="0DE1AC3C" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FED3CED" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00EB3609">
@@ -6445,87 +6368,84 @@
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Addition of Alkali]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1176F7A0" w14:textId="5B84ECE5" w:rsidR="008A7BD8" w:rsidRDefault="008A7BD8" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C067A83" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F96AEB5" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12B93BA9" w14:textId="1B609144" w:rsidR="00502F5A" w:rsidRDefault="00DE0460" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F745DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A low-sodium glass electrode is recommended to prevent low-biased results.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="61DC0381" w14:textId="77777777" w:rsidTr="001F4A6A">
         <w:trPr>
           <w:trHeight w:val="264"/>
@@ -6687,69 +6607,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="697C1B9E" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="593C7A0D" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00233605" w14:textId="3E5F8C64" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Calibrate per manufacturer’s instructions. </w:t>
             </w:r>
             <w:r w:rsidRPr="00D65FA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6783,109 +6701,89 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00EB3609">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="4A0C12FF" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="507F53B7" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00EB3609">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FBB7244" w14:textId="0F850534" w:rsidR="00502F5A" w:rsidRPr="00235FA9" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65FA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is the meter calibration </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> each day analyses are </w:t>
+              <w:t xml:space="preserve">Is the meter calibration documented each day analyses are </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">performed? </w:t>
             </w:r>
             <w:r w:rsidRPr="00502F5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00474E62">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
@@ -6896,87 +6794,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (g) (</w:t>
             </w:r>
             <w:r w:rsidR="00EC495D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00502F5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="151B6BEE" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5808390A" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E811B95" w14:textId="17C41B75" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">A record of instrument calibration </w:t>
             </w:r>
             <w:r w:rsidR="002276CD" w:rsidRPr="002276CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7002,72 +6897,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>documented and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> available for inspection upon request.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="40EC3536" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="236174E6" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00FD00FF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="164B0D69" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the sample temperature measured with an </w:t>
             </w:r>
             <w:r w:rsidR="00692F9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7107,87 +7000,84 @@
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Addition of Alkali]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CCE4E34" w14:textId="20B93045" w:rsidR="00CA4EB1" w:rsidRPr="00D65FA2" w:rsidRDefault="00CA4EB1" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="419B1900" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="761AF56E" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03467467" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00EC0A6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="0B34E9E1" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7409,146 +7299,151 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7340ED8A" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CE5AC5D" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32122E8C" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00DF781D" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="442386E2" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="093CF12E" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00EB3609">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01FD195A" w14:textId="4B90E166" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="005A5F7D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the sludge is a dewatered cake, is a slurry prepared by adding 20 mL of distilled water (containing 0.01 M CaCl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>) to 10 g of sludge cake and mixing occasionally for half an hour while waiting for the sample to clarify if necessary?</w:t>
+              <w:t xml:space="preserve">) to 10 g of sludge cake and mixing occasionally for half an hour while waiting for the sample </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>to clarify if necessary?</w:t>
             </w:r>
             <w:r w:rsidRPr="006E5E7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002676C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="007C743B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
@@ -7559,85 +7454,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Approved Procedure for the Analysis of VAR Option 6</w:t>
             </w:r>
             <w:r w:rsidR="00204553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="002676C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Addition of Alkali]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65C2488A" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6965D4D6" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02A30C82" w14:textId="57F9A0DB" w:rsidR="00502F5A" w:rsidRPr="00EB59BA" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="2141D23B" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21FA53AA" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00EB3609">
@@ -7765,72 +7657,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="56DC66F8" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E0F49E0" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00EB3609">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B91DBFC" w14:textId="74170095" w:rsidR="00502F5A" w:rsidRPr="00D8503D" w:rsidRDefault="00502F5A" w:rsidP="005A5F7D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="002A33BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7956,94 +7846,91 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67881494" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A8A4DED" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00204553">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="588FFA84" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60672B2F" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00EB3609">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70F083E9" w14:textId="0B9E8B1C" w:rsidR="00502F5A" w:rsidRPr="00D8503D" w:rsidRDefault="00502F5A" w:rsidP="005A5F7D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="002A33BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8161,94 +8048,91 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11A5E1C1" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23D25EEA" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00204553">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF7417" w:rsidRPr="00A0149B" w14:paraId="6BDFF6BC" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B293FE9" w14:textId="77777777" w:rsidR="00FF7417" w:rsidRDefault="00FF7417" w:rsidP="00EB3609">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68859FEA" w14:textId="3F7A776D" w:rsidR="00FF7417" w:rsidRDefault="00FF7417" w:rsidP="005A5F7D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the </w:t>
             </w:r>
             <w:r w:rsidR="002A33BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8326,94 +8210,91 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7327D246" w14:textId="77777777" w:rsidR="00FF7417" w:rsidRPr="00A0149B" w:rsidRDefault="00FF7417" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BABC8B" w14:textId="77777777" w:rsidR="00FF7417" w:rsidRDefault="00FF7417" w:rsidP="00204553">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="462A4F69" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="268A8D0B" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00EB3609">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C51B8D6" w14:textId="1DA4D291" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="005A5F7D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="002A33BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8531,94 +8412,91 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D1EAAE7" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C8F07C7" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00204553">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="7291213C" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F04701F" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00EB3609">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="284E3C5D" w14:textId="64C3C180" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="005A5F7D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidR="007811C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8728,94 +8606,91 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1912F0F0" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06B1EB00" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00204553">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="1861A84F" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33B54C1E" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00EB3609">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D35E9DF" w14:textId="5B5A677E" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="005A5F7D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the proper correction factor applied to the measured pH</w:t>
             </w:r>
             <w:r w:rsidR="002E4402">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8941,136 +8816,207 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F024420" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34FC3DE4" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00204553">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C362D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">Either sewage sludge samples may be taken and heated or cooled to </w:t>
+            </w:r>
             <w:r w:rsidRPr="001C362D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">25°C </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>or results can be adjusted based on the ambient temperature where pH is measured and the following calculation:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="575639BB" w14:textId="77777777" w:rsidR="00A665B0" w:rsidRDefault="00A665B0" w:rsidP="00204553">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5ED07942" w14:textId="2760125C" w:rsidR="00A665B0" w:rsidRDefault="00A665B0" w:rsidP="00204553">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Correction Factor = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A665B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>0.03 pH units x (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A665B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A665B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>meas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A665B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 25°C)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3145BA7F" w14:textId="5DA84A6D" w:rsidR="00A665B0" w:rsidRDefault="00A665B0" w:rsidP="00204553">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                 1.0°C</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48D47795" w14:textId="6ACD8D89" w:rsidR="00A665B0" w:rsidRPr="00A665B0" w:rsidRDefault="00A665B0" w:rsidP="00204553">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Actual pH = Measured pH +/- the Correction Factor</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BDF2B7E" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="001C362D" w:rsidRDefault="00502F5A" w:rsidP="00204553">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="18FBE8CC" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRDefault="00DD715F" w:rsidP="00204553">
+          <w:p w14:paraId="18FBE8CC" w14:textId="6ABBC2D8" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00204553">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...29 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w14:paraId="74588FC8" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00292EC2" w:rsidRDefault="00502F5A" w:rsidP="00204553">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00292EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Note:</w:t>
             </w:r>
             <w:r w:rsidRPr="00292EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9216,72 +9162,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA7699" w:rsidRPr="00A0149B" w14:paraId="1323B6B8" w14:textId="77777777" w:rsidTr="00F745DF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DB32405" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="008C0C53" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C79C5A1" w14:textId="0205CE2F" w:rsidR="00DE33CB" w:rsidRDefault="00DE33CB" w:rsidP="00666121">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="064DE39E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00C47663">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -9364,93 +9308,90 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06EF4AF2" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="251AE083" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w14:paraId="608494DF" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79711F13" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="008C0C53" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03C21C1C" w14:textId="296EAAE5" w:rsidR="00DE33CB" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the </w:t>
             </w:r>
             <w:r w:rsidR="00C47663">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9534,102 +9475,99 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="194C541E" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2043B507" w14:textId="0C3F33A6" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This may be performed by a contract laboratory. Maintain comparison data and documentation of NIST traceable temperature-measuring device information listed below.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w14:paraId="3FD03F80" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77A88441" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="008C0C53" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16E6BB8F" w14:textId="2DEA6B30" w:rsidR="00DE33CB" w:rsidRDefault="00DE33CB" w:rsidP="00EA7699">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="064DE39E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are all </w:t>
             </w:r>
             <w:r w:rsidR="00C47663">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9735,93 +9673,90 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61F11CA0" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79E420EE" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w14:paraId="5CDC5C58" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A595233" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="008C0C53" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FC71449" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRDefault="00DE33CB" w:rsidP="002E2DA7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="00C47663">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -9898,93 +9833,90 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2494F102" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00EE9BD1" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A74A2B" w:rsidRPr="00A0149B" w14:paraId="6A4A7309" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F079DB6" w14:textId="77777777" w:rsidR="00A74A2B" w:rsidRPr="008C0C53" w:rsidRDefault="00A74A2B" w:rsidP="00DE33CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36C48F07" w14:textId="77777777" w:rsidR="00A74A2B" w:rsidRDefault="00A74A2B" w:rsidP="00DE33CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the Reference Temperature-Measuring Device </w:t>
             </w:r>
             <w:r w:rsidR="0068500E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10069,93 +10001,90 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="319001A1" w14:textId="77777777" w:rsidR="00A74A2B" w:rsidRPr="00A0149B" w:rsidRDefault="00A74A2B" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C9B3B9A" w14:textId="77777777" w:rsidR="00A74A2B" w:rsidRPr="00A0149B" w:rsidRDefault="00A74A2B" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w14:paraId="75CD9AB7" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F30A48D" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="008C0C53" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2825895E" w14:textId="69899FAB" w:rsidR="00DE33CB" w:rsidRPr="00C252B2" w:rsidRDefault="00DE33CB" w:rsidP="00C252B2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is t</w:t>
             </w:r>
             <w:r w:rsidRPr="001530C8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10294,51 +10223,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65F940BE" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="788BBAE4" w14:textId="38AED6D8" w:rsidR="00AF5CCB" w:rsidRDefault="00AF5CCB" w:rsidP="00AF5CCB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reference Temperature-Measuring Device</w:t>
             </w:r>
             <w:r w:rsidRPr="001530C8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10418,50 +10346,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4B85120C" w14:textId="2D47292E" w:rsidR="00AF5CCB" w:rsidRDefault="00AF5CCB" w:rsidP="00AF5CCB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E53E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Stated accuracy: </w:t>
             </w:r>
             <w:r w:rsidR="00B808A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>____</w:t>
             </w:r>
             <w:r w:rsidRPr="004E53E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>__________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -10524,72 +10453,70 @@
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>_________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2635B781" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w14:paraId="754E8BDC" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="003842F6" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="008C0C53" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="096D7A96" w14:textId="498544A2" w:rsidR="00DE33CB" w:rsidRDefault="00DE33CB" w:rsidP="00EA7699">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="00C47663">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10703,93 +10630,90 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71D05491" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="604940F9" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w14:paraId="44AB7212" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="258ABCA2" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="008C0C53" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="053048E6" w14:textId="39592AB6" w:rsidR="00DE33CB" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the date of the verification, the serial number of the </w:t>
             </w:r>
             <w:r w:rsidR="00C47663">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10924,51 +10848,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="440C41C6" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A1F356E" w14:textId="1319A90C" w:rsidR="000E12FC" w:rsidRDefault="000E12FC" w:rsidP="000E12FC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Compliance Temperature-Measuring Device</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14FC6034" w14:textId="77777777" w:rsidR="000E12FC" w:rsidRDefault="000E12FC" w:rsidP="000E12FC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11160,72 +11083,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>________                       _______</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="254434D4" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w14:paraId="2A4CA79E" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="704B79AB" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="008C0C53" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A8795ED" w14:textId="47F3C9A6" w:rsidR="00DE33CB" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Do the readings from both devices agree within 0.5°C? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -11277,93 +11198,90 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DAA410A" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="478DE9BC" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w14:paraId="0083E7E0" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A3FE539" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="008C0C53" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70497A59" w14:textId="54B9AFCA" w:rsidR="00DE33CB" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="07D75529">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11430,121 +11348,118 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46C714BB" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E73189B" w14:textId="3CDE306A" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="005A5F7D" w:rsidP="005A5F7D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C2E36">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the device reading differs by more than 0.5°C from the </w:t>
             </w:r>
             <w:r w:rsidR="00C47663">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reference Temperature-Measuring Device</w:t>
             </w:r>
             <w:r w:rsidRPr="006C2E36">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, it may not be used.  No temperature correction factors are allowed for this parameter.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w14:paraId="43483B09" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E9164C1" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="008C0C53" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AD33D18" w14:textId="01A6C653" w:rsidR="00DE33CB" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="07D75529">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the verification documentation kept on file for 5 years?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11595,93 +11510,90 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77C9102B" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="777E4C76" w14:textId="77777777" w:rsidR="00DE33CB" w:rsidRPr="00A0149B" w:rsidRDefault="00DE33CB" w:rsidP="00DE33CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="3EA60B18" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="042C8DFF" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="008C0C53" w:rsidRDefault="00502F5A" w:rsidP="00EB3609">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C503180" w14:textId="3F773224" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a check buffer analyzed after calibration and before sample analysis? [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="003A781D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11731,93 +11643,90 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="531EF2A6" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="654FBA2C" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="2F11A345" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03045AC9" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="008C0C53" w:rsidRDefault="00502F5A" w:rsidP="00EB3609">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="591B73EF" w14:textId="3D2A1E70" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a post-analysis check buffer analyzed at the </w:t>
             </w:r>
             <w:r w:rsidR="00F745DF" w:rsidRPr="00F745DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11883,93 +11792,90 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="403904C1" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66784590" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="38B9C149" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52B14E81" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="008C0C53" w:rsidRDefault="00502F5A" w:rsidP="00EB3609">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="771D8CCB" w14:textId="691BB5EE" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the check</w:t>
             </w:r>
             <w:r w:rsidR="00CB426D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11994,85 +11900,67 @@
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>U</w:t>
             </w:r>
             <w:r w:rsidR="00A52327">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of </w:t>
-[...8 lines deleted...]
-              <w:t>the</w:t>
+              <w:t xml:space="preserve"> of the</w:t>
             </w:r>
             <w:r w:rsidR="00F745DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>true</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> value? [NC WW/GW LC</w:t>
+              <w:t>true value? [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="003A781D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Approved Procedure for the Analysis of VAR Option 6</w:t>
             </w:r>
             <w:r w:rsidR="00204553">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
@@ -12101,93 +11989,90 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32FB4E8B" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E0108C1" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00502F5A" w:rsidRPr="00A0149B" w14:paraId="365F2FE8" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4938DA05" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="008C0C53" w:rsidRDefault="00502F5A" w:rsidP="00EB3609">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2510DD1E" w14:textId="02570B14" w:rsidR="00502F5A" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are corrective actions taken if the standard buffer checks do not read within ±0.1 S</w:t>
             </w:r>
             <w:r w:rsidR="00A52327">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12269,93 +12154,90 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ECDDC4D" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A897520" w14:textId="77777777" w:rsidR="00502F5A" w:rsidRPr="00A0149B" w:rsidRDefault="00502F5A" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007811C5" w:rsidRPr="00A0149B" w14:paraId="691AB5DD" w14:textId="77777777" w:rsidTr="002A33BF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43DB3385" w14:textId="77777777" w:rsidR="007811C5" w:rsidRPr="008C0C53" w:rsidRDefault="007811C5" w:rsidP="00EB3609">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B5456CC" w14:textId="316F2758" w:rsidR="007811C5" w:rsidRDefault="007811C5" w:rsidP="00502F5A">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the data qualified on the EPA Biosolids Annual Report (NPDES Form 6100-035) or client report if Quality Control (QC) requirements are not met? [15A NCAC 02H .0805 (e) (5)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12374,51 +12256,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="005D6C22" w14:textId="77777777" w:rsidR="007811C5" w:rsidRPr="00A0149B" w:rsidRDefault="007811C5" w:rsidP="00502F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4196" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B09FC24" w14:textId="0A9E4464" w:rsidR="007811C5" w:rsidRPr="00A0149B" w:rsidRDefault="007811C5" w:rsidP="005A5F7D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004905FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reported data associated with quality control failures, improper sample collection, holding time exceedances, or improper preservation shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -12721,245 +12602,246 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="NeutralizeTRC"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C37462" w:rsidRPr="00351E5A" w:rsidSect="004F5745">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="144" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="086DAB05" w14:textId="77777777" w:rsidR="00515A44" w:rsidRDefault="00515A44">
+    <w:p w14:paraId="115CC5C9" w14:textId="77777777" w:rsidR="002F46F9" w:rsidRDefault="002F46F9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A33043A" w14:textId="77777777" w:rsidR="00515A44" w:rsidRDefault="00515A44">
+    <w:p w14:paraId="7035C464" w14:textId="77777777" w:rsidR="002F46F9" w:rsidRDefault="002F46F9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5B618F3F" w14:textId="77777777" w:rsidR="000E62BE" w:rsidRDefault="000E62BE"/>
+    <w:p w14:paraId="21C178A0" w14:textId="77777777" w:rsidR="002F46F9" w:rsidRDefault="002F46F9"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
+    <w:altName w:val="Calibri Light"/>
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="665FFCCC" w14:textId="0FC5F227" w:rsidR="00026092" w:rsidRPr="004E0CAB" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="00CA0275">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>06/28/2023</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0B720EBB" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2749606E" w14:textId="681C5970" w:rsidR="00EA3E48" w:rsidRPr="00B8487A" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B8487A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Revised</w:t>
     </w:r>
     <w:r w:rsidR="004F5745">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 06/28/2023</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4505AAC9" w14:textId="77777777" w:rsidR="00515A44" w:rsidRDefault="00515A44">
+    <w:p w14:paraId="77C32F21" w14:textId="77777777" w:rsidR="002F46F9" w:rsidRDefault="002F46F9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="123208B7" w14:textId="77777777" w:rsidR="00515A44" w:rsidRDefault="00515A44">
+    <w:p w14:paraId="4B36349E" w14:textId="77777777" w:rsidR="002F46F9" w:rsidRDefault="002F46F9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="204F7F81" w14:textId="77777777" w:rsidR="000E62BE" w:rsidRDefault="000E62BE"/>
+    <w:p w14:paraId="41047895" w14:textId="77777777" w:rsidR="002F46F9" w:rsidRDefault="002F46F9"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="225F54E4" w14:textId="34B220EC" w:rsidR="006742D3" w:rsidRDefault="006742D3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57F72112" w14:textId="30A5BF13" w:rsidR="00EA3E48" w:rsidRPr="0058752C" w:rsidRDefault="00897BBA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>VAR Option 6</w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
@@ -12996,61 +12878,61 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00370149">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="32381DB0" w14:textId="1047FC99" w:rsidR="006742D3" w:rsidRDefault="006742D3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1701374A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A746B6A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21156698"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3086350"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13608,90 +13490,73 @@
   <w:num w:numId="1" w16cid:durableId="645091205">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="843397890">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="500512930">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1893543407">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="445924602">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1764260760">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1627080026">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useWord2002TableStyleRules/>
-    <w:growAutofit/>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="00000FBE"/>
     <w:rsid w:val="000133B9"/>
     <w:rsid w:val="00015280"/>
     <w:rsid w:val="00015C49"/>
     <w:rsid w:val="00023ACC"/>
     <w:rsid w:val="00024B87"/>
     <w:rsid w:val="0002544B"/>
     <w:rsid w:val="00026092"/>
     <w:rsid w:val="00032566"/>
     <w:rsid w:val="000429D8"/>
     <w:rsid w:val="00042A00"/>
     <w:rsid w:val="0004798D"/>
     <w:rsid w:val="00065C9B"/>
     <w:rsid w:val="00081132"/>
     <w:rsid w:val="00086974"/>
     <w:rsid w:val="00092D90"/>
     <w:rsid w:val="000A0DC3"/>
@@ -13748,50 +13613,51 @@
     <w:rsid w:val="00237D19"/>
     <w:rsid w:val="00241313"/>
     <w:rsid w:val="0026161F"/>
     <w:rsid w:val="00266194"/>
     <w:rsid w:val="002676C3"/>
     <w:rsid w:val="00272B06"/>
     <w:rsid w:val="00276B08"/>
     <w:rsid w:val="00286634"/>
     <w:rsid w:val="00287BA3"/>
     <w:rsid w:val="002921B3"/>
     <w:rsid w:val="00292EC2"/>
     <w:rsid w:val="00294F24"/>
     <w:rsid w:val="00297CE1"/>
     <w:rsid w:val="002A014F"/>
     <w:rsid w:val="002A33BF"/>
     <w:rsid w:val="002A3975"/>
     <w:rsid w:val="002C4C80"/>
     <w:rsid w:val="002D0835"/>
     <w:rsid w:val="002D2D52"/>
     <w:rsid w:val="002D739D"/>
     <w:rsid w:val="002E0D22"/>
     <w:rsid w:val="002E2DA7"/>
     <w:rsid w:val="002E3858"/>
     <w:rsid w:val="002E4402"/>
     <w:rsid w:val="002E6CDF"/>
+    <w:rsid w:val="002F46F9"/>
     <w:rsid w:val="00303B16"/>
     <w:rsid w:val="00312389"/>
     <w:rsid w:val="0031461E"/>
     <w:rsid w:val="003316C2"/>
     <w:rsid w:val="003361E7"/>
     <w:rsid w:val="00340D0E"/>
     <w:rsid w:val="00345A75"/>
     <w:rsid w:val="0034741A"/>
     <w:rsid w:val="00351AB7"/>
     <w:rsid w:val="00351B57"/>
     <w:rsid w:val="00353086"/>
     <w:rsid w:val="003550A0"/>
     <w:rsid w:val="0036117E"/>
     <w:rsid w:val="00361EAA"/>
     <w:rsid w:val="00362424"/>
     <w:rsid w:val="003642EC"/>
     <w:rsid w:val="00366D75"/>
     <w:rsid w:val="00370149"/>
     <w:rsid w:val="0037177C"/>
     <w:rsid w:val="00373D5C"/>
     <w:rsid w:val="00374FB8"/>
     <w:rsid w:val="003A0766"/>
     <w:rsid w:val="003A781D"/>
     <w:rsid w:val="003B77B3"/>
     <w:rsid w:val="003C3185"/>
@@ -13813,50 +13679,51 @@
     <w:rsid w:val="00464CD7"/>
     <w:rsid w:val="00466A62"/>
     <w:rsid w:val="00472707"/>
     <w:rsid w:val="00474E62"/>
     <w:rsid w:val="00481E99"/>
     <w:rsid w:val="00484ED7"/>
     <w:rsid w:val="00492EE0"/>
     <w:rsid w:val="004A0EA1"/>
     <w:rsid w:val="004B170D"/>
     <w:rsid w:val="004B2ECA"/>
     <w:rsid w:val="004B391B"/>
     <w:rsid w:val="004C0D5C"/>
     <w:rsid w:val="004C29AA"/>
     <w:rsid w:val="004E06E3"/>
     <w:rsid w:val="004E57A3"/>
     <w:rsid w:val="004F0DBD"/>
     <w:rsid w:val="004F1EBB"/>
     <w:rsid w:val="004F20E4"/>
     <w:rsid w:val="004F2E02"/>
     <w:rsid w:val="004F5487"/>
     <w:rsid w:val="004F5745"/>
     <w:rsid w:val="004F7D9E"/>
     <w:rsid w:val="00501398"/>
     <w:rsid w:val="00502F5A"/>
     <w:rsid w:val="00513ABB"/>
+    <w:rsid w:val="00514FA4"/>
     <w:rsid w:val="0051599C"/>
     <w:rsid w:val="00515A44"/>
     <w:rsid w:val="005212CA"/>
     <w:rsid w:val="00521A98"/>
     <w:rsid w:val="005238B9"/>
     <w:rsid w:val="0053714B"/>
     <w:rsid w:val="0053779B"/>
     <w:rsid w:val="005427D7"/>
     <w:rsid w:val="0054425D"/>
     <w:rsid w:val="005444D2"/>
     <w:rsid w:val="00550379"/>
     <w:rsid w:val="00550967"/>
     <w:rsid w:val="00551463"/>
     <w:rsid w:val="0055730A"/>
     <w:rsid w:val="005575DC"/>
     <w:rsid w:val="00560E41"/>
     <w:rsid w:val="00565F94"/>
     <w:rsid w:val="0056671B"/>
     <w:rsid w:val="0058406E"/>
     <w:rsid w:val="00590C7F"/>
     <w:rsid w:val="00595C89"/>
     <w:rsid w:val="005A10C9"/>
     <w:rsid w:val="005A5F7D"/>
     <w:rsid w:val="005B2422"/>
     <w:rsid w:val="005B7765"/>
@@ -13964,50 +13831,51 @@
     <w:rsid w:val="009556BE"/>
     <w:rsid w:val="00955C80"/>
     <w:rsid w:val="0095787B"/>
     <w:rsid w:val="00970C3E"/>
     <w:rsid w:val="00973622"/>
     <w:rsid w:val="00974223"/>
     <w:rsid w:val="00980CC4"/>
     <w:rsid w:val="009851EF"/>
     <w:rsid w:val="009923CC"/>
     <w:rsid w:val="009935C2"/>
     <w:rsid w:val="00995B0E"/>
     <w:rsid w:val="00997234"/>
     <w:rsid w:val="0099786F"/>
     <w:rsid w:val="009B033E"/>
     <w:rsid w:val="009B0950"/>
     <w:rsid w:val="009B442E"/>
     <w:rsid w:val="009C11FE"/>
     <w:rsid w:val="009F0D67"/>
     <w:rsid w:val="009F161E"/>
     <w:rsid w:val="00A0102F"/>
     <w:rsid w:val="00A15C9C"/>
     <w:rsid w:val="00A34107"/>
     <w:rsid w:val="00A34A45"/>
     <w:rsid w:val="00A52327"/>
     <w:rsid w:val="00A54692"/>
+    <w:rsid w:val="00A665B0"/>
     <w:rsid w:val="00A7276D"/>
     <w:rsid w:val="00A74A2B"/>
     <w:rsid w:val="00A8101F"/>
     <w:rsid w:val="00A84541"/>
     <w:rsid w:val="00A93500"/>
     <w:rsid w:val="00A938DC"/>
     <w:rsid w:val="00AA1456"/>
     <w:rsid w:val="00AA6D74"/>
     <w:rsid w:val="00AB7242"/>
     <w:rsid w:val="00AC6D05"/>
     <w:rsid w:val="00AC742D"/>
     <w:rsid w:val="00AF0FAE"/>
     <w:rsid w:val="00AF5CCB"/>
     <w:rsid w:val="00B159DC"/>
     <w:rsid w:val="00B169E2"/>
     <w:rsid w:val="00B20DFF"/>
     <w:rsid w:val="00B25839"/>
     <w:rsid w:val="00B34473"/>
     <w:rsid w:val="00B404D2"/>
     <w:rsid w:val="00B40E01"/>
     <w:rsid w:val="00B42049"/>
     <w:rsid w:val="00B5331A"/>
     <w:rsid w:val="00B54A6F"/>
     <w:rsid w:val="00B608BB"/>
     <w:rsid w:val="00B62B6C"/>
@@ -14143,65 +14011,65 @@
     <w:rsid w:val="00FB61F8"/>
     <w:rsid w:val="00FD00FF"/>
     <w:rsid w:val="00FD5171"/>
     <w:rsid w:val="00FE4B87"/>
     <w:rsid w:val="00FE5C8F"/>
     <w:rsid w:val="00FF60C7"/>
     <w:rsid w:val="00FF7417"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="014CDE16"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CCD8D6BB-C23E-4C22-B77E-AAF1D1B1EA62}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -14664,51 +14532,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002E4402"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14763,51 +14631,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1762795207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15078,202 +14946,207 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100803BD5AA45C9314B85FF8458E0EE0789" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="51980ef6cd0975cb1c5e76b62ba46071">
-[...3 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...74 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -15331,165 +15204,122 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31F1424D-2155-466C-8EA1-0537585C5E6F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6A99E70-634F-469C-80EC-5C3E4EC81A63}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CDA75C3-3D0A-4804-8C33-012DB3B4B0A1}">
-[...16 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C87A90F6-D02B-43F4-AE63-E9CFBFCF6406}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6A99E70-634F-469C-80EC-5C3E4EC81A63}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CDA75C3-3D0A-4804-8C33-012DB3B4B0A1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D70CAB4-FA8B-4B1E-AD06-78C4EDB9B21C}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1999</Words>
-  <Characters>11395</Characters>
+  <Words>1905</Words>
+  <Characters>11645</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>646</Lines>
+  <Paragraphs>218</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13368</CharactersWithSpaces>
+  <CharactersWithSpaces>13332</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
+    <vt:r8>11683800</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>