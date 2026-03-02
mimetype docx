--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -1,31 +1,28 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="doc" ContentType="application/msword"/>
-[...1 lines deleted...]
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
@@ -127,379 +124,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="6876424D" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764249" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876424A" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876424B" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876424C" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="68764252" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876424E" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876424F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764250" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764251" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="68764255" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764253" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764254" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="68764258" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764256" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764257" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68764259" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -756,425 +741,411 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="2790"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A7102A" w:rsidRPr="00A0149B" w14:paraId="68764264" w14:textId="77777777" w:rsidTr="00D42643">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876425E" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRPr="00A0149B" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876425F" w14:textId="6AAD20E6" w:rsidR="00A7102A" w:rsidRPr="00A0149B" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>300 ml BOD Bottle</w:t>
             </w:r>
             <w:r w:rsidR="000B182E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if using DO meter)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764260" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRPr="00A0149B" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764261" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000004C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Oil and particle-free air supply</w:t>
             </w:r>
             <w:r w:rsidR="00D42643" w:rsidRPr="00D42643">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Not Required)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764262" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRPr="00A0149B" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764263" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRPr="000004C7" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000004C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evaporating dishes of 100-mL capacity</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A7102A" w:rsidRPr="0054425D" w14:paraId="6876426C" w14:textId="77777777" w:rsidTr="00D42643">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764265" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRPr="0054425D" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764266" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dissolved Oxygen Meter</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68764267" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRPr="0054425D" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Make/Model:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764268" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRPr="0054425D" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764269" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRPr="0054425D" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Magnetic stir bar or DO meter with built-in stirrer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876426A" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRPr="0054425D" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876426B" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRPr="0054425D" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000004C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Drying oven, for operation at 103 to 105°C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A7102A" w:rsidRPr="0054425D" w14:paraId="68764273" w14:textId="77777777" w:rsidTr="00D42643">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876426D" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRPr="0054425D" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876426E" w14:textId="22BC1B85" w:rsidR="00A7102A" w:rsidRPr="0054425D" w:rsidRDefault="007F0CF8" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F0CF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Manometric or </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007F0CF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1185,310 +1156,300 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> device with capacity of at least 300 mL</w:t>
             </w:r>
             <w:r w:rsidRPr="007F0CF8" w:rsidDel="007F0CF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876426F" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRPr="0054425D" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764270" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRPr="0054425D" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000004C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical balance, capable of weighing to </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="000004C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764271" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRPr="0054425D" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764272" w14:textId="77777777" w:rsidR="00A7102A" w:rsidRPr="00A0149B" w:rsidRDefault="00A7102A" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000004C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Desiccator, provided with a desiccant containing a color</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000004C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>indicator of moisture concentration or an instrumental indicator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C6DBA" w:rsidRPr="0054425D" w14:paraId="6876427A" w14:textId="77777777" w:rsidTr="00D42643">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764274" w14:textId="77777777" w:rsidR="007C6DBA" w:rsidRPr="0054425D" w:rsidRDefault="007C6DBA" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764275" w14:textId="77777777" w:rsidR="007C6DBA" w:rsidRDefault="007C6DBA" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Temperature-measuring device accurate to ± 0.5 °C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764276" w14:textId="77777777" w:rsidR="007C6DBA" w:rsidRPr="0054425D" w:rsidRDefault="007C6DBA" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764277" w14:textId="5DA704B3" w:rsidR="007C6DBA" w:rsidRPr="000004C7" w:rsidRDefault="007F0CF8" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Air Stone (Not Required)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764278" w14:textId="77777777" w:rsidR="007C6DBA" w:rsidRPr="0054425D" w:rsidRDefault="007C6DBA" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764279" w14:textId="77777777" w:rsidR="007C6DBA" w:rsidRPr="000004C7" w:rsidRDefault="007C6DBA" w:rsidP="00A7102A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6876427B" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="0054425D" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6876427C" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
@@ -1516,51 +1477,50 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="546"/>
         <w:gridCol w:w="4896"/>
         <w:gridCol w:w="448"/>
         <w:gridCol w:w="448"/>
         <w:gridCol w:w="4696"/>
         <w:gridCol w:w="56"/>
       </w:tblGrid>
       <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="68764280" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="56" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11034" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876427D" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="000808F0" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6876427E" w14:textId="77777777" w:rsidR="00664CCC" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
@@ -1917,51 +1877,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764289" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="00560E41" w:rsidRDefault="00CD61FE" w:rsidP="00560E41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876428A" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="00560E41" w:rsidRDefault="00CD61FE" w:rsidP="00560E41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DB286AA" w14:textId="77777777" w:rsidR="005949D9" w:rsidRPr="005949D9" w:rsidRDefault="005949D9" w:rsidP="005949D9">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -2140,51 +2099,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D4990DB" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00560E41" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A470597" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00560E41" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51AE3836" w14:textId="484C70AD" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -2302,70 +2260,68 @@
               <w:t xml:space="preserve"> .0805 (a) (7)</w:t>
             </w:r>
             <w:r w:rsidR="00341EDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (P)</w:t>
             </w:r>
             <w:r w:rsidR="00341EDC" w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EB7153B" w14:textId="77777777" w:rsidR="007E3E69" w:rsidRPr="00560E41" w:rsidRDefault="007E3E69" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60B65AD0" w14:textId="77777777" w:rsidR="007E3E69" w:rsidRPr="00560E41" w:rsidRDefault="007E3E69" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EC6CA5C" w14:textId="5D0A4056" w:rsidR="007E3E69" w:rsidRPr="0075586A" w:rsidRDefault="00341EDC" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -2656,72 +2612,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687642A0" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876429B" w14:textId="44D4A919" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876429C" w14:textId="18B57B85" w:rsidR="00703194" w:rsidRPr="00F749DE" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
             <w:r w:rsidRPr="000004C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -2840,152 +2794,147 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1)</w:t>
             </w:r>
             <w:r w:rsidRPr="00E5462F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876429D" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876429E" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876429F" w14:textId="1670D1D5" w:rsidR="00703194" w:rsidRPr="00EB59BA" w:rsidRDefault="00761CB2" w:rsidP="00761CB2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00761CB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If only measuring total solids, heat dish for 1 h or</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00761CB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>longer in a 103 to 105 °C oven.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004317C4" w:rsidRPr="00A0149B" w14:paraId="18D7E379" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3378B932" w14:textId="77777777" w:rsidR="004317C4" w:rsidRPr="00A0149B" w:rsidRDefault="004317C4" w:rsidP="004317C4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="715BB160" w14:textId="3BB6E58B" w:rsidR="000C5D79" w:rsidRPr="000C5D79" w:rsidRDefault="004317C4" w:rsidP="000C5D79">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are</w:t>
             </w:r>
             <w:r w:rsidR="000C5D79">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3108,153 +3057,148 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="004317C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1)</w:t>
             </w:r>
             <w:r w:rsidR="004317C4" w:rsidRPr="00E5462F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0704BADE" w14:textId="77777777" w:rsidR="004317C4" w:rsidRPr="00A0149B" w:rsidRDefault="004317C4" w:rsidP="004317C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B818FF8" w14:textId="77777777" w:rsidR="004317C4" w:rsidRPr="00A0149B" w:rsidRDefault="004317C4" w:rsidP="004317C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7833BBB7" w14:textId="77777777" w:rsidR="004317C4" w:rsidRPr="004317C4" w:rsidRDefault="004317C4" w:rsidP="004317C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004317C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cool in desiccator to ambient temperature</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="147CF536" w14:textId="73B55157" w:rsidR="004317C4" w:rsidRPr="00761CB2" w:rsidRDefault="004317C4" w:rsidP="004317C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004317C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and weigh.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687642A6" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642A1" w14:textId="562DC6A7" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E1AF41C" w14:textId="77777777" w:rsidR="00703194" w:rsidRDefault="00864491" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How are</w:t>
             </w:r>
             <w:r w:rsidR="00703194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3390,119 +3334,115 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642A3" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642A4" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642A5" w14:textId="4909721E" w:rsidR="00703194" w:rsidRPr="00E5462F" w:rsidRDefault="00AF2A21" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF2A21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Store in desiccator or 103 to 105 °C oven until needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687642B4" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642AD" w14:textId="2AC1FA37" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642AE" w14:textId="09BB5560" w:rsidR="00703194" w:rsidRPr="00F749DE" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Do samples qualify to be analyzed according to Option 4?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E5E7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3601,86 +3541,83 @@
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidR="0093372C" w:rsidRPr="00891717">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Specific Oxygen Uptake Rate Compliance letter, 20090923, NCDENR</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="0093372C" w:rsidRPr="00431B7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642AF" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642B0" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642B1" w14:textId="77777777" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7102A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For an aerobically digested sewage sludge with a total solids content equal to or less than 2% which has been processed at a temper</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ature between 10°- 30°C, reduc</w:t>
@@ -3781,72 +3718,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00703194" w:rsidRPr="0015643B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The SOUR test may only be used on sludges which have been stabilized in aerobic environments.  Sludge holding tanks which are used primarily for sludge gravity thickening and only periodically aerated to minimize odor generation may not use the SOUR test to indicate compliance with the VAR requirements.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687642BA" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642B5" w14:textId="07159D74" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642B6" w14:textId="5948B262" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples collected as</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA10E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3912,154 +3847,149 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00DC13FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2)</w:t>
             </w:r>
             <w:r w:rsidRPr="009D6625">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642B7" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642B8" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642B9" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="0055528A" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA10E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The collection of the sample and the time between sample collection and measurement of the SOUR are important. The sample should be a composite of grab samples taken within a period of a few </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CA10E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>minutes</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00CA10E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> duration. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="2D713C55" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B8FA683" w14:textId="58598082" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00F3EC0D" w14:textId="6424AC36" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are sample containers filled no more than half full?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009326B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4075,86 +4005,83 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pathogens and Vector Attraction in Sewage Sludge, EPA/600/R-22/194 (January 2023), Section </w:t>
             </w:r>
             <w:r w:rsidR="001F2DE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10.9</w:t>
             </w:r>
             <w:r w:rsidRPr="009326B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28B356F6" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="031BE39A" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FF74DD1" w14:textId="369248BD" w:rsidR="00703194" w:rsidRPr="00CA10E5" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009326B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the sewage sludge is to be used</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -4187,72 +4114,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A97F71" w:rsidRPr="00A97F71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>to provide some oxygen for respiration of the microorganisms in the sewage sludge.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687642C0" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642BB" w14:textId="333D0C78" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642BC" w14:textId="67254D5C" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a maximum hold</w:t>
             </w:r>
             <w:r w:rsidR="008C0208">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4340,152 +4265,147 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009A1CE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[Specific Oxygen Uptake Rate Compliance letter, 20090923, NCDENR]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642BD" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642BE" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642BF" w14:textId="7903A6C9" w:rsidR="00703194" w:rsidRPr="00CA10E5" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A1CE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The maximum holding time </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">between sampling and actual analysis, including shipping time, </w:t>
             </w:r>
             <w:r w:rsidRPr="009A1CE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">is two hours.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687642C6" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642C1" w14:textId="12D30461" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642C2" w14:textId="3404D93E" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the sample </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF55ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4525,154 +4445,149 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Appendix </w:t>
             </w:r>
             <w:r w:rsidR="00B864FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF55ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642C3" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642C4" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642C5" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00CA10E5" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF55ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The sludge should be kept at the temperature of the digester from which it was drawn and aerated thoroughly before it is poured into the BOD bottle for the test. If the temperature differs from 20°C (68°F) by more than ±10°C (±18°F), the temperature correction may be </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00BF55ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>inappropriate</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00BF55ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and the result should not be used to prove that the sewage sludge meets the SOUR requirement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687642CE" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642C7" w14:textId="711B0805" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642C8" w14:textId="4359E15C" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the test cannot be started within 15 minutes, is the sample kept at the digester temperature and aerated until the test can be completed?</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF55ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4701,136 +4616,131 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF55ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2)]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [Specific Oxygen Uptake Rate Compliance letter, 20090923, NCDENR]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642C9" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642CA" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642CD" w14:textId="1789DFE7" w:rsidR="00703194" w:rsidRPr="00BF55ED" w:rsidRDefault="00703194" w:rsidP="004E4356">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF55ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The sample should be transported to the laboratory expeditiously and kept under aeration if the SOUR test cannot be run immediately.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687642D4" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642CF" w14:textId="4360BEBE" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642D0" w14:textId="6E90603D" w:rsidR="00703194" w:rsidRPr="00F749DE" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the percent solids of the samples verified to be between 0.5 and 2%?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002B7545">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4854,86 +4764,83 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00530EC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Section 9.6</w:t>
             </w:r>
             <w:r w:rsidRPr="002B7545">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642D1" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642D2" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642D3" w14:textId="6401CDE0" w:rsidR="00703194" w:rsidRPr="00EB59BA" w:rsidRDefault="002C674A" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the percent </w:t>
             </w:r>
             <w:r w:rsidR="001125BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>solids are n</w:t>
@@ -4966,75 +4873,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">and 2%, this </w:t>
             </w:r>
             <w:r w:rsidR="00C017A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>VAR method is not allowed to be used.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687642DA" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642D5" w14:textId="23E9C36D" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642D6" w14:textId="4943826A" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is this information documented?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5118,104 +5023,101 @@
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642D8" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642D9" w14:textId="277C364F" w:rsidR="00703194" w:rsidRPr="004078CC" w:rsidRDefault="00224737" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005195E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">All analytical records, including original observations and information necessary to facilitate historical reconstruction of the calculated results, shall be maintained for five years. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687642E1" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642DB" w14:textId="3E14AE12" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642DC" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="009D6625" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6625">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the total solids content of the sewage sludge is </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5323,92 +5225,90 @@
             </w:r>
             <w:r w:rsidR="00946004">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Section 9.6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642DE" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642DF" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642E0" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The S</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9588C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">OUR testing on sewage sludges with a </w:t>
@@ -5448,75 +5348,73 @@
               </w:rPr>
               <w:t>in excess of</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007C753D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> two hours.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687642E7" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642E2" w14:textId="1996CCBC" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642E3" w14:textId="16822734" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is this information documented?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5600,51 +5498,50 @@
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642E5" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642E6" w14:textId="59235547" w:rsidR="00703194" w:rsidRPr="004078CC" w:rsidRDefault="00224737" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005195E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">All analytical records, including original observations and information necessary to facilitate historical reconstruction of the calculated results, shall be maintained for five years. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687642ED" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
@@ -5770,72 +5667,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687642F4" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642EE" w14:textId="07D35250" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="687642EF" w14:textId="77777777" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2ED53DC8" w14:textId="77777777" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -5934,70 +5829,68 @@
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642F1" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642F2" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22401E66" w14:textId="3D6E8DB5" w:rsidR="00831897" w:rsidRPr="00831897" w:rsidRDefault="00831897" w:rsidP="00831897">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00831897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1) Calibrate the oxygen probe and meter according to the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6111,72 +6004,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="687642F3" w14:textId="2713A7D3" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687642FA" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642F5" w14:textId="2E13BE0B" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642F6" w14:textId="0FDF76C6" w:rsidR="00703194" w:rsidRPr="001C10BF" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C10BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the meter calibration documented</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6214,121 +6105,136 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00F9666F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642F7" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642F8" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642F9" w14:textId="771797F3" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00F9666F" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9666F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">All analytical data pertinent to each certified analysis must be filed in an orderly manner </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F9666F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>so as to</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00F9666F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> be readily available for inspection upon request.</w:t>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F9666F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>readily available</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F9666F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for inspection upon request.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="68764300" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687642FB" w14:textId="77777777" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6440,72 +6346,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="68764306" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764301" w14:textId="7591AFE3" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764302" w14:textId="1C2E6BFA" w:rsidR="00703194" w:rsidRPr="00BF501F" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the BOD bottle</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6630,51 +6534,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764304" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764305" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00BF501F" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB52C8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fill sample container to overflowing with an appropriate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6691,72 +6594,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB52C8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>to be tested.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="6876430C" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764307" w14:textId="373C0838" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764308" w14:textId="4DB3F1E3" w:rsidR="00703194" w:rsidRPr="00414BED" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When the DO probe is inserted, is enough sample d</w:t>
             </w:r>
             <w:r w:rsidRPr="00776A31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6947,51 +6848,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876430A" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876430B" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF501F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If an oxygen-sensing probe is used, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>i</w:t>
@@ -7040,72 +6940,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF501F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">of bottle and isolate its contents from the atmosphere. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="68764312" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876430D" w14:textId="2E6B6FA4" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876430E" w14:textId="13F00571" w:rsidR="00703194" w:rsidRPr="00BF501F" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the</w:t>
             </w:r>
             <w:r w:rsidRPr="00776A31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7193,117 +7091,114 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764310" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764311" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00BF501F" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00776A31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Activate probe stirring mechanism </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
             <w:r w:rsidRPr="00776A31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> magnetic stirrer. [NOTE: Adequate mixing is essential. For suspensions with high concentrations of suspended solids (i.e., &gt;5000 mg/L) more vigorous mixing than that provided by the probe stirring mechanism and magnetic stirrer may be required.]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="68764318" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764313" w14:textId="77CB1F99" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764314" w14:textId="1B2562C0" w:rsidR="00703194" w:rsidRPr="00BF501F" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0080390D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">After </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7406,119 +7301,116 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764316" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764317" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00BF501F" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0080390D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">After meter reading has stabilized, record initial DO </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0080390D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>reading, and</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0080390D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> start timing device.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="6876431E" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764319" w14:textId="10B55D9F" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876431A" w14:textId="5A9A73E1" w:rsidR="00703194" w:rsidRPr="0080390D" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the initial DO concentration is &lt; 2 mg/L, is the test started over with a sample having higher initial DO levels?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00553F49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7593,101 +7485,98 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876431C" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876431D" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00DB52C8" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553F49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Low DO (&lt; 2 mg/L at the start of the test) may limit oxygen uptake by the biological suspension and will be indicated by a decreasing rate of oxygen consumption as the test progresses. Reject such data as being unrepresentative of suspension oxygen consumption rate and repeat test beginning with higher initial DO levels.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="68764324" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876431F" w14:textId="0E47A5D1" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764320" w14:textId="53476040" w:rsidR="00703194" w:rsidRPr="0080390D" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the DO concentration documented </w:t>
             </w:r>
             <w:r w:rsidRPr="00E401EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7794,51 +7683,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764322" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764323" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00BF501F" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB52C8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Record appropriate DO data at</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -7887,72 +7775,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB52C8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">accurate below 1 mg DO/L. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="6876432A" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764325" w14:textId="4634B728" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764326" w14:textId="73915887" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample temperature held constant during the test?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00553F49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8027,101 +7913,98 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764328" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764329" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00DB52C8" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553F49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The results of this determination are quite sensitive to temperature variations and poor precision is obtained unless replicate determinations are made at the same temperature. When oxygen consumption is used as a plant control test, run periodic (at least monthly) replicate determinations to establish the precision of the technique. This determination also is sensitive to the time lag between sample collection and test initiation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="68764330" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876432B" w14:textId="164806C6" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876432C" w14:textId="0B4F7DFB" w:rsidR="00703194" w:rsidRPr="00BF501F" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are the </w:t>
             </w:r>
             <w:r w:rsidRPr="00553F49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8234,51 +8117,50 @@
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876432E" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876432F" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="004078CC" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="005B080C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>lot observed readings (DO,</w:t>
@@ -8319,75 +8201,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B080C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>the oxygen consumption rate in milligrams per liter per minute.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="6876433E" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764331" w14:textId="4D03473F" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="68764332" w14:textId="77777777" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="68764333" w14:textId="7094397B" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8465,51 +8345,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764335" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764336" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="005B080C" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B080C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calculate specific oxygen consumption rate in milligrams per</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -8753,75 +8632,73 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="004536B0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>https://deq.nc.gov/about/divisions/water-resources/water-resources-permits/wastewater-branch/non-discharge-permitting-unit/reporting-forms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="68764344" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876433F" w14:textId="33B949BC" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764340" w14:textId="4FF94067" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is this information documented?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8905,104 +8782,101 @@
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764342" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764343" w14:textId="2400EB45" w:rsidR="00703194" w:rsidRPr="004078CC" w:rsidRDefault="00224737" w:rsidP="00E96904">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005195E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">All analytical records, including original observations and information necessary to facilitate historical reconstruction of the calculated results, shall be maintained for five years. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="68764351" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764345" w14:textId="460BE9A9" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764346" w14:textId="77777777" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the result temperature-</w:t>
             </w:r>
             <w:r w:rsidRPr="00CD617E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9070,51 +8944,50 @@
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764348" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764349" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="005B78CE" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B78CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The SOUR test must be conducted at the same temperature that the digester is operating.  The SOUR test must be temperature corrected to an equivalent 20ºC value.  The temperature correction equation is as follows:</w:t>
             </w:r>
             <w:r w:rsidRPr="005B78CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
@@ -9503,75 +9376,73 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="6876435E" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764358" w14:textId="159E1313" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764359" w14:textId="785264DE" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r w:rsidRPr="00346B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9760,51 +9631,50 @@
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876435B" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876435C" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00346B24" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Stir to </w:t>
             </w:r>
             <w:r w:rsidRPr="00346B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>homogenize, place 25 to 50 g in</w:t>
@@ -9814,75 +9684,73 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00346B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a prepared evaporating dish, and weigh.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="68764364" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876435F" w14:textId="6EAC22E7" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764360" w14:textId="143DD66D" w:rsidR="00703194" w:rsidRPr="00A20A2C" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples e</w:t>
             </w:r>
             <w:r w:rsidRPr="00346B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10055,51 +9923,50 @@
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764362" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764363" w14:textId="0CB63F2C" w:rsidR="00703194" w:rsidRDefault="00620039" w:rsidP="00903C05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>It is important to evaporate samples</w:t>
             </w:r>
             <w:r w:rsidR="00D67EF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -10165,75 +10032,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to avoid splattering and loss of </w:t>
             </w:r>
             <w:r w:rsidR="00013879">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>solids.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00312D1B" w:rsidRPr="00A0149B" w14:paraId="1D39DA84" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="250CD490" w14:textId="77777777" w:rsidR="00312D1B" w:rsidDel="00D27ADA" w:rsidRDefault="00312D1B" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05947019" w14:textId="64ECD6EE" w:rsidR="00312D1B" w:rsidRPr="00312D1B" w:rsidRDefault="00312D1B" w:rsidP="00312D1B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are evapora</w:t>
             </w:r>
             <w:r w:rsidR="006A3346">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10310,51 +10175,50 @@
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E8F0C7A" w14:textId="77777777" w:rsidR="00312D1B" w:rsidRPr="00A0149B" w:rsidRDefault="00312D1B" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70DE5A44" w14:textId="6E6C074F" w:rsidR="00312D1B" w:rsidRPr="00903C05" w:rsidRDefault="00013879" w:rsidP="00BA00F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00013879">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evaporate to dryness on a water bath, on a hot plate or</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -10387,75 +10251,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00013879">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and weigh.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="6876436A" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764365" w14:textId="7ED0A1C8" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764366" w14:textId="418D8D7A" w:rsidR="00703194" w:rsidRPr="00A20A2C" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
             <w:r w:rsidR="00BA00F9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10604,120 +10466,117 @@
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764368" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764369" w14:textId="714BFC40" w:rsidR="00703194" w:rsidRDefault="00BA00F9" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See explanation above</w:t>
             </w:r>
             <w:r w:rsidR="0079152A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00703194" w:rsidRPr="00346B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="68764372" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876436B" w14:textId="7F3C5FA6" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876436C" w14:textId="0D4B0B53" w:rsidR="00703194" w:rsidRPr="00A20A2C" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10826,51 +10685,50 @@
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876436E" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876436F" w14:textId="7FF736D2" w:rsidR="00703194" w:rsidRDefault="00F0664A" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Repeat </w:t>
             </w:r>
             <w:r w:rsidR="00A61289">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">successive </w:t>
@@ -10905,75 +10763,73 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>drying, cooling, desiccating, and weighing until the weight change is &lt;50 mg.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68764371" w14:textId="235D9837" w:rsidR="00703194" w:rsidRPr="00CA4F9D" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="6876437B" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764373" w14:textId="3C667A2A" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764374" w14:textId="37E1A393" w:rsidR="00703194" w:rsidRPr="00A20A2C" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are percent total solids calculated according to the formula in SM </w:t>
             </w:r>
             <w:r w:rsidRPr="008C4962">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11102,51 +10958,50 @@
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764376" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764377" w14:textId="44A68571" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00506FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Total solids </w:t>
             </w:r>
             <w:r w:rsidR="00CE6D97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
@@ -11160,201 +11015,233 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">is </w:t>
             </w:r>
             <w:r w:rsidRPr="00506FDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">determined by Standard Method 2540 G. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68764378" w14:textId="77912ED3" w:rsidR="00703194" w:rsidRDefault="00B62332" w:rsidP="00703194">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0E086D0D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="00703194">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D4F2B9F" w14:textId="0A7D10D4" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="00703194">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-              </w:rPr>
-[...52 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% total solids = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-              </w:rPr>
-[...50 lines deleted...]
-          <w:p w14:paraId="6876437A" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00BE6ABF" w:rsidRDefault="00703194" w:rsidP="00703194">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (A - B) x 100</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16B10915" w14:textId="49BD75CD" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="00703194">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                C – B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="778EDB35" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="00703194">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F61F0C3" w14:textId="7B185960" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="00703194">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">where: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6565EE62" w14:textId="1884789B" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="00703194">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     A = final weight of dried residue + dish (mg),</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A1AE781" w14:textId="1927F716" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="00703194">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     B = weight of dish (mg),</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B5355F4" w14:textId="37FDBECA" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="00703194">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     C = weight of wet sample + dish (mg)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6876437A" w14:textId="1C8D13EA" w:rsidR="00703194" w:rsidRPr="00BE6ABF" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="68764387" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68764382" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="008C0C53" w:rsidRDefault="00703194" w:rsidP="008B62C1">
+          <w:p w14:paraId="68764382" w14:textId="290D42F3" w:rsidR="00703194" w:rsidRPr="008C0C53" w:rsidRDefault="001A2FDB" w:rsidP="008B62C1">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B = </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764383" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00560E41" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11442,72 +11329,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B62C1" w:rsidRPr="00A0149B" w14:paraId="40DB359F" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AB31F0C" w14:textId="10F07229" w:rsidR="008B62C1" w:rsidRDefault="008B62C1" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34BAE8C0" w14:textId="1A2BCF63" w:rsidR="008B62C1" w:rsidRDefault="008B62C1" w:rsidP="003F5185">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the laboratory analyze </w:t>
             </w:r>
             <w:r w:rsidR="00D23066">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11564,143 +11449,138 @@
             </w:r>
             <w:r w:rsidR="001A3BE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="017FDBFB" w14:textId="77777777" w:rsidR="008B62C1" w:rsidRPr="00A0149B" w:rsidRDefault="008B62C1" w:rsidP="003F5185">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2126D193" w14:textId="77777777" w:rsidR="008B62C1" w:rsidRPr="00A0149B" w:rsidRDefault="008B62C1" w:rsidP="003F5185">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6942C061" w14:textId="0EF82524" w:rsidR="008B62C1" w:rsidRPr="00A0149B" w:rsidRDefault="00A425AD" w:rsidP="003F5185">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A425AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analyze ≥5% of all samples in duplicate or at least one duplicate sample with each batch of ≤20 samples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="6876438F" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764388" w14:textId="647D62A8" w:rsidR="00703194" w:rsidRPr="008C0C53" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764389" w14:textId="02D151E8" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C4962">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -11904,91 +11784,89 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876438D" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876438E" w14:textId="4E1EC151" w:rsidR="00507C00" w:rsidRPr="00A0149B" w:rsidRDefault="006725F8" w:rsidP="006725F8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM: </w:t>
             </w:r>
             <w:r w:rsidR="00A425AD" w:rsidRPr="00A425AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory may plot duplicate determinations on a control chart for evaluation. Typically, the relative percent difference (RPD) of duplicates should not exceed 10%, but RPDs may vary considerably due to sample matrix and concentration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="68764398" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764390" w14:textId="00D9275F" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="68764391" w14:textId="3F01FF19" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -12103,119 +11981,115 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764395" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764396" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764397" w14:textId="3DA4A78B" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00297A99" w:rsidP="00703194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00327779">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="6876439F" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68764399" w14:textId="4306F983" w:rsidR="00703194" w:rsidRPr="008C0C53" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876439B" w14:textId="7F8E0C79" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00676B8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the analytical balance being serviced at least every 12 months by a qualified vendor/technician? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12297,101 +12171,98 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876439D" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6876439E" w14:textId="1FF38CF1" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="006A342A" w:rsidP="00724329">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00472706">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Laboratory analytical balances shall be serviced by a metrology vendor or technician every 12 months to verify that the balance is functioning within manufacturer's specifications.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687643A5" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643A0" w14:textId="5365E382" w:rsidR="00703194" w:rsidRPr="008C0C53" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643A1" w14:textId="23E1FA6A" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Does the laboratory have documentation to verify that the balance has been serviced? [</w:t>
             </w:r>
             <w:r w:rsidR="006A342A" w:rsidRPr="00472706">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12449,101 +12320,98 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643A3" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643A4" w14:textId="3F979CBF" w:rsidR="00703194" w:rsidRDefault="00A964D0" w:rsidP="00724329">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A964D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Supporting Records shall be maintained as evidence that these practices are implemented.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687643AB" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643A6" w14:textId="2B8A37C1" w:rsidR="00703194" w:rsidRPr="008C0C53" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643A7" w14:textId="0D7B2695" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the laboratory using Class S or ASTM Class 1 and/or Class 2 weights? [</w:t>
             </w:r>
             <w:r w:rsidR="00574887" w:rsidRPr="00472706">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12617,102 +12485,99 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643A9" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643AA" w14:textId="27FCEBE0" w:rsidR="00703194" w:rsidRDefault="00074AD1" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43378">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The analytical balance shall be checked with one ASTM Type 1, Class 1 or 2, or equivalent standard weight each day used.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687643B6" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643AC" w14:textId="579DD24D" w:rsidR="00703194" w:rsidRPr="008C0C53" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643AE" w14:textId="5052F757" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the weights being verified at least every 5 years? [</w:t>
             </w:r>
             <w:r w:rsidR="00574887" w:rsidRPr="00472706">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12786,102 +12651,99 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643B0" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643B5" w14:textId="254DCCBB" w:rsidR="00074AD1" w:rsidRDefault="002F3013" w:rsidP="001F5633">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43378">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>These weights shall be verified every five years.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687643BE" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643B7" w14:textId="6C51CCEA" w:rsidR="00703194" w:rsidRPr="008C0C53" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643B8" w14:textId="7BAD2055" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Does the laboratory have documentation indicating that the weights were verified? [</w:t>
             </w:r>
             <w:r w:rsidR="00574887" w:rsidRPr="00472706">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12940,51 +12802,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643BA" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643BB" w14:textId="27438497" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004112C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date Verified:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64425CB6" w14:textId="77777777" w:rsidR="00F0664A" w:rsidRPr="004112C4" w:rsidRDefault="00F0664A" w:rsidP="00703194">
@@ -13007,72 +12868,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Documentation of weight verifications or recertification must be maintained for 5 years. If the condition of a weight(s) is in question at any time due to damage (e.g., corrosion, nicks, scratching, etc.), the laboratory must have that weight(s) re-verified as described above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687643C4" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643BF" w14:textId="4BA86794" w:rsidR="00703194" w:rsidRPr="008C0C53" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643C0" w14:textId="21B05448" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the balance checked with a single weight each day of use? [</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -13138,104 +12997,101 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643C2" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643C3" w14:textId="77777777" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Weight:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687643CA" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643C5" w14:textId="1C8F9E32" w:rsidR="00703194" w:rsidRPr="008C0C53" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643C6" w14:textId="1EBC5A85" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="915"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is this documented? [</w:t>
             </w:r>
@@ -13305,96 +13161,93 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643C8" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643C9" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="004C0E56" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687643D0" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643CB" w14:textId="58645AF7" w:rsidR="00703194" w:rsidRPr="008C0C53" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643CC" w14:textId="571276F3" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="915"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the balance checked with at least three weights </w:t>
             </w:r>
@@ -13482,106 +13335,103 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643CE" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643CF" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="004C0E56" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Weights:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00703194" w:rsidRPr="00A0149B" w14:paraId="687643D6" w14:textId="77777777" w:rsidTr="00C82E24">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643D1" w14:textId="748D3EF5" w:rsidR="00703194" w:rsidRPr="008C0C53" w:rsidRDefault="00703194" w:rsidP="008B62C1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643D2" w14:textId="2BCF39AE" w:rsidR="00703194" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="915"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is this documented? [</w:t>
             </w:r>
@@ -13651,51 +13501,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643D4" w14:textId="77777777" w:rsidR="00703194" w:rsidRPr="00A0149B" w:rsidRDefault="00703194" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4752" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687643D5" w14:textId="21256E09" w:rsidR="00703194" w:rsidRPr="004C0E56" w:rsidRDefault="00F66A45" w:rsidP="00703194">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C52F1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The values obtained shall be recorded, dated, and initialed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -13934,181 +13783,6891 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="NeutralizeTRC"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="687643E2" w14:textId="77777777" w:rsidR="00855EF9" w:rsidRDefault="00855EF9">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00855EF9">
-          <w:headerReference w:type="default" r:id="rId14"/>
-[...1 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="1" w:name="_MON_1589197740"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="687643E3" w14:textId="77777777" w:rsidR="00855EF9" w:rsidRPr="00351E5A" w:rsidRDefault="00A15525">
+    <w:p w14:paraId="6C1DBFAD" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00351E5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Luminescence DO (LDO) Daily Check</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C4F3EE4" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="172C922A" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="008B6620" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6620">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Although many manufacturers of LDO probes indicate that the probes require calibration only every 6 months or so, NC WW/GW LC requires that an LDO probe must be calibrated or have the calibration verified each day of use. Below is a procedure for verifying the calibration of an LDO probe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F006DD" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="008B6620" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6620">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Place probe in a plastic bag with a wet sponge or a BOD bottle partially filled with water</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A440934" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="008B6620" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6620">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Make sure the bag is effectively sealed (zip, rubber band, or twist tie)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F21DD38" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="008B6620" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6620">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Allow appropriate instrument warm up time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41307234" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="008B6620" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6620">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Read D.O. and temperature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9A0BF4" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="008B6620" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6620">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Check the reading vs. the Solubility Table below and apply appropriate atmospheric (barometric) pressure or altitude correction factor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C99265" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="008B6620" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6620">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Calculated D.O. value must verify meter reading within ± 0.5 mg/L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (do NOT calculate and apply a correction factor to calculated D.O.).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="6409" w:tblpY="42"/>
+        <w:tblW w:w="7668" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2952"/>
+        <w:gridCol w:w="2952"/>
+        <w:gridCol w:w="1764"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="0EDDAD1B" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A01DED2" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Atmospheric Pressure mm Hg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04CDE5A1" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Equivalent Altitude Ft.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69EEF298" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Correction Factor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="6BA9AB41" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6946A95E" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>760</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="56DC5CB4" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EDD5243" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="63759EC0" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="671BD16D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>752</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="313E2355" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>278</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="37DE3A76" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="33A3DD8B" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32581C71" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>745</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7947FC14" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="599E9415" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="1A50F014" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3076F743" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>737</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EF8900B" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>841</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00BAD383" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="4F2ED2B7" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E16FE8B" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>730</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="432FE038" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>126</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB98BA4" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="1021CF7E" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5256A2E7" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>722</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B44B63" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1413</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FBCFC23" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="53C896CD" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C21C327" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>714</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="364899B8" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>703</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A3DE6B6" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="7623F1B2" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="514E29A3" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>707</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EA03306" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22D23ABC" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="1D58EDDF" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFC2ABB" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>699</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="74002584" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2290</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="44AC3423" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="79359C2C" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="77AA3E9A" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>692</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="59309BCB" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2587</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="38D5B2B5" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="0704264E" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18B53CB2" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>684</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BE6441D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BD0095E" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="4F1077ED" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="453E38EE" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>676</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F1ADDF2" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3190</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44C184CD" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="4C3A9F2A" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D59591" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>669</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD7A6AE" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3496</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4522343B" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="34E9436D" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF8DF07" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>661</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="09910868" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3804</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BFC30CF" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="047E356A" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73CC7859" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>654</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0631E0AD" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42850784" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="107D4CF1" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78D3CA8B" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>646</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="700E28AF" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4430</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A3BBAE2" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="571F4A36" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="31FD6F0D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>638</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="629A13B9" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4747</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF37D6B" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="358684E8" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="666ED960" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>631</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="459616F6" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5067</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="29FBA21A" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="159EFDEE" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04A57A5F" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>623</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B5449EE" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5391</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BA50AE0" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="67B39A53" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F80630A" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>616</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B64265D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5717</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C208C4F" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="11533D22" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="70344402" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>608</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2021E31C" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6047</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F126FAE" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="01B004ED" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="415CE970" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="24744E59" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6381</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CEE6BF3" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="36417AC8" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58B99BB0" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>593</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2952" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6396937E" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22A5307A" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="42"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1241"/>
+        <w:gridCol w:w="1277"/>
+        <w:gridCol w:w="290"/>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1440"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="59014E01" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="091028EB" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Temp. °C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BFE862E" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>D.O. mg/L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E6E5F22" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B44A60B" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Temp. °C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43A2D63A" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>D.O. mg/L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="26C36173" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="221A5B86" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6835F161" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7879FDF0" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0FC902" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="279F566D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="6C0B9F78" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="307E480E" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="779EFB4D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12.9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="291BBE59" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28621C19" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56DCB4A9" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="3C8A7453" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F1A3E6" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="15297836" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12.7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="72F5784B" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E14DCCA" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="116721DA" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="4C21F89F" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="269D5C9C" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DF698F2" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12.61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="785678AB" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28602299" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B1BFF68" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="55C2942D" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E4BBC4F" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A8406A7" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12.4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="46001A58" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFF8E78" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="430945AB" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="7980CD44" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24BB6122" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="438A2693" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25F6AB59" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="031835ED" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52D9683D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="0B0723B6" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D4FAA21" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="543E9AB7" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C23973" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="36229186" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6735839E" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="60F8C15E" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BF1B265" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="725585C9" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55FA5998" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="004BF384" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CC9B384" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="6A6617AC" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="421F2976" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="40866670" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F14B6F8" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="58BC3197" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>23.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C76478" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="19EC5F7B" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69A717A5" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A42FFF0" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="076182B7" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42E068DE" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3623E3F1" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="2A6DB147" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C17BDBD" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="55D6BD25" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A232B34" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="223D3FE9" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="22C99534" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="7E395D69" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D36ABE9" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="456DEF8C" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="258BA8E6" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79DB4DA0" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D3DFDAA" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="4FF77151" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C192AE" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="12252210" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3598753D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D66C31" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>25.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="21017523" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="5649BE0F" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62C313B4" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70D7D414" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22EFEE7D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="699D088D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="485DEC94" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="177C86F5" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="660D2C8C" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2272F4AB" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F20F6A0" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA21BF0" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C16886C" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="5963B034" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F5211D0" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A8223DE" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DA6C42D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61C0EBF4" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4128E847" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="3B2048E4" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="606B8E82" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="19470658" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="54CB0DC6" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CDC3A6D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>27.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="77BA24BC" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="38A212D8" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="609931C3" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7016E4FF" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="395BFEB4" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="194700CE" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53F6A844" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="3541C870" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CB9AFA7" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A946293" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="69967120" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B7EBCA7" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="58183F50" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="119351B4" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37B34B80" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74644D08" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46EC1C73" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B0C3B05" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F412773" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="2045DAE5" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB22195" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BBF3E00" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="52BA5CEA" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="528B71D2" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>29.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9A65F2" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="2407A21E" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32EB3ED6" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05D661B3" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C6ECE39" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11EA0B0B" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AB67086" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="4C5AA849" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E31FC8" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B470F0D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="001945EF" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="649C9DFD" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6765EDA4" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="181B5E83" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CF6CE16" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="334D0C77" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DE40F58" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="212D5BD7" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64291BC6" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="45930382" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D058A6C" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="089C5257" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="700F85E1" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E90045F" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="16047F44" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="40F15FAC" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33FA67B9" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2869E15A" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00F6F591" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D37742D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7370942C" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="42B41192" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="06F01923" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="44010A6A" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F94EE9" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="555528A5" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>32.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F052047" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="1C9AB433" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1112D659" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AB5D2AD" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C5FEF1E" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17653B8D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21AA480C" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="22B83014" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FFD913" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="733791DB" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E36463" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F8EFE1B" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>33.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB75156" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="416540A7" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F192EF5" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="542B2F9D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17CE863C" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69006A5C" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FFD3EF6" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w14:paraId="53416D4F" w14:textId="77777777" w:rsidTr="00841417">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1241" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="646E25FA" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="70B3C374" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5E3EF7" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="29A24D18" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351E5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>34.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="52745082" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="00841417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="100B40A0" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ABAF432" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1136F33D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="041E332C" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="159DC174" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="601347E5" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EBA0457" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="214569E1" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EFBA245" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="168D207D" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F2412C8" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65F16569" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78CC566A" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="521C2894" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4D8A36" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42BC084B" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4296F472" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="342C9308" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D1156AD" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D36EA3E" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EC4F344" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34B527A9" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24BF3B77" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5758F921" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B5A49F9" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21D486E9" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71486DFC" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00727CD9" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00727CD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+        </w:rPr>
+        <w:t>Ref: YSI Model 5000/5100 DO Meter Manual. Slight variations in DO, pressure, and/or altitude may be found in other manuals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B0587B" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="008B6620" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="423F2AF2" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:object w:dxaOrig="14981" w:dyaOrig="10729" w14:anchorId="687643E6">
-[...25 lines deleted...]
-        </w:object>
+        <w:t>Example: If ambient temperature is 21°C and elevation is approximately 1126 ft, the theoretical DO would be:</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00855EF9" w:rsidRPr="00351E5A" w:rsidSect="00A15525">
+    <w:p w14:paraId="0C5F4B9A" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EE41A94" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8.92 X 0.96 = 8.56 mg/L</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FDC6C1E" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="562C9842" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:ind w:left="5760"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ambient temperature is 21°C and the atmospheric (barometric) pressure is 745 mm Hg, the theoretical DO would be:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07DA0242" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51954F21" w14:textId="77777777" w:rsidR="001A2FDB" w:rsidRPr="00351E5A" w:rsidRDefault="001A2FDB" w:rsidP="001A2FDB">
+      <w:pPr>
+        <w:ind w:left="5760" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.92 X 0.98 = 8.74 mg/L  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="687643E3" w14:textId="169C57FF" w:rsidR="00855EF9" w:rsidRPr="00351E5A" w:rsidRDefault="00855EF9">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00855EF9" w:rsidRPr="00351E5A" w:rsidSect="001A2FDB">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
-      <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
+      <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="360" w:footer="358" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73BBF34C" w14:textId="77777777" w:rsidR="00DE49D2" w:rsidRDefault="00DE49D2">
+    <w:p w14:paraId="39F80C9D" w14:textId="77777777" w:rsidR="00A31494" w:rsidRDefault="00A31494">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7DC175C1" w14:textId="77777777" w:rsidR="00DE49D2" w:rsidRDefault="00DE49D2">
+    <w:p w14:paraId="76AA2A63" w14:textId="77777777" w:rsidR="00A31494" w:rsidRDefault="00A31494">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0D42B285" w14:textId="77777777" w:rsidR="00DE49D2" w:rsidRDefault="00DE49D2"/>
+    <w:p w14:paraId="3948F317" w14:textId="77777777" w:rsidR="00A31494" w:rsidRDefault="00A31494"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
+    <w:altName w:val="Calibri Light"/>
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="687643ED" w14:textId="0D25A2AA" w:rsidR="00EA3E48" w:rsidRPr="00F82F30" w:rsidRDefault="00F82F30">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -14128,65 +20687,65 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="687643EE" w14:textId="61D6FE6E" w:rsidR="00D42643" w:rsidRPr="00D42643" w:rsidRDefault="00F82F30">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Rev 1/15/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42D04552" w14:textId="77777777" w:rsidR="00DE49D2" w:rsidRDefault="00DE49D2">
+    <w:p w14:paraId="18389E59" w14:textId="77777777" w:rsidR="00A31494" w:rsidRDefault="00A31494">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5FBF4F61" w14:textId="77777777" w:rsidR="00DE49D2" w:rsidRDefault="00DE49D2">
+    <w:p w14:paraId="061C5256" w14:textId="77777777" w:rsidR="00A31494" w:rsidRDefault="00A31494">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5FDDF334" w14:textId="77777777" w:rsidR="00DE49D2" w:rsidRDefault="00DE49D2"/>
+    <w:p w14:paraId="2502278C" w14:textId="77777777" w:rsidR="00A31494" w:rsidRDefault="00A31494"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="687643EB" w14:textId="0EF5DD3D" w:rsidR="00EA3E48" w:rsidRPr="0058752C" w:rsidRDefault="008D0519" w:rsidP="00EC424B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="009434A0">
       <w:rPr>
@@ -14628,58 +21187,58 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="159202982">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="517082469">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1383137376">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="633676529">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="127"/>
+  <w:zoom w:percent="192"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="000004C7"/>
     <w:rsid w:val="00011A31"/>
     <w:rsid w:val="00013879"/>
@@ -14703,50 +21262,51 @@
     <w:rsid w:val="000C7B7F"/>
     <w:rsid w:val="000D0B41"/>
     <w:rsid w:val="000D143F"/>
     <w:rsid w:val="000D1907"/>
     <w:rsid w:val="000D30A6"/>
     <w:rsid w:val="000D683C"/>
     <w:rsid w:val="000E0DFC"/>
     <w:rsid w:val="000E3F98"/>
     <w:rsid w:val="000F4835"/>
     <w:rsid w:val="00100F48"/>
     <w:rsid w:val="0010489D"/>
     <w:rsid w:val="001125BD"/>
     <w:rsid w:val="00132027"/>
     <w:rsid w:val="00132AEF"/>
     <w:rsid w:val="00134330"/>
     <w:rsid w:val="00137982"/>
     <w:rsid w:val="00151D08"/>
     <w:rsid w:val="0015643B"/>
     <w:rsid w:val="00157C6C"/>
     <w:rsid w:val="00173A87"/>
     <w:rsid w:val="00176607"/>
     <w:rsid w:val="00191ABE"/>
     <w:rsid w:val="001920D1"/>
     <w:rsid w:val="00192A0C"/>
     <w:rsid w:val="00196FFD"/>
+    <w:rsid w:val="001A2FDB"/>
     <w:rsid w:val="001A3BE9"/>
     <w:rsid w:val="001B2604"/>
     <w:rsid w:val="001B6CAD"/>
     <w:rsid w:val="001C2071"/>
     <w:rsid w:val="001C2A76"/>
     <w:rsid w:val="001C40AC"/>
     <w:rsid w:val="001C5BD0"/>
     <w:rsid w:val="001C66FA"/>
     <w:rsid w:val="001E1769"/>
     <w:rsid w:val="001E234D"/>
     <w:rsid w:val="001E6530"/>
     <w:rsid w:val="001E6F37"/>
     <w:rsid w:val="001F2DE5"/>
     <w:rsid w:val="001F2FD4"/>
     <w:rsid w:val="001F5633"/>
     <w:rsid w:val="001F57D0"/>
     <w:rsid w:val="00224737"/>
     <w:rsid w:val="00224D5D"/>
     <w:rsid w:val="00264028"/>
     <w:rsid w:val="0026578F"/>
     <w:rsid w:val="00265EB8"/>
     <w:rsid w:val="00283F40"/>
     <w:rsid w:val="002843AD"/>
     <w:rsid w:val="00293277"/>
     <w:rsid w:val="00297A99"/>
@@ -14800,50 +21360,51 @@
     <w:rsid w:val="00445B20"/>
     <w:rsid w:val="0045081C"/>
     <w:rsid w:val="004536B0"/>
     <w:rsid w:val="00457FE3"/>
     <w:rsid w:val="00464CD7"/>
     <w:rsid w:val="00470B43"/>
     <w:rsid w:val="00471F39"/>
     <w:rsid w:val="00475736"/>
     <w:rsid w:val="00481722"/>
     <w:rsid w:val="00481E99"/>
     <w:rsid w:val="004A0AF0"/>
     <w:rsid w:val="004A17C0"/>
     <w:rsid w:val="004A21E0"/>
     <w:rsid w:val="004A46AF"/>
     <w:rsid w:val="004A4979"/>
     <w:rsid w:val="004A7CB2"/>
     <w:rsid w:val="004C5E1B"/>
     <w:rsid w:val="004D1B15"/>
     <w:rsid w:val="004E14DF"/>
     <w:rsid w:val="004E4356"/>
     <w:rsid w:val="004F5487"/>
     <w:rsid w:val="00503F59"/>
     <w:rsid w:val="00506FDB"/>
     <w:rsid w:val="00507C00"/>
     <w:rsid w:val="00513697"/>
+    <w:rsid w:val="00514FA4"/>
     <w:rsid w:val="00521A98"/>
     <w:rsid w:val="00525BE2"/>
     <w:rsid w:val="00526D91"/>
     <w:rsid w:val="00530EC3"/>
     <w:rsid w:val="0054425D"/>
     <w:rsid w:val="00550967"/>
     <w:rsid w:val="00551463"/>
     <w:rsid w:val="00551FBC"/>
     <w:rsid w:val="00553F49"/>
     <w:rsid w:val="0055528A"/>
     <w:rsid w:val="00560E41"/>
     <w:rsid w:val="005638BD"/>
     <w:rsid w:val="00570C75"/>
     <w:rsid w:val="00571B48"/>
     <w:rsid w:val="00574887"/>
     <w:rsid w:val="00574EEC"/>
     <w:rsid w:val="00576021"/>
     <w:rsid w:val="005949D9"/>
     <w:rsid w:val="00596D8C"/>
     <w:rsid w:val="005A6667"/>
     <w:rsid w:val="005A7280"/>
     <w:rsid w:val="005B080C"/>
     <w:rsid w:val="005B6541"/>
     <w:rsid w:val="005B78CE"/>
     <w:rsid w:val="005D27F6"/>
@@ -14970,50 +21531,51 @@
     <w:rsid w:val="00995240"/>
     <w:rsid w:val="009A053E"/>
     <w:rsid w:val="009A1CE3"/>
     <w:rsid w:val="009A34E3"/>
     <w:rsid w:val="009B0059"/>
     <w:rsid w:val="009B2388"/>
     <w:rsid w:val="009B714F"/>
     <w:rsid w:val="009C11FE"/>
     <w:rsid w:val="009C6412"/>
     <w:rsid w:val="009C6F38"/>
     <w:rsid w:val="009D0D44"/>
     <w:rsid w:val="009D27F6"/>
     <w:rsid w:val="009D3B60"/>
     <w:rsid w:val="009D4F30"/>
     <w:rsid w:val="009D6625"/>
     <w:rsid w:val="009E6615"/>
     <w:rsid w:val="009F0FF3"/>
     <w:rsid w:val="009F161E"/>
     <w:rsid w:val="00A01930"/>
     <w:rsid w:val="00A1078B"/>
     <w:rsid w:val="00A139EC"/>
     <w:rsid w:val="00A15525"/>
     <w:rsid w:val="00A20A2C"/>
     <w:rsid w:val="00A22432"/>
     <w:rsid w:val="00A238BE"/>
+    <w:rsid w:val="00A31494"/>
     <w:rsid w:val="00A34107"/>
     <w:rsid w:val="00A37DCC"/>
     <w:rsid w:val="00A425AD"/>
     <w:rsid w:val="00A44128"/>
     <w:rsid w:val="00A5272F"/>
     <w:rsid w:val="00A61289"/>
     <w:rsid w:val="00A7102A"/>
     <w:rsid w:val="00A84541"/>
     <w:rsid w:val="00A846F0"/>
     <w:rsid w:val="00A86C9B"/>
     <w:rsid w:val="00A8777F"/>
     <w:rsid w:val="00A91D05"/>
     <w:rsid w:val="00A945D5"/>
     <w:rsid w:val="00A964D0"/>
     <w:rsid w:val="00A9667B"/>
     <w:rsid w:val="00A97F71"/>
     <w:rsid w:val="00AA099A"/>
     <w:rsid w:val="00AA6D74"/>
     <w:rsid w:val="00AB7242"/>
     <w:rsid w:val="00AE74FA"/>
     <w:rsid w:val="00AF013E"/>
     <w:rsid w:val="00AF2A21"/>
     <w:rsid w:val="00B01E87"/>
     <w:rsid w:val="00B07759"/>
     <w:rsid w:val="00B20DFF"/>
@@ -15154,51 +21716,51 @@
     <w:rsid w:val="00F9745E"/>
     <w:rsid w:val="00F97E1A"/>
     <w:rsid w:val="00FA5088"/>
     <w:rsid w:val="00FB1FFB"/>
     <w:rsid w:val="00FC3029"/>
     <w:rsid w:val="00FD2E76"/>
     <w:rsid w:val="00FE2A73"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="68764247"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8F406E5D-D922-456B-9D4A-D0BCBC74F684}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
@@ -15787,51 +22349,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1762795207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/Microsoft_Word_97_-_2003_Document.doc"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://deq.nc.gov/about/divisions/water-resources/water-resources-permits/wastewater-branch/non-discharge-permitting-unit/reporting-forms" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edocs.deq.nc.gov/WaterResources/DocView.aspx?dbid=0&amp;id=2089154" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://deq.nc.gov/about/divisions/water-resources/water-resources-permits/wastewater-branch/non-discharge-permitting-unit/reporting-forms" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edocs.deq.nc.gov/WaterResources/DocView.aspx?dbid=0&amp;id=2089154" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -16098,72 +22660,72 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1ea16cf91fc8ef9f84dde93f5cf4449f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="10a6069a042290a6c56d9d11497b4321" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
     <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
     <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -16353,123 +22915,102 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3237415B-CFCA-4ECF-8EB5-8422A3FC4143}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FB5B1EE-97C5-41D4-9B08-9EC45B316B95}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3D1553C-4372-42A5-BD18-219E73EC8949}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BC47F1F-E735-45D9-813C-026571789C7F}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2818</Words>
-  <Characters>16195</Characters>
+  <Words>3278</Words>
+  <Characters>18229</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>359</Lines>
-  <Paragraphs>124</Paragraphs>
+  <Lines>759</Lines>
+  <Paragraphs>307</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18889</CharactersWithSpaces>
+  <CharactersWithSpaces>21200</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>3932194</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://deq.nc.gov/about/divisions/water-resources/water-resources-permits/wastewater-branch/non-discharge-permitting-unit/reporting-forms</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6684709</vt:i4>
       </vt:variant>
       <vt:variant>