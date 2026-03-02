--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -7,51 +7,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1D660EF8" w14:textId="2B7B990E" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="00D81945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -124,379 +124,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="4C73FDFC" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43C40B5B" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52F47E72" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08A3B3D5" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B36B2BF" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="0BA62513" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18E39A05" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E9873C0" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="699D86F5" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B4F48BB" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="003E91C1" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FE8F608" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27339096" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="03EA3570" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B6A429F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="368ABFBB" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B10CE9F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -727,270 +715,262 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="6779"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E0250E" w:rsidRPr="00A0149B" w14:paraId="1F0A9845" w14:textId="77777777" w:rsidTr="00E0250E">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4867B1F5" w14:textId="77777777" w:rsidR="00E0250E" w:rsidRPr="00A0149B" w:rsidRDefault="00E0250E" w:rsidP="00BB49E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D22EF3A" w14:textId="6586C91F" w:rsidR="00E0250E" w:rsidRPr="00A0149B" w:rsidRDefault="00E0250E" w:rsidP="00BB49E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000004C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evaporating dishes of 100-mL capacity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50405B23" w14:textId="77777777" w:rsidR="00E0250E" w:rsidRPr="00A0149B" w:rsidRDefault="00E0250E" w:rsidP="00BB49E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FF52A1A" w14:textId="056EE764" w:rsidR="00E0250E" w:rsidRPr="0054425D" w:rsidRDefault="00E0250E" w:rsidP="00BB49E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000004C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Desiccator, provided with a desiccant containing a color</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000004C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>indicator of moisture concentration or an instrumental indicator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E0250E" w:rsidRPr="0054425D" w14:paraId="132A707E" w14:textId="77777777" w:rsidTr="00E0250E">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7480562C" w14:textId="77777777" w:rsidR="00E0250E" w:rsidRPr="0054425D" w:rsidRDefault="00E0250E" w:rsidP="005D0580">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A76BE48" w14:textId="146362CC" w:rsidR="00E0250E" w:rsidRPr="0054425D" w:rsidRDefault="00E0250E" w:rsidP="005D0580">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000004C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical balance, capable of weighing to </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="000004C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="386ECA5D" w14:textId="77777777" w:rsidR="00E0250E" w:rsidRPr="0054425D" w:rsidRDefault="00E0250E" w:rsidP="005D0580">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D563585" w14:textId="0AAF8A06" w:rsidR="00E0250E" w:rsidRPr="0054425D" w:rsidRDefault="00E0250E" w:rsidP="005D0580">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000004C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Drying oven, for operation at 103 to 105°C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3A02AE71" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="0054425D" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
@@ -1023,51 +1003,50 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="461"/>
         <w:gridCol w:w="5604"/>
         <w:gridCol w:w="448"/>
         <w:gridCol w:w="448"/>
         <w:gridCol w:w="3850"/>
       </w:tblGrid>
       <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="028A582E" w14:textId="77777777" w:rsidTr="00C83189">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10811" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AB9D18F" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="000808F0" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05A93192" w14:textId="77777777" w:rsidR="00664CCC" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
@@ -1383,51 +1362,50 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DB2990F" w14:textId="77777777" w:rsidR="00671BC8" w:rsidRPr="00560E41" w:rsidRDefault="00671BC8" w:rsidP="00671BC8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47A6DACC" w14:textId="77777777" w:rsidR="00671BC8" w:rsidRPr="00560E41" w:rsidRDefault="00671BC8" w:rsidP="00671BC8">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -1598,51 +1576,50 @@
               <w:t xml:space="preserve">[15A NCAC </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A4291F2" w14:textId="77777777" w:rsidR="00671BC8" w:rsidRPr="00560E41" w:rsidRDefault="00671BC8" w:rsidP="00671BC8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46E5C9EE" w14:textId="77777777" w:rsidR="00671BC8" w:rsidRPr="00560E41" w:rsidRDefault="00671BC8" w:rsidP="00671BC8">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -1805,78 +1782,76 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w14:paraId="61C8847B" w14:textId="77777777" w:rsidTr="00C83189">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69C9934D" w14:textId="6932F37E" w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w:rsidRDefault="00EA3E48" w:rsidP="008B1198">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="623"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="7524F0CC" w14:textId="48B5DCEC" w:rsidR="00EA3E48" w:rsidRPr="00F749DE" w:rsidRDefault="000004C7" w:rsidP="00E5462F">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7524F0CC" w14:textId="11A44DA4" w:rsidR="00EA3E48" w:rsidRPr="00F749DE" w:rsidRDefault="000004C7" w:rsidP="00E5462F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
             <w:r w:rsidRPr="000004C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>clean evaporating dish</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1966,180 +1941,175 @@
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r w:rsidR="00E5462F" w:rsidRPr="00E5462F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[SM 2540 </w:t>
             </w:r>
             <w:r w:rsidR="00596D8C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
             <w:r w:rsidR="00E5462F" w:rsidRPr="00E5462F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-201</w:t>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="005C083C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2020</w:t>
             </w:r>
             <w:r w:rsidR="0019348B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E5462F" w:rsidRPr="00E5462F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(3) (a)</w:t>
             </w:r>
             <w:r w:rsidR="00346B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1)</w:t>
             </w:r>
             <w:r w:rsidR="00E5462F" w:rsidRPr="00E5462F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2536BDAB" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w:rsidRDefault="00EA3E48" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="401710D4" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w:rsidRDefault="00EA3E48" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FED6856" w14:textId="30A51078" w:rsidR="00EA3E48" w:rsidRPr="00EB59BA" w:rsidRDefault="00EA3E48" w:rsidP="00E5462F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E5462F" w:rsidRPr="00A0149B" w14:paraId="2BCEF5EF" w14:textId="77777777" w:rsidTr="00C83189">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="648F4955" w14:textId="2CC8876D" w:rsidR="00E5462F" w:rsidRPr="00A0149B" w:rsidRDefault="00E5462F" w:rsidP="008B1198">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="623"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="67FD3C3C" w14:textId="5E8AA8B6" w:rsidR="00E5462F" w:rsidRDefault="00E5462F" w:rsidP="00E5462F">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67FD3C3C" w14:textId="2262188F" w:rsidR="00E5462F" w:rsidRDefault="00E5462F" w:rsidP="00E5462F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
             <w:r w:rsidR="00AA0FC1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>heated</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2173,124 +2143,121 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E5462F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">and stored in a desiccator until needed? [SM 2540 </w:t>
             </w:r>
             <w:r w:rsidR="00596D8C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
             <w:r w:rsidRPr="00E5462F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-201</w:t>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>-2</w:t>
+            </w:r>
+            <w:r w:rsidR="005C083C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>020</w:t>
             </w:r>
             <w:r w:rsidRPr="00E5462F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (3) (a)</w:t>
             </w:r>
             <w:r w:rsidR="00346B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1)</w:t>
             </w:r>
             <w:r w:rsidRPr="00E5462F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78FCBB63" w14:textId="77777777" w:rsidR="00E5462F" w:rsidRPr="00A0149B" w:rsidRDefault="00E5462F" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12ADACE5" w14:textId="77777777" w:rsidR="00E5462F" w:rsidRPr="00A0149B" w:rsidRDefault="00E5462F" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BCE7E45" w14:textId="4775A655" w:rsidR="00E5462F" w:rsidRPr="00E5462F" w:rsidRDefault="00E5462F" w:rsidP="00E5462F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="36C020F3" w14:textId="77777777" w:rsidTr="00C83189">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CA0488C" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRDefault="00157C6C" w:rsidP="00167BA3">
@@ -2420,77 +2387,75 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C26E38" w:rsidRPr="00A0149B" w14:paraId="5041642A" w14:textId="77777777" w:rsidTr="004075EC">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4124C4BA" w14:textId="2B628ED6" w:rsidR="00C26E38" w:rsidRDefault="00C26E38" w:rsidP="008B1198">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="623"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5604" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A9BE744" w14:textId="4087500D" w:rsidR="009C4E9F" w:rsidRPr="00C83189" w:rsidRDefault="00B72388" w:rsidP="00A40A57">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040BEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Do samples qualify to be analyzed according to Option </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -2524,147 +2489,143 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00040BEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A03F16D" w14:textId="77777777" w:rsidR="00C26E38" w:rsidRPr="00A0149B" w:rsidRDefault="00C26E38" w:rsidP="00EF468B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54518E48" w14:textId="77777777" w:rsidR="00C26E38" w:rsidRPr="00A0149B" w:rsidRDefault="00C26E38" w:rsidP="00EF468B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3850" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57CC3606" w14:textId="50C6F929" w:rsidR="00C26E38" w:rsidRPr="0045081C" w:rsidRDefault="00B72388" w:rsidP="009F01A6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72388">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sewage sludges that contain unstabilized solids generated in primary wastewater treatment (e.g., heat-dried sewage sludges)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72388" w:rsidRPr="00A0149B" w14:paraId="4D23A444" w14:textId="77777777" w:rsidTr="001077B9">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BA9A35B" w14:textId="77777777" w:rsidR="00B72388" w:rsidRDefault="00B72388" w:rsidP="008B1198">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="623"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5604" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CC76D4B" w14:textId="725F0F4C" w:rsidR="00B72388" w:rsidRDefault="00B72388" w:rsidP="00B72388">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">How are samples collected? </w:t>
             </w:r>
             <w:r w:rsidRPr="007E3B58">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2771,115 +2732,128 @@
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A361369" w14:textId="77777777" w:rsidR="00B72388" w:rsidRPr="00A0149B" w:rsidRDefault="00B72388" w:rsidP="00EF468B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3850" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="579368AD" w14:textId="77777777" w:rsidR="00B72388" w:rsidRPr="0045081C" w:rsidRDefault="00B72388" w:rsidP="00EF468B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C27A9" w:rsidRPr="00A0149B" w14:paraId="350D3784" w14:textId="77777777" w:rsidTr="00304210">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59E7C66D" w14:textId="5E466625" w:rsidR="003C27A9" w:rsidRDefault="003C27A9" w:rsidP="003C27A9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="623"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5604" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0A66B05A" w14:textId="54E86091" w:rsidR="003C27A9" w:rsidRDefault="003C27A9" w:rsidP="003C27A9">
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="0A66B05A" w14:textId="18E039A2" w:rsidR="003C27A9" w:rsidRDefault="003C27A9" w:rsidP="003C27A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>How is the sample homogenized? [SM 2540 G-2015 (3) (a) (2) (b)</w:t>
+              <w:t>How is the sample homogenized? [SM 2540 G-20</w:t>
+            </w:r>
+            <w:r w:rsidR="005C083C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (3) (a) (2) (b)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D3AB78B" w14:textId="77777777" w:rsidR="003C27A9" w:rsidRDefault="003C27A9" w:rsidP="003C27A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2BB4333E" w14:textId="3DF41F45" w:rsidR="003C27A9" w:rsidRPr="00C83189" w:rsidRDefault="003C27A9" w:rsidP="003C27A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -2915,129 +2889,126 @@
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2095B7FF" w14:textId="77777777" w:rsidR="003C27A9" w:rsidRPr="00A0149B" w:rsidRDefault="003C27A9" w:rsidP="003C27A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3850" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48060D3B" w14:textId="161F652C" w:rsidR="003C27A9" w:rsidRDefault="003C27A9" w:rsidP="003C27A9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Solid samples:  If sample consists of discrete pieces of solid material (e.g., dewatered sludge), then take care to obtain a representative sample whose particle size will not impede drying.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AC079CB" w14:textId="2B367D4E" w:rsidR="003C27A9" w:rsidRPr="0045081C" w:rsidRDefault="003C27A9" w:rsidP="003C27A9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Manually process samples as quickly as possible to prevent moisture loss.  Processing via mechanical grinding is not recommended because moisture levels could drop during processing.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00346B24" w:rsidRPr="00A0149B" w14:paraId="76EB0AFB" w14:textId="77777777" w:rsidTr="00C83189">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73E40BA8" w14:textId="1FF1B04B" w:rsidR="00346B24" w:rsidRDefault="00346B24" w:rsidP="008B1198">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="623"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5604" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="0EA0135C" w14:textId="4DEBF7EB" w:rsidR="00346B24" w:rsidRDefault="00CD587A" w:rsidP="00346B24">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA0135C" w14:textId="0F7E576F" w:rsidR="00346B24" w:rsidRDefault="00CD587A" w:rsidP="00346B24">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r w:rsidR="00346B24" w:rsidRPr="00346B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>25 to 50 g</w:t>
             </w:r>
             <w:r w:rsidR="00C96D79">
               <w:rPr>
@@ -3114,59 +3085,59 @@
             <w:r w:rsidR="00346B24" w:rsidRPr="00346B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> prepared evaporating dish and weigh</w:t>
             </w:r>
             <w:r w:rsidR="00346B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ed?</w:t>
             </w:r>
             <w:r w:rsidR="00346B24">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00346B24" w:rsidRPr="00346B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[SM 2540 G-201</w:t>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>[SM 2540 G-20</w:t>
+            </w:r>
+            <w:r w:rsidR="005C083C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00346B24" w:rsidRPr="00346B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (3) (</w:t>
             </w:r>
             <w:r w:rsidR="00346B24" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="00346B24" w:rsidRPr="00346B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
@@ -3229,102 +3200,99 @@
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BB52028" w14:textId="77777777" w:rsidR="00346B24" w:rsidRPr="00A0149B" w:rsidRDefault="00346B24" w:rsidP="00346B24">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3850" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33199161" w14:textId="13CAC444" w:rsidR="00346B24" w:rsidRPr="0045081C" w:rsidRDefault="00346B24" w:rsidP="00346B24">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00346B24" w:rsidRPr="00A0149B" w14:paraId="7A1479B7" w14:textId="77777777" w:rsidTr="00C83189">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03D14218" w14:textId="10A70A67" w:rsidR="00346B24" w:rsidRDefault="00346B24" w:rsidP="008B1198">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="623"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5604" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="0DE13736" w14:textId="18A433EE" w:rsidR="00346B24" w:rsidRPr="00A20A2C" w:rsidRDefault="00BE6ABF" w:rsidP="00661D6B">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE13736" w14:textId="61CBF274" w:rsidR="00346B24" w:rsidRPr="00A20A2C" w:rsidRDefault="00BE6ABF" w:rsidP="00661D6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are</w:t>
             </w:r>
             <w:r w:rsidR="00346B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> sample</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3377,59 +3345,59 @@
             <w:r w:rsidR="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="00E63E7E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E63E7E" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SM 2540 G-</w:t>
             </w:r>
             <w:r w:rsidR="00CD587A" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>201</w:t>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="005C083C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00CD587A" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E63E7E" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(3) (</w:t>
             </w:r>
             <w:r w:rsidR="00E63E7E" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
@@ -3500,102 +3468,99 @@
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ED2DA00" w14:textId="77777777" w:rsidR="00346B24" w:rsidRPr="00A0149B" w:rsidRDefault="00346B24" w:rsidP="00661D6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3850" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A020206" w14:textId="68E625A7" w:rsidR="00346B24" w:rsidRDefault="00346B24" w:rsidP="00661D6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00346B24" w:rsidRPr="00A0149B" w14:paraId="3FD0C0CC" w14:textId="77777777" w:rsidTr="00C83189">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E8E6401" w14:textId="7346C617" w:rsidR="00346B24" w:rsidRDefault="00346B24" w:rsidP="008B1198">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="623"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5604" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="379F6463" w14:textId="1E12AFE5" w:rsidR="00346B24" w:rsidRPr="00A20A2C" w:rsidRDefault="00BE6ABF" w:rsidP="00661D6B">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="379F6463" w14:textId="11BDB528" w:rsidR="00346B24" w:rsidRPr="00A20A2C" w:rsidRDefault="00BE6ABF" w:rsidP="00661D6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples </w:t>
             </w:r>
             <w:r w:rsidR="00E63E7E" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>cool</w:t>
             </w:r>
             <w:r w:rsidR="00E63E7E">
               <w:rPr>
@@ -3640,59 +3605,59 @@
             <w:r w:rsidR="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ed?</w:t>
             </w:r>
             <w:r w:rsidR="00E63E7E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E63E7E" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SM 2540 G-</w:t>
             </w:r>
             <w:r w:rsidR="00CD587A" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>201</w:t>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="005C083C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00CD587A" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E63E7E" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(3) (</w:t>
             </w:r>
             <w:r w:rsidR="00E63E7E" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
@@ -3747,102 +3712,99 @@
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="055045F6" w14:textId="77777777" w:rsidR="00346B24" w:rsidRPr="00A0149B" w:rsidRDefault="00346B24" w:rsidP="00661D6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3850" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73989673" w14:textId="41045696" w:rsidR="00346B24" w:rsidRDefault="00346B24" w:rsidP="00346B24">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00346B24" w:rsidRPr="00A0149B" w14:paraId="79A38CCD" w14:textId="77777777" w:rsidTr="00C83189">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4681383D" w14:textId="649A6AC8" w:rsidR="00346B24" w:rsidRDefault="00346B24" w:rsidP="008B1198">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="623"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5604" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="665745BD" w14:textId="03E91DF5" w:rsidR="00346B24" w:rsidRPr="00A20A2C" w:rsidRDefault="00E63E7E" w:rsidP="00661D6B">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="665745BD" w14:textId="16FAE89D" w:rsidR="00346B24" w:rsidRPr="00A20A2C" w:rsidRDefault="00E63E7E" w:rsidP="00661D6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>heating</w:t>
             </w:r>
             <w:r w:rsidR="00C83189">
               <w:rPr>
@@ -3903,59 +3865,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SM 2540 G-</w:t>
             </w:r>
             <w:r w:rsidR="00BC58C3" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>201</w:t>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="005C083C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00BC58C3" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00060D1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(3) (a) (2) (</w:t>
             </w:r>
             <w:r w:rsidR="00A97DCE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
@@ -3993,51 +3955,50 @@
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B355099" w14:textId="77777777" w:rsidR="00346B24" w:rsidRPr="00A0149B" w:rsidRDefault="00346B24" w:rsidP="00661D6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3850" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62167289" w14:textId="2230FC7F" w:rsidR="00C83189" w:rsidRDefault="00DC7FF7" w:rsidP="00661D6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Repeat cycle (drying, cooling, desiccating, and weighing) until weight change is &lt;50mg.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4060,135 +4021,133 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DRYING STUDIES ARE NOT ALLO</w:t>
             </w:r>
             <w:r w:rsidR="00E63E7E" w:rsidRPr="00CA4F9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">WED </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE6ABF" w:rsidRPr="00A97DCE" w14:paraId="3D39485E" w14:textId="77777777" w:rsidTr="000F0F07">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2811DCB9" w14:textId="0814ECAA" w:rsidR="00BE6ABF" w:rsidRDefault="00BE6ABF" w:rsidP="008B1198">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="623"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5604" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2AAB13E3" w14:textId="77777777" w:rsidR="000F0F07" w:rsidRDefault="000F0F07" w:rsidP="009B0059">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4743AA37" w14:textId="1D8B4153" w:rsidR="00BE6ABF" w:rsidRDefault="00ED2A58" w:rsidP="009B0059">
+          <w:p w14:paraId="4743AA37" w14:textId="61D17956" w:rsidR="00BE6ABF" w:rsidRDefault="00ED2A58" w:rsidP="009B0059">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How are the % Total Solids calculated?</w:t>
             </w:r>
             <w:r w:rsidR="00F769D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F769D3" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SM 2540 G-</w:t>
             </w:r>
             <w:r w:rsidR="00BC58C3" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>201</w:t>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="005C083C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00BC58C3" w:rsidRPr="00E63E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F769D3" w:rsidRPr="00060D1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00F769D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
@@ -4226,51 +4185,50 @@
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FABD870" w14:textId="77777777" w:rsidR="00BE6ABF" w:rsidRPr="00A0149B" w:rsidRDefault="00BE6ABF" w:rsidP="00661D6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3850" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E4B7E0A" w14:textId="77777777" w:rsidR="00A97DCE" w:rsidRPr="00A97DCE" w:rsidRDefault="00A97DCE" w:rsidP="00D33A5F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C8C933F" w14:textId="6ABC04B7" w:rsidR="00A97DCE" w:rsidRPr="00A97DCE" w:rsidRDefault="00ED2A58" w:rsidP="00D33A5F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97DCE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -4420,77 +4378,75 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C = weight of wet sample + dish, mg</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43BC2C81" w14:textId="0A47B68B" w:rsidR="00A97DCE" w:rsidRPr="00A97DCE" w:rsidRDefault="00A97DCE" w:rsidP="00D33A5F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE0FD6" w:rsidRPr="00A97DCE" w14:paraId="708DAE81" w14:textId="77777777" w:rsidTr="00C83189">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D3DED79" w14:textId="072F537C" w:rsidR="00EE0FD6" w:rsidRDefault="00EE0FD6" w:rsidP="008B1198">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="623"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5604" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BCC14A6" w14:textId="07C75EB1" w:rsidR="00EE0FD6" w:rsidRDefault="00EE0FD6" w:rsidP="009B0059">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the percent of total solids </w:t>
             </w:r>
             <w:r w:rsidR="00587BA5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4662,51 +4618,50 @@
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6812A943" w14:textId="77777777" w:rsidR="00EE0FD6" w:rsidRPr="00A0149B" w:rsidRDefault="00EE0FD6" w:rsidP="00661D6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3850" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EF4632E" w14:textId="77777777" w:rsidR="00EE0FD6" w:rsidRPr="00A97DCE" w:rsidRDefault="00EE0FD6" w:rsidP="00D33A5F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="700B6505" w14:textId="77777777" w:rsidTr="00C83189">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4828,78 +4783,76 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC58C3" w:rsidRPr="00A0149B" w14:paraId="4EA7F0F9" w14:textId="77777777" w:rsidTr="00C83189">
         <w:trPr>
           <w:trHeight w:val="665"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3309B3F5" w14:textId="77777777" w:rsidR="00BC58C3" w:rsidRDefault="00BC58C3" w:rsidP="008B1198">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="623"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="16499599" w14:textId="4AAC800D" w:rsidR="00BC58C3" w:rsidRPr="008C4962" w:rsidRDefault="00BC58C3" w:rsidP="00032566">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16499599" w14:textId="7D47CB77" w:rsidR="00BC58C3" w:rsidRPr="008C4962" w:rsidRDefault="00BC58C3" w:rsidP="00032566">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are duplicates analyzed at a frequency of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -4928,144 +4881,159 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20 samples each day?</w:t>
             </w:r>
             <w:r w:rsidR="00DC7FF7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[SM 2540 A-2015 (5)]</w:t>
+              <w:t>[SM 2540 A-20</w:t>
+            </w:r>
+            <w:r w:rsidR="005C083C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (5)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FFCCF06" w14:textId="77777777" w:rsidR="00BC58C3" w:rsidRPr="00A0149B" w:rsidRDefault="00BC58C3" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="409ED4BF" w14:textId="77777777" w:rsidR="00BC58C3" w:rsidRPr="00A0149B" w:rsidRDefault="00BC58C3" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28548CBD" w14:textId="1489C0C8" w:rsidR="00BC58C3" w:rsidRPr="008C4962" w:rsidRDefault="00BC58C3" w:rsidP="008C4962">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analyze ≥5% of all samples in duplicate or at least one duplicate sample with each batch of ≤20 samples</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00470B43" w:rsidRPr="00A0149B" w14:paraId="5F072878" w14:textId="77777777" w:rsidTr="00671BC8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="002F6170" w14:textId="70A754CE" w:rsidR="00470B43" w:rsidRPr="008C0C53" w:rsidRDefault="00470B43" w:rsidP="008B1198">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="623"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="63561403" w14:textId="3866D1BE" w:rsidR="00470B43" w:rsidRDefault="008C4962" w:rsidP="00032566">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C4962">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5210,51 +5178,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0ACAA6CE" w14:textId="77777777" w:rsidR="00470B43" w:rsidRPr="00A0149B" w:rsidRDefault="00470B43" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="241B653D" w14:textId="72249575" w:rsidR="00BC58C3" w:rsidRDefault="00DC7FF7" w:rsidP="009F01A6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SM 2540 A-2015 (5)]</w:t>
             </w:r>
             <w:r w:rsidR="00C83189">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5316,51 +5283,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and the acceptance criterion is to be set by the laboratory.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D143F" w:rsidRPr="00A0149B" w14:paraId="20FCD86C" w14:textId="77777777" w:rsidTr="00C83189">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30A86B72" w14:textId="71D60CF8" w:rsidR="000D143F" w:rsidRPr="008C0C53" w:rsidRDefault="000D143F" w:rsidP="008B1198">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="623"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5604" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="06BC7D0D" w14:textId="0E4D7B4D" w:rsidR="000D143F" w:rsidRDefault="000D143F" w:rsidP="000D143F">
@@ -5475,122 +5441,118 @@
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45413595" w14:textId="77777777" w:rsidR="000D143F" w:rsidRPr="00A0149B" w:rsidRDefault="000D143F" w:rsidP="000D143F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71B15CAF" w14:textId="77777777" w:rsidR="000D143F" w:rsidRPr="00A0149B" w:rsidRDefault="000D143F" w:rsidP="000D143F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C3D9152" w14:textId="350493AE" w:rsidR="000D143F" w:rsidRPr="00A0149B" w:rsidRDefault="00C04828" w:rsidP="000D143F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0010689D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC58C3" w:rsidRPr="00A0149B" w14:paraId="1F9E7888" w14:textId="77777777" w:rsidTr="008B1198">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B3ECE66" w14:textId="77777777" w:rsidR="00BC58C3" w:rsidRDefault="00BC58C3" w:rsidP="008B1198">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="623"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="738103D5" w14:textId="00E1993D" w:rsidR="00BC58C3" w:rsidRDefault="001A6697" w:rsidP="00BE09D6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="915"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the data qualified on the EPA Biosolids Annual Report (NPDES Form 6100-035) or client report if Quality Control (QC) requirement</w:t>
             </w:r>
@@ -5691,51 +5653,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DDC6DB6" w14:textId="77777777" w:rsidR="00BC58C3" w:rsidRPr="00A0149B" w:rsidRDefault="00BC58C3" w:rsidP="00BE09D6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="3749" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3749"/>
             </w:tblGrid>
             <w:tr w:rsidR="004905FB" w:rsidRPr="004905FB" w14:paraId="181B8963" w14:textId="77777777" w:rsidTr="003C27A9">
               <w:trPr>
                 <w:trHeight w:val="395"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3749" w:type="dxa"/>
                   <w:tcBorders>
@@ -6026,206 +5987,207 @@
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="NeutralizeTRC"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C37462" w:rsidRPr="00351E5A" w:rsidSect="0067614C">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73382387" w14:textId="77777777" w:rsidR="003B4B7E" w:rsidRDefault="003B4B7E">
+    <w:p w14:paraId="1BA4A36B" w14:textId="77777777" w:rsidR="00E403C7" w:rsidRDefault="00E403C7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="669C5D42" w14:textId="77777777" w:rsidR="003B4B7E" w:rsidRDefault="003B4B7E">
+    <w:p w14:paraId="1A1280B5" w14:textId="77777777" w:rsidR="00E403C7" w:rsidRDefault="00E403C7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3A23CC7B" w14:textId="77777777" w:rsidR="00676F49" w:rsidRDefault="00676F49"/>
+    <w:p w14:paraId="05F3ACEF" w14:textId="77777777" w:rsidR="00E403C7" w:rsidRDefault="00E403C7"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
+    <w:altName w:val="Calibri Light"/>
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="48831B21" w14:textId="3354FBC1" w:rsidR="00EA3E48" w:rsidRPr="0067614C" w:rsidRDefault="0067614C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Rev: </w:t>
     </w:r>
     <w:r w:rsidR="00671BC8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>05/03/2023</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75B29105" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="00B8487A" w:rsidRDefault="00D37200">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>5/22/2018</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B0DE533" w14:textId="77777777" w:rsidR="003B4B7E" w:rsidRDefault="003B4B7E">
+    <w:p w14:paraId="29E71D54" w14:textId="77777777" w:rsidR="00E403C7" w:rsidRDefault="00E403C7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="539164FB" w14:textId="77777777" w:rsidR="003B4B7E" w:rsidRDefault="003B4B7E">
+    <w:p w14:paraId="5EE622A2" w14:textId="77777777" w:rsidR="00E403C7" w:rsidRDefault="00E403C7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0A13F656" w14:textId="77777777" w:rsidR="00676F49" w:rsidRDefault="00676F49"/>
+    <w:p w14:paraId="43A45929" w14:textId="77777777" w:rsidR="00E403C7" w:rsidRDefault="00E403C7"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13480336" w14:textId="6E3E03D1" w:rsidR="00EA3E48" w:rsidRPr="0058752C" w:rsidRDefault="008D0519" w:rsidP="00EC424B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="009434A0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>AR</w:t>
     </w:r>
@@ -6334,51 +6296,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00630E24">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B8F21C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="275677B0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -7129,53 +7091,52 @@
   <w:num w:numId="3" w16cid:durableId="979572478">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="887835214">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="263458604">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1060055468">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1781803320">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="755974645">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1028680433">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -7268,63 +7229,65 @@
     <w:rsid w:val="003C27A9"/>
     <w:rsid w:val="003D10B5"/>
     <w:rsid w:val="003D2AAA"/>
     <w:rsid w:val="003D5D83"/>
     <w:rsid w:val="003E61AA"/>
     <w:rsid w:val="003F4785"/>
     <w:rsid w:val="004058C1"/>
     <w:rsid w:val="004075EC"/>
     <w:rsid w:val="004078CC"/>
     <w:rsid w:val="0041037E"/>
     <w:rsid w:val="004220F6"/>
     <w:rsid w:val="00427EEB"/>
     <w:rsid w:val="0045081C"/>
     <w:rsid w:val="00457FE3"/>
     <w:rsid w:val="00464CD7"/>
     <w:rsid w:val="00470B43"/>
     <w:rsid w:val="00473CFF"/>
     <w:rsid w:val="00481E99"/>
     <w:rsid w:val="00482001"/>
     <w:rsid w:val="004905FB"/>
     <w:rsid w:val="004F2DDC"/>
     <w:rsid w:val="004F5487"/>
     <w:rsid w:val="005018DA"/>
     <w:rsid w:val="00506FDB"/>
     <w:rsid w:val="00511CDC"/>
+    <w:rsid w:val="00514FA4"/>
     <w:rsid w:val="00521A98"/>
     <w:rsid w:val="00525BE2"/>
     <w:rsid w:val="0054425D"/>
     <w:rsid w:val="00550967"/>
     <w:rsid w:val="00551463"/>
     <w:rsid w:val="0055528A"/>
     <w:rsid w:val="00560E41"/>
     <w:rsid w:val="005638BD"/>
     <w:rsid w:val="00571B48"/>
     <w:rsid w:val="005850D6"/>
     <w:rsid w:val="00587BA5"/>
     <w:rsid w:val="00596D8C"/>
     <w:rsid w:val="005B57D8"/>
+    <w:rsid w:val="005C083C"/>
     <w:rsid w:val="005D0580"/>
     <w:rsid w:val="005D33B6"/>
     <w:rsid w:val="005E2DDB"/>
     <w:rsid w:val="005F50A6"/>
     <w:rsid w:val="00614AC4"/>
     <w:rsid w:val="006210D6"/>
     <w:rsid w:val="006262D7"/>
     <w:rsid w:val="00630E24"/>
     <w:rsid w:val="00640F90"/>
     <w:rsid w:val="00651E40"/>
     <w:rsid w:val="00652383"/>
     <w:rsid w:val="00661B69"/>
     <w:rsid w:val="00661D6B"/>
     <w:rsid w:val="00664CCC"/>
     <w:rsid w:val="00671BC8"/>
     <w:rsid w:val="0067614C"/>
     <w:rsid w:val="00676F49"/>
     <w:rsid w:val="0068482B"/>
     <w:rsid w:val="006955B9"/>
     <w:rsid w:val="00697511"/>
     <w:rsid w:val="0069765A"/>
     <w:rsid w:val="006B36DD"/>
     <w:rsid w:val="006B5E09"/>
     <w:rsid w:val="006C4B2A"/>
     <w:rsid w:val="006C7F07"/>
@@ -7461,50 +7424,51 @@
     <w:rsid w:val="00D37200"/>
     <w:rsid w:val="00D42591"/>
     <w:rsid w:val="00D52662"/>
     <w:rsid w:val="00D52AE8"/>
     <w:rsid w:val="00D54289"/>
     <w:rsid w:val="00D61F12"/>
     <w:rsid w:val="00D81945"/>
     <w:rsid w:val="00D8427E"/>
     <w:rsid w:val="00D93A65"/>
     <w:rsid w:val="00D97AE1"/>
     <w:rsid w:val="00DA3CC8"/>
     <w:rsid w:val="00DB01A0"/>
     <w:rsid w:val="00DB11C0"/>
     <w:rsid w:val="00DC1205"/>
     <w:rsid w:val="00DC7FF7"/>
     <w:rsid w:val="00DD73B0"/>
     <w:rsid w:val="00DE68A5"/>
     <w:rsid w:val="00DF32C0"/>
     <w:rsid w:val="00DF3FC5"/>
     <w:rsid w:val="00E0250E"/>
     <w:rsid w:val="00E04632"/>
     <w:rsid w:val="00E23F71"/>
     <w:rsid w:val="00E329AB"/>
     <w:rsid w:val="00E36394"/>
     <w:rsid w:val="00E40009"/>
+    <w:rsid w:val="00E403C7"/>
     <w:rsid w:val="00E50F56"/>
     <w:rsid w:val="00E523F2"/>
     <w:rsid w:val="00E53DBA"/>
     <w:rsid w:val="00E5462F"/>
     <w:rsid w:val="00E57E18"/>
     <w:rsid w:val="00E63E7E"/>
     <w:rsid w:val="00E65656"/>
     <w:rsid w:val="00E82866"/>
     <w:rsid w:val="00E84B2D"/>
     <w:rsid w:val="00EA3E48"/>
     <w:rsid w:val="00EA63B1"/>
     <w:rsid w:val="00EA7667"/>
     <w:rsid w:val="00EA785F"/>
     <w:rsid w:val="00EC424B"/>
     <w:rsid w:val="00ED2A58"/>
     <w:rsid w:val="00EE0FD6"/>
     <w:rsid w:val="00EE65C7"/>
     <w:rsid w:val="00EF2905"/>
     <w:rsid w:val="00EF41D1"/>
     <w:rsid w:val="00EF466A"/>
     <w:rsid w:val="00EF468B"/>
     <w:rsid w:val="00EF6021"/>
     <w:rsid w:val="00F007DD"/>
     <w:rsid w:val="00F03792"/>
     <w:rsid w:val="00F106B7"/>
@@ -7526,51 +7490,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="01AC4863"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E3A72F24-0829-4D11-8698-0A1134720A75}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -8032,51 +7996,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008F655F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8442,202 +8406,192 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100803BD5AA45C9314B85FF8458E0EE0789" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="51980ef6cd0975cb1c5e76b62ba46071">
-[...3 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...74 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -8695,153 +8649,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
-[...1 lines deleted...]
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="616aef02-9798-44e7-9ab4-6529c8fdfa36">
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="97c26e27-a340-4306-98a7-c36055956ab5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EDE71B6-24EF-44AD-BE0E-1A3CF9F24800}">
-[...18 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BEB1C0B-6287-41C7-8C34-71C1A5C6137B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C918989-C102-4662-8CE3-0DB89BBD6C72}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7ED2BC9-0F31-42C8-B3C4-71E4E93B4A41}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="97c26e27-a340-4306-98a7-c36055956ab5"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>920</Words>
-  <Characters>5249</Characters>
+  <Words>850</Words>
+  <Characters>5319</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>265</Lines>
+  <Paragraphs>118</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6157</CharactersWithSpaces>
+  <CharactersWithSpaces>6051</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>T_ Crawford</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
+    <vt:r8>11646500</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>