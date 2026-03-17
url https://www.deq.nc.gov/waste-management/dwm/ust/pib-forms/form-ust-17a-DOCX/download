--- v0 (2025-10-02)
+++ v1 (2026-03-17)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1890"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="1800"/>
@@ -102,83 +102,83 @@
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="3762"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:tab/>
               <w:t>UST Suspected Release 24 Hour Notice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="01922116" w14:textId="7FE6378E" w:rsidR="008F7204" w:rsidRDefault="001B7E11">
+          <w:p w14:paraId="01922116" w14:textId="7FE6378E" w:rsidR="008F7204" w:rsidRDefault="00B47375">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="3762"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:pict w14:anchorId="04158EA1">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:57pt;height:20.25pt">
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:56.95pt;height:20.3pt">
                   <v:imagedata r:id="rId10" o:title="DEQLogo(2-color)_Small_1"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004620F6" w14:paraId="6C39E5FF" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11430" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="09AE1E21" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
@@ -340,69 +340,51 @@
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rStyle w:val="a"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Unusual operating</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> conditions which can </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> are not limited to:  the erratic behavior of dispensing equipment; the unexplained presence of water in the tank; the presence of fuel in containment sumps or interstitial spaces; or the degradation of any equipment or element of an underground storage tank system to the point where that equipment or element </w:t>
+              <w:t xml:space="preserve"> conditions which can include, but are not limited to:  the erratic behavior of dispensing equipment; the unexplained presence of water in the tank; the presence of fuel in containment sumps or interstitial spaces; or the degradation of any equipment or element of an underground storage tank system to the point where that equipment or element </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>can not</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="a"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> reasonably be expected to perform its intended function.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C3042CA" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="7"/>
@@ -489,58 +471,73 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Within 7 days of discovery, submit a UST-17B form to document the response activities taken to investigate the suspected release.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E4CCF24" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2700"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Please submit this form to:  </w:t>
+              <w:t>Please submit this form to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:t>NCDE</w:t>
             </w:r>
             <w:r w:rsidR="008F7204">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Q</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>/DWM, UST Section</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13B39117" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2700"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -609,89 +606,75 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10976FC6" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3420"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CA7CB95" w14:textId="373BF974" w:rsidR="004620F6" w:rsidRDefault="004620F6" w:rsidP="00AF031E">
+          <w:p w14:paraId="1CA7CB95" w14:textId="3F899B55" w:rsidR="004620F6" w:rsidRDefault="004620F6" w:rsidP="00AF031E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2700"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
-              <w:t>Fax to (919) 7</w:t>
-[...20 lines deleted...]
-              <w:t>1117</w:t>
+              <w:t>Fax to (9</w:t>
+            </w:r>
+            <w:r w:rsidR="00B02B0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>84) 236-8310</w:t>
             </w:r>
             <w:r w:rsidR="00BD3EA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>OR</w:t>
             </w:r>
             <w:r w:rsidR="00BD3EA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="00C34047">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>UST.Permits@deq.nc.gov</w:t>
@@ -3807,118 +3790,102 @@
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Location and/or source of suspected release:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A9A21B6" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> all that apply)</w:t>
+              <w:t>(check all that apply)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="160C1D55" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="342"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Check1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Tank</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3941,57 +3908,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="19" w:name="Check2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Piping </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -4013,57 +3980,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Tank Sump</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2575C567" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
@@ -4077,57 +4044,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Dispenser Sump</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3222BA90" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
@@ -4141,57 +4108,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Spill Bucket</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="795BFE5A" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
@@ -4205,57 +4172,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Internal Inspection</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5939ACF1" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:spacing w:before="120" w:after="60"/>
@@ -4267,57 +4234,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Other (Explain in comments)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4337,57 +4304,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Tank</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -4408,57 +4375,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Piping </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -4479,57 +4446,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Tank Sump</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="062917C4" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
@@ -4543,57 +4510,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Dispenser Sump</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71816715" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
@@ -4607,57 +4574,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Spill Bucket</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C5C8944" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
@@ -4671,57 +4638,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Internal Inspection</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="550ABA43" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
@@ -4736,57 +4703,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Other (Explain in comments)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4807,57 +4774,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Tank</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -4879,57 +4846,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Piping </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -4951,57 +4918,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Tank Sump</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C19BF62" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
@@ -5016,57 +4983,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Dispenser Sump</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12CFF343" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
@@ -5081,57 +5048,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Spill Bucket</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EB410F4" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
@@ -5146,57 +5113,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Internal Inspection</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CFB42A5" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
@@ -5211,57 +5178,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Other (Explain in comments)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -5285,57 +5252,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Tank</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -5357,57 +5324,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Piping </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -5429,57 +5396,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Tank Sump</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="039B871A" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
@@ -5494,57 +5461,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Dispenser Sump</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="009AA3C7" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
@@ -5559,57 +5526,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Spill Bucket</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4789A6AA" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
@@ -5624,57 +5591,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Internal Inspection</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06CBA965" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
             <w:pPr>
               <w:tabs>
@@ -5689,57 +5656,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001B7E11">
-[...5 lines deleted...]
-            <w:r w:rsidR="001B7E11">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Other (Explain in comments)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004620F6" w14:paraId="1AC7BD98" w14:textId="77777777">
@@ -6739,228 +6706,235 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004620F6" w14:paraId="59F313EE" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="267"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11430" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D1BAE1A" w14:textId="6BD82709" w:rsidR="004620F6" w:rsidRDefault="004620F6" w:rsidP="008F7204">
+          <w:p w14:paraId="6D1BAE1A" w14:textId="1FA742F7" w:rsidR="004620F6" w:rsidRDefault="004620F6" w:rsidP="008F7204">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="7020"/>
                 <w:tab w:val="left" w:pos="9090"/>
                 <w:tab w:val="left" w:pos="11070"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>UST-17A Revised 1</w:t>
-[...6 lines deleted...]
-              <w:t>0</w:t>
+              <w:t xml:space="preserve">UST-17A Revised </w:t>
+            </w:r>
+            <w:r w:rsidR="005B5E0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="006B338A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>2018</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5E0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>26</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>http://</w:t>
             </w:r>
             <w:r w:rsidR="008F7204">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>www.wastenotnc</w:t>
             </w:r>
             <w:r w:rsidR="00FD3DAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>.org/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D506E4C" w14:textId="77777777" w:rsidR="004620F6" w:rsidRDefault="004620F6">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004620F6">
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="245" w:right="432" w:bottom="245" w:left="432" w:header="720" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12A9E713" w14:textId="77777777" w:rsidR="0046756B" w:rsidRDefault="0046756B">
+    <w:p w14:paraId="6280E1EE" w14:textId="77777777" w:rsidR="00B47375" w:rsidRDefault="00B47375">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D55631A" w14:textId="77777777" w:rsidR="0046756B" w:rsidRDefault="0046756B">
+    <w:p w14:paraId="108EBFBF" w14:textId="77777777" w:rsidR="00B47375" w:rsidRDefault="00B47375">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D5F42D8" w14:textId="77777777" w:rsidR="0046756B" w:rsidRDefault="0046756B">
+    <w:p w14:paraId="1F8B65E8" w14:textId="77777777" w:rsidR="00B47375" w:rsidRDefault="00B47375">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03AE031D" w14:textId="77777777" w:rsidR="0046756B" w:rsidRDefault="0046756B">
+    <w:p w14:paraId="10AAE56D" w14:textId="77777777" w:rsidR="00B47375" w:rsidRDefault="00B47375">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BA31142"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D8856D5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="AE76598A"/>
     <w:lvl w:ilvl="0">
@@ -7347,55 +7321,55 @@
   <w:num w:numId="2" w16cid:durableId="185750466">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="745883001">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="110906974">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="850679560">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1989549625">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="150214841">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1498225507">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="115"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="rVn16SZsgjXe2m9x2AMmKJfaHt/hbCUhW0N2CoVFRsMq6vV0QOJbDskkNMeJ/IVevNEijGaG+bET507/lak+Yg==" w:salt="1nUVSY/CE6coXLFZN5cc6g=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
@@ -7404,100 +7378,105 @@
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006A6B3A"/>
     <w:rsid w:val="000273F8"/>
-    <w:rsid w:val="001B7E11"/>
     <w:rsid w:val="001E298A"/>
+    <w:rsid w:val="002356F8"/>
     <w:rsid w:val="00443C73"/>
     <w:rsid w:val="004620F6"/>
     <w:rsid w:val="0046756B"/>
+    <w:rsid w:val="005B5E0B"/>
     <w:rsid w:val="006A6B3A"/>
     <w:rsid w:val="006B338A"/>
     <w:rsid w:val="008B2D97"/>
     <w:rsid w:val="008F7204"/>
     <w:rsid w:val="00AB0C85"/>
     <w:rsid w:val="00AD2718"/>
     <w:rsid w:val="00AF031E"/>
+    <w:rsid w:val="00B02B0F"/>
+    <w:rsid w:val="00B47375"/>
     <w:rsid w:val="00BD3EA4"/>
     <w:rsid w:val="00C015C3"/>
     <w:rsid w:val="00C34047"/>
     <w:rsid w:val="00D34646"/>
+    <w:rsid w:val="00D41905"/>
+    <w:rsid w:val="00F64593"/>
     <w:rsid w:val="00FD3DAD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5E8BFAA6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FF69F547-FF3A-42C8-A86D-B4DE4415A1C9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8036,51 +8015,51 @@
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:spacing w:before="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:UST.Permits@deq.nc.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -8353,124 +8332,202 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004F141538DCF7D94EBFA87CE86FF5C875" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="01d07500ef2e84666d206168be191ef6">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6501bee3-079a-4d16-b86e-fb182ea31b14" xmlns:ns3="f6855a82-f00c-40c4-bd13-a8482faef0a2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b0a33fdc44a65b90a6f3df73ddecec26" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6501bee3-079a-4d16-b86e-fb182ea31b14" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f6855a82-f00c-40c4-bd13-a8482faef0a2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004F141538DCF7D94EBFA87CE86FF5C875" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69fdabd8ab1c5a25f26ef343b68aa347">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6501bee3-079a-4d16-b86e-fb182ea31b14" xmlns:ns3="f6855a82-f00c-40c4-bd13-a8482faef0a2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0badd0cc8447c29ac78bc4934c6cc6a1" ns2:_="" ns3:_="">
     <xsd:import namespace="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
     <xsd:import namespace="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6501bee3-079a-4d16-b86e-fb182ea31b14" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="4" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="5" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6c5d24a8-8e51-491c-9eb5-efc955b8ec30}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6501bee3-079a-4d16-b86e-fb182ea31b14">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f6855a82-f00c-40c4-bd13-a8482faef0a2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="6" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="7" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="8" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -8529,131 +8586,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5374F8BF-434C-4680-A6FF-3C1930E08124}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4617094B-5149-4450-86BD-04CB74A7D47F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
     <ds:schemaRef ds:uri="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E98E962-34EF-4EB7-9D81-F17DC8EA1BD7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4617094B-5149-4450-86BD-04CB74A7D47F}">
-[...4 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A8DA518-F9E1-4442-B50D-AE2E8E4D9988}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>584</Words>
-  <Characters>3334</Characters>
+  <Characters>3333</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>UST-17</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>WSRO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3911</CharactersWithSpaces>
+  <CharactersWithSpaces>3910</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6160440</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:UST.Permits@ncdenr.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
@@ -8661,27 +8690,30 @@
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>UST-17</dc:title>
   <dc:subject/>
   <dc:creator>NC DENR</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004F141538DCF7D94EBFA87CE86FF5C875</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>