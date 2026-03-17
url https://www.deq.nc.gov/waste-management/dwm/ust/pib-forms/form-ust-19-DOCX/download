--- v0 (2025-10-02)
+++ v1 (2026-03-17)
@@ -1,399 +1,382 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="483"/>
         <w:gridCol w:w="1042"/>
         <w:gridCol w:w="810"/>
         <w:gridCol w:w="531"/>
         <w:gridCol w:w="1585"/>
         <w:gridCol w:w="530"/>
         <w:gridCol w:w="1053"/>
         <w:gridCol w:w="2011"/>
         <w:gridCol w:w="175"/>
         <w:gridCol w:w="1185"/>
         <w:gridCol w:w="1385"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC37B6" w:rsidTr="00960590">
+      <w:tr w:rsidR="00AC37B6" w14:paraId="199D26F5" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="881"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2866" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC37B6" w:rsidRDefault="00AC37B6" w:rsidP="00A36D02">
+          <w:p w14:paraId="199D26F1" w14:textId="77777777" w:rsidR="00AC37B6" w:rsidRDefault="00AC37B6" w:rsidP="00A36D02">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>UST-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5179" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC37B6" w:rsidRDefault="00AC37B6" w:rsidP="00A36D02">
+          <w:p w14:paraId="199D26F2" w14:textId="77777777" w:rsidR="00AC37B6" w:rsidRDefault="00AC37B6" w:rsidP="00A36D02">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>CERTIFICATION OF LEAK DETECTION EXEMPTION FOR SUCTION PIPING ASSOCIATED WITH UNDERGROUND STORAGE TANKS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC37B6" w:rsidRDefault="00AC37B6" w:rsidP="00A36D02">
+          <w:p w14:paraId="199D26F3" w14:textId="77777777" w:rsidR="00AC37B6" w:rsidRDefault="00AC37B6" w:rsidP="00A36D02">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1385" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC37B6" w:rsidRDefault="00F211E1" w:rsidP="00AC37B6">
+          <w:p w14:paraId="199D26F4" w14:textId="027D8E73" w:rsidR="00AC37B6" w:rsidRDefault="004730B7" w:rsidP="00AC37B6">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-                  <wp:docPr id="1" name="Picture 1" descr="NC DEQ Logo B-W"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25CE8568" wp14:editId="6C9816E6">
+                  <wp:extent cx="742315" cy="264795"/>
+                  <wp:effectExtent l="0" t="0" r="635" b="1905"/>
+                  <wp:docPr id="3" name="Picture 1" descr="C:\Users\msclafani\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DEQ-Logo(2-color)_2018.png"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 1" descr="NC DEQ Logo B-W"/>
+                          <pic:cNvPr id="3" name="Picture 3" descr="C:\Users\msclafani\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DEQ-Logo(2-color)_2018.png"/>
                           <pic:cNvPicPr>
-                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                            <a:picLocks noChangeAspect="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="428625" cy="447675"/>
+                            <a:ext cx="742315" cy="264795"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C52AC" w:rsidTr="00960590">
+      <w:tr w:rsidR="005C52AC" w14:paraId="199D26FB" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="1619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007C02FE" w:rsidRPr="005A237F" w:rsidRDefault="005C52AC" w:rsidP="005A237F">
+          <w:p w14:paraId="199D26F6" w14:textId="77777777" w:rsidR="007C02FE" w:rsidRPr="005A237F" w:rsidRDefault="005C52AC" w:rsidP="005A237F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="420"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A237F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>This form may be used to document that suction piping systems (“European Style”) associated with underground storage tanks meet the design and construction criteria set forth in 40 CFR 280.41(2)(</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="007C02FE" w:rsidRPr="005A237F" w:rsidRDefault="005C52AC" w:rsidP="005A237F">
+              <w:t>This form may be used to document that suction piping systems (“European Style”) associated with underground storage tanks meet the design and construction criteria set forth in 40 CFR 280.41(2)(i) – (iv).  Suction piping systems that are not subject to secondary containment requirements and that meet these criteria are exempt from leak detection monitoring requirements.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="199D26F7" w14:textId="77777777" w:rsidR="007C02FE" w:rsidRPr="005A237F" w:rsidRDefault="005C52AC" w:rsidP="005A237F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="418"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A237F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The form must be completed by the installer of the piping or by a UST petroleum equipment contractor who has personally examined the piping.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C52AC" w:rsidRPr="007C02FE" w:rsidRDefault="005C52AC" w:rsidP="005A237F">
+          <w:p w14:paraId="199D26F8" w14:textId="77777777" w:rsidR="005C52AC" w:rsidRPr="007C02FE" w:rsidRDefault="005C52AC" w:rsidP="005A237F">
             <w:pPr>
               <w:pStyle w:val="BodyText3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="420"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="420"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>Tank owners and operators should keep this form at the UST site or their place of business for the life of the piping system.  The form must be available for inspection by the UST Section.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C02FE" w:rsidRPr="005A237F" w:rsidRDefault="007C02FE" w:rsidP="007C02FE">
+          <w:p w14:paraId="199D26F9" w14:textId="77777777" w:rsidR="007C02FE" w:rsidRPr="005A237F" w:rsidRDefault="007C02FE" w:rsidP="007C02FE">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A237F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NOTE: All suction piping installed after 11/1/2007 is not exempt from leak detection and must have secondary containment monitoring and have a tightness test conducted on the primary and secondary piping every three years if the piping is monitored by sump sensors.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C52AC" w:rsidRDefault="005C52AC" w:rsidP="00A36D02">
+          <w:p w14:paraId="199D26FA" w14:textId="77777777" w:rsidR="005C52AC" w:rsidRDefault="005C52AC" w:rsidP="00A36D02">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Please print all information below</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C52AC" w:rsidTr="00960590">
+      <w:tr w:rsidR="005C52AC" w14:paraId="199D26FD" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C52AC" w:rsidRDefault="005C52AC" w:rsidP="00A36D02">
+          <w:p w14:paraId="199D26FC" w14:textId="77777777" w:rsidR="005C52AC" w:rsidRDefault="005C52AC" w:rsidP="00A36D02">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>I. PIPING INSTALLER OR UST PETROLEUM EQUIPMENT CONTRACTOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C52AC" w:rsidTr="00960590">
+      <w:tr w:rsidR="005C52AC" w14:paraId="199D2702" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4981" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="005C52AC" w:rsidRPr="00A36D02" w:rsidRDefault="005C52AC" w:rsidP="005C52AC">
+          <w:p w14:paraId="199D26FE" w14:textId="77777777" w:rsidR="005C52AC" w:rsidRPr="00A36D02" w:rsidRDefault="005C52AC" w:rsidP="005C52AC">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NAME:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C52AC" w:rsidRPr="00A36D02" w:rsidRDefault="005C52AC" w:rsidP="005C52AC">
+          <w:p w14:paraId="199D26FF" w14:textId="77777777" w:rsidR="005C52AC" w:rsidRPr="00A36D02" w:rsidRDefault="005C52AC" w:rsidP="005C52AC">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -435,67 +418,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5809" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="005C52AC" w:rsidRPr="00A36D02" w:rsidRDefault="005C52AC" w:rsidP="005C52AC">
+          <w:p w14:paraId="199D2700" w14:textId="77777777" w:rsidR="005C52AC" w:rsidRPr="00A36D02" w:rsidRDefault="005C52AC" w:rsidP="005C52AC">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>TITLE:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C52AC" w:rsidRDefault="005C52AC" w:rsidP="005C52AC">
+          <w:p w14:paraId="199D2701" w14:textId="77777777" w:rsidR="005C52AC" w:rsidRDefault="005C52AC" w:rsidP="005C52AC">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
@@ -536,76 +519,76 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A31B48" w:rsidTr="00960590">
+      <w:tr w:rsidR="00A31B48" w14:paraId="199D2707" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4981" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D2703" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>COMPANY NAME:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D2704" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
@@ -650,67 +633,67 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5809" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D2705" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>STREET ADDRESS:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D2706" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
@@ -751,79 +734,79 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306E60" w:rsidTr="00960590">
+      <w:tr w:rsidR="00306E60" w14:paraId="199D270E" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4451" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D2708" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>CITY:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D2709" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -877,66 +860,66 @@
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3769" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D270A" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>STATE:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D270B" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -990,67 +973,67 @@
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D270C" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ZIP CODE:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D270D" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
@@ -1091,98 +1074,98 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A31B48" w:rsidTr="00960590">
+      <w:tr w:rsidR="00A31B48" w14:paraId="199D2710" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="00A36D02">
+          <w:p w14:paraId="199D270F" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="00A36D02">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>II. UST FACILITY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A31B48" w:rsidTr="00960590">
+      <w:tr w:rsidR="00A31B48" w14:paraId="199D2715" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4981" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D2711" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>FACILITY NAME:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D2712" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
@@ -1227,67 +1210,67 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5809" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D2713" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>UST OWNER:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D2714" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
@@ -1328,76 +1311,76 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A31B48" w:rsidTr="00960590">
+      <w:tr w:rsidR="00A31B48" w14:paraId="199D271A" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4981" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D2716" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>FACILITY ID NO:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D2717" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
@@ -1442,67 +1425,67 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5809" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D2718" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>STREET ADDRESS:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D2719" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
@@ -1543,79 +1526,79 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A31B48" w:rsidTr="00960590">
+      <w:tr w:rsidR="00A31B48" w14:paraId="199D271F" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4981" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D271B" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>CITY:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D271C" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
@@ -1663,67 +1646,67 @@
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5809" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D271D" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>COUNTY:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
+          <w:p w14:paraId="199D271E" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="0082572C">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
@@ -1764,172 +1747,156 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A31B48" w:rsidTr="00960590">
+      <w:tr w:rsidR="00A31B48" w14:paraId="199D2721" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="00A36D02">
+          <w:p w14:paraId="199D2720" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRDefault="00A31B48" w:rsidP="00A36D02">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>III. USTS WITH PIPING MEETING DESIGN AND CONSTRUCTION CRITERIA OF 40 CFR 280.41(2)(</w:t>
-[...15 lines deleted...]
-              <w:t>) – (iv)</w:t>
+              <w:t>III. USTS WITH PIPING MEETING DESIGN AND CONSTRUCTION CRITERIA OF 40 CFR 280.41(2)(i) – (iv)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306E60" w:rsidTr="00960590">
+      <w:tr w:rsidR="00306E60" w14:paraId="199D2725" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="197"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="00A36D02">
+          <w:p w14:paraId="199D2722" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="00A36D02">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>TANK NO.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="00A36D02">
+          <w:p w14:paraId="199D2723" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="00A36D02">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>TANK CAPACITY (GALS.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4756" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="00A36D02">
+          <w:p w14:paraId="199D2724" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00A36D02" w:rsidRDefault="00A31B48" w:rsidP="00A36D02">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>PRODUCT STORED (e.g., DIESEL, MID-GRADE GAS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306E60" w:rsidTr="00960590">
+      <w:tr w:rsidR="00306E60" w14:paraId="199D2729" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
+          <w:p w14:paraId="199D2726" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00960590">
@@ -1969,51 +1936,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
+          <w:p w14:paraId="199D2727" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00960590">
@@ -2053,51 +2020,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4756" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
+          <w:p w14:paraId="199D2728" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00960590">
@@ -2133,146 +2100,144 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306E60" w:rsidTr="00960590">
+      <w:tr w:rsidR="00306E60" w14:paraId="199D272D" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
+          <w:p w14:paraId="199D272A" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...35 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00960590">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00960590">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00960590">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00960590">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00960590">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
+          <w:p w14:paraId="199D272B" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00960590">
@@ -2312,51 +2277,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4756" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
+          <w:p w14:paraId="199D272C" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00960590">
@@ -2392,60 +2357,60 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306E60" w:rsidTr="00960590">
+      <w:tr w:rsidR="00306E60" w14:paraId="199D2731" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
+          <w:p w14:paraId="199D272E" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00960590">
@@ -2485,51 +2450,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
+          <w:p w14:paraId="199D272F" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00960590">
@@ -2569,51 +2534,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4756" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
+          <w:p w14:paraId="199D2730" w14:textId="77777777" w:rsidR="00A31B48" w:rsidRPr="00960590" w:rsidRDefault="00A31B48" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00960590">
@@ -2649,60 +2614,60 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00960590" w:rsidTr="00960590">
+      <w:tr w:rsidR="00960590" w14:paraId="199D2735" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D2732" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00960590">
@@ -2742,51 +2707,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D2733" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00960590">
@@ -2826,51 +2791,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4756" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D2734" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00960590">
@@ -2906,60 +2871,60 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00960590" w:rsidTr="00960590">
+      <w:tr w:rsidR="00960590" w14:paraId="199D2739" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D2736" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00960590">
@@ -2999,51 +2964,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D2737" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00960590">
@@ -3083,51 +3048,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4756" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D2738" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00960590">
@@ -3163,135 +3128,135 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00960590" w:rsidTr="00960590">
+      <w:tr w:rsidR="00960590" w14:paraId="199D273B" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D273A" w14:textId="77777777" w:rsidR="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Attach additional copies of form if necessary.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00960590" w:rsidTr="00960590">
+      <w:tr w:rsidR="00960590" w14:paraId="199D273D" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D273C" w14:textId="77777777" w:rsidR="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>IV. CERTIFICATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00960590" w:rsidTr="00960590">
+      <w:tr w:rsidR="00960590" w14:paraId="199D2742" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D273E" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>On</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D273F" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -3338,262 +3303,262 @@
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D2740" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>date</w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>),</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8455" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D2741" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>I installed/examined (</w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>circle one</w:t>
             </w:r>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">) the piping associated with underground storage tanks at the </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00960590" w:rsidTr="00960590">
+      <w:tr w:rsidR="00960590" w14:paraId="199D2748" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="1790"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D2743" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960590">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>location listed in Section II above.  Based on my knowledge of the piping at this location, I hereby certify that the piping systems associated with the underground storage tanks listed in Section III meet all the following criteria:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00960590" w:rsidRPr="00A36D02" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D2744" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00A36D02" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>The below-grade piping operates at less than atmospheric pressure;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00960590" w:rsidRPr="00A36D02" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D2745" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00A36D02" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>The below-grade piping is sloped so that the contents of the pipe will drain back into the storage tank if suction is released;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00960590" w:rsidRPr="00A36D02" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D2746" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00A36D02" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>Only one check valve is included in each suction line; and</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00960590" w:rsidRPr="00A36D02" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D2747" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00A36D02" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>The check valve is located directly below and as close as practical to the suction pump.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00960590" w:rsidTr="00960590">
+      <w:tr w:rsidR="00960590" w14:paraId="199D274E" w14:textId="77777777" w:rsidTr="00960590">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8045" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRPr="00A36D02" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D2749" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00A36D02" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>SIGNATURE OF PIPING INSTALLER/UST CONTRACTOR:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00960590" w:rsidRDefault="00960590" w:rsidP="00960590"/>
-          <w:p w:rsidR="00960590" w:rsidRDefault="00960590" w:rsidP="00960590"/>
+          <w:p w14:paraId="199D274A" w14:textId="77777777" w:rsidR="00960590" w:rsidRDefault="00960590" w:rsidP="00960590"/>
+          <w:p w14:paraId="199D274B" w14:textId="77777777" w:rsidR="00960590" w:rsidRDefault="00960590" w:rsidP="00960590"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2745" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRPr="00A36D02" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D274C" w14:textId="77777777" w:rsidR="00960590" w:rsidRPr="00A36D02" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D274D" w14:textId="77777777" w:rsidR="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
@@ -3637,215 +3602,220 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A36D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00960590" w:rsidTr="00960590">
+      <w:tr w:rsidR="00960590" w14:paraId="199D2751" w14:textId="77777777" w:rsidTr="00960590">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D274F" w14:textId="77777777" w:rsidR="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NORTH CAROLINA DEPARTMENT OF ENVIRONMENTAL QUALITY, DIVISION OF WASTE MANAGEMENT, UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
+          <w:p w14:paraId="199D2750" w14:textId="287D5E51" w:rsidR="00960590" w:rsidRDefault="00960590" w:rsidP="00960590">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (9</w:t>
+            </w:r>
+            <w:r w:rsidR="004730B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>84) 236-8310</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>8171  FAX</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> (919) 715-1117   </w:t>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="006F3AE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://www.wastenotnc.org/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">   3/2018</w:t>
+              <w:t xml:space="preserve">   3/20</w:t>
+            </w:r>
+            <w:r w:rsidR="004730B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C3DCD" w:rsidRPr="002A624F" w:rsidRDefault="001C3DCD">
+    <w:p w14:paraId="199D2752" w14:textId="77777777" w:rsidR="001C3DCD" w:rsidRPr="002A624F" w:rsidRDefault="001C3DCD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001C3DCD" w:rsidRPr="002A624F" w:rsidSect="00960590">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="576" w:bottom="576" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="374B0257"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E55C8AB0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3995,150 +3965,158 @@
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BC12913"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1075467203">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1531796582">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="452132993">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1806434365">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1479028651">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="115"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="wAsKacUN8oNSLeAQEqvf+u8iHvIMvgW3c2GSjWsAF2OTZ6GFlhSUCsecq6/QOj6v3YpWmmfkI9mxc32+VeOImQ==" w:salt="cevf33XZc8tvcrnEbijKOQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005C52AC"/>
+    <w:rsid w:val="000F2BFB"/>
     <w:rsid w:val="001C3DCD"/>
     <w:rsid w:val="00226E34"/>
     <w:rsid w:val="00285608"/>
     <w:rsid w:val="002A624F"/>
     <w:rsid w:val="00306E60"/>
+    <w:rsid w:val="003B00B5"/>
+    <w:rsid w:val="004730B7"/>
+    <w:rsid w:val="00585853"/>
     <w:rsid w:val="005A237F"/>
+    <w:rsid w:val="005A3010"/>
     <w:rsid w:val="005C52AC"/>
     <w:rsid w:val="007C02FE"/>
     <w:rsid w:val="0082572C"/>
     <w:rsid w:val="00875D40"/>
     <w:rsid w:val="008C21E1"/>
     <w:rsid w:val="00960590"/>
     <w:rsid w:val="00A31B48"/>
     <w:rsid w:val="00A36D02"/>
     <w:rsid w:val="00AC37B6"/>
     <w:rsid w:val="00C6701D"/>
     <w:rsid w:val="00C752C2"/>
     <w:rsid w:val="00DB5DAC"/>
+    <w:rsid w:val="00E468AF"/>
     <w:rsid w:val="00E613F6"/>
     <w:rsid w:val="00F211E1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="199D26F1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7F609FC0-C3F4-437A-863F-0EDBC2AB80EE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4470,50 +4448,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C752C2"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:qFormat/>
     <w:rsid w:val="005C52AC"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
@@ -4643,51 +4622,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F211E1"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="005A237F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wastenotnc.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -4961,131 +4940,206 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <TaxCatchAll xmlns="6501bee3-079a-4d16-b86e-fb182ea31b14" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f6855a82-f00c-40c4-bd13-a8482faef0a2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B6CD68AECF3A0943B0E87571F3098C5A" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="12650ca036c6bd9371272ec176f5a4c0">
-[...2 lines deleted...]
-    <xsd:import namespace="c4dcbf7f-0705-49bc-965d-2f216784eeac"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004F141538DCF7D94EBFA87CE86FF5C875" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69fdabd8ab1c5a25f26ef343b68aa347">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6501bee3-079a-4d16-b86e-fb182ea31b14" xmlns:ns3="f6855a82-f00c-40c4-bd13-a8482faef0a2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0badd0cc8447c29ac78bc4934c6cc6a1" ns2:_="" ns3:_="">
+    <xsd:import namespace="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <xsd:import namespace="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6501bee3-079a-4d16-b86e-fb182ea31b14" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="4" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="5" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6c5d24a8-8e51-491c-9eb5-efc955b8ec30}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6501bee3-079a-4d16-b86e-fb182ea31b14">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c4dcbf7f-0705-49bc-965d-2f216784eeac" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f6855a82-f00c-40c4-bd13-a8482faef0a2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="6" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="7" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="8" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -5144,106 +5198,122 @@
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EDD9D71-C0DD-4FB2-B642-48B860C778F7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <ds:schemaRef ds:uri="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5DD3347-3026-4F8F-B0B8-62E9A60C6DE4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20E0EFEB-B19A-4F10-AACF-EFA4B60C94F6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="97c26e27-a340-4306-98a7-c36055956ab5"/>
-    <ds:schemaRef ds:uri="c4dcbf7f-0705-49bc-965d-2f216784eeac"/>
+    <ds:schemaRef ds:uri="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <ds:schemaRef ds:uri="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{716CA92E-AF2B-40BD-B691-01B1FE304C8F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>477</Words>
-  <Characters>2721</Characters>
+  <Words>422</Words>
+  <Characters>2288</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>70</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3192</CharactersWithSpaces>
+  <CharactersWithSpaces>2658</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>UST-19</dc:title>
   <dc:subject/>
   <dc:creator>Michael Phelps</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101004F141538DCF7D94EBFA87CE86FF5C875</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>