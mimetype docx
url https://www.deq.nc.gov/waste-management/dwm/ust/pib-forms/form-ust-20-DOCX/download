--- v0 (2025-10-02)
+++ v1 (2026-03-17)
@@ -1,263 +1,271 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11340" w:type="dxa"/>
         <w:tblInd w:w="242" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="152" w:type="dxa"/>
           <w:right w:w="152" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="1078"/>
         <w:gridCol w:w="722"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="488"/>
         <w:gridCol w:w="45"/>
         <w:gridCol w:w="1665"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="113"/>
         <w:gridCol w:w="759"/>
         <w:gridCol w:w="208"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E96492" w:rsidTr="00E96492">
+      <w:tr w:rsidR="00E96492" w14:paraId="6988DA4C" w14:textId="77777777" w:rsidTr="00E96492">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E96492" w:rsidRDefault="00E96492" w:rsidP="005347A0">
+          <w:p w14:paraId="6988DA48" w14:textId="77777777" w:rsidR="00E96492" w:rsidRDefault="00E96492" w:rsidP="005347A0">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>UST-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8663" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E96492" w:rsidRDefault="00E96492" w:rsidP="00E96492">
+          <w:p w14:paraId="6988DA49" w14:textId="77777777" w:rsidR="00E96492" w:rsidRDefault="00E96492" w:rsidP="00E96492">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Alternative Fuel/Hazardous Substances</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E96492" w:rsidRDefault="00E96492" w:rsidP="00E96492">
+          <w:p w14:paraId="6988DA4A" w14:textId="77777777" w:rsidR="00E96492" w:rsidRDefault="00E96492" w:rsidP="00E96492">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Compatibility Checklist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E96492" w:rsidRDefault="00E96492" w:rsidP="00E96492">
+          <w:p w14:paraId="6988DA4B" w14:textId="7880A8DF" w:rsidR="00E96492" w:rsidRDefault="00644BBA" w:rsidP="00E96492">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="clear" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="1108"/>
                 <w:tab w:val="left" w:pos="2278"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b w:val="0"/>
-[...1 lines deleted...]
-                <w:sz w:val="28"/>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-                  <wp:docPr id="1" name="Picture 1"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7ADB7D53" wp14:editId="4DF9E58B">
+                  <wp:extent cx="421005" cy="149860"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+                  <wp:docPr id="3" name="Picture 1" descr="C:\Users\msclafani\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DEQ-Logo(2-color)_2018.png"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1" name="NC DEQ Logo B-W.png"/>
-                          <pic:cNvPicPr/>
+                          <pic:cNvPr id="3" name="Picture 3" descr="C:\Users\msclafani\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DEQ-Logo(2-color)_2018.png"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7" cstate="print">
+                          <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
+                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
-                        <pic:spPr>
+                        <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="370196" cy="390856"/>
+                            <a:ext cx="421005" cy="149860"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00013F7E" w:rsidTr="00E96492">
+      <w:tr w:rsidR="00013F7E" w14:paraId="6988DA56" w14:textId="77777777" w:rsidTr="00E96492">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="116" w:type="dxa"/>
             <w:right w:w="116" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00013F7E" w:rsidRDefault="00013F7E">
+          <w:p w14:paraId="6988DA4D" w14:textId="77777777" w:rsidR="00013F7E" w:rsidRDefault="00013F7E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
@@ -294,58 +302,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Check30"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>No</w:t>
             </w:r>
@@ -362,76 +370,76 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Check29"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
-          <w:p w:rsidR="00C9033D" w:rsidRDefault="00C9033D" w:rsidP="00C9033D">
+          <w:p w14:paraId="6988DA4E" w14:textId="77777777" w:rsidR="00C9033D" w:rsidRDefault="00C9033D" w:rsidP="00C9033D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
@@ -474,58 +482,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>No</w:t>
             </w:r>
             <w:r>
@@ -540,75 +548,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00013F7E" w:rsidRDefault="00013F7E">
+          <w:p w14:paraId="6988DA4F" w14:textId="77777777" w:rsidR="00013F7E" w:rsidRDefault="00013F7E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
@@ -699,179 +707,179 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00013F7E" w:rsidRDefault="00013F7E">
+          <w:p w14:paraId="6988DA50" w14:textId="77777777" w:rsidR="00013F7E" w:rsidRDefault="00013F7E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00013F7E" w:rsidRDefault="00013F7E">
+          <w:p w14:paraId="6988DA51" w14:textId="77777777" w:rsidR="00013F7E" w:rsidRDefault="00013F7E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00013F7E" w:rsidRDefault="00013F7E" w:rsidP="00013F7E">
+          <w:p w14:paraId="6988DA52" w14:textId="77777777" w:rsidR="00013F7E" w:rsidRDefault="00013F7E" w:rsidP="00013F7E">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>STATE USE ONLY</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00013F7E" w:rsidRDefault="00013F7E" w:rsidP="00DB7278">
+          <w:p w14:paraId="6988DA53" w14:textId="77777777" w:rsidR="00013F7E" w:rsidRDefault="00013F7E" w:rsidP="00DB7278">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="2358"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3168"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Reviewer name:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r w:rsidR="007B7198">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00013F7E" w:rsidRDefault="00013F7E" w:rsidP="00DB7278">
+          <w:p w14:paraId="6988DA54" w14:textId="77777777" w:rsidR="00013F7E" w:rsidRDefault="00013F7E" w:rsidP="00DB7278">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="648"/>
                 <w:tab w:val="left" w:pos="1908"/>
                 <w:tab w:val="left" w:pos="2358"/>
                 <w:tab w:val="left" w:pos="2808"/>
                 <w:tab w:val="left" w:pos="3168"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Approved: </w:t>
             </w:r>
             <w:r>
@@ -891,57 +899,57 @@
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
@@ -950,119 +958,119 @@
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00013F7E" w:rsidRDefault="00FF55E0" w:rsidP="00DB7278">
+          <w:p w14:paraId="6988DA55" w14:textId="77777777" w:rsidR="00013F7E" w:rsidRDefault="00FF55E0" w:rsidP="00DB7278">
             <w:pPr>
               <w:ind w:left="334"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Date Approved/Disapproved: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00421093" w:rsidTr="00E96492">
+      <w:tr w:rsidR="00421093" w14:paraId="6988DA65" w14:textId="77777777" w:rsidTr="00E96492">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="116" w:type="dxa"/>
             <w:right w:w="116" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="7300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00421093" w:rsidRDefault="00421093">
+          <w:p w14:paraId="6988DA57" w14:textId="77777777" w:rsidR="00421093" w:rsidRDefault="00421093">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
@@ -1097,287 +1105,294 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>prior</w:t>
             </w:r>
             <w:r w:rsidRPr="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> to conversion from a conventional motor fuel to an ethanol blend greater than 10% ethanol content, a biodiesel blend greater than 20% biodiesel content or hazardous substance</w:t>
             </w:r>
             <w:r w:rsidR="00361120" w:rsidRPr="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>. Forms shall be submitted to the following address:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007242DB" w:rsidRPr="004533B3" w:rsidRDefault="007242DB" w:rsidP="007242DB">
+          <w:p w14:paraId="6988DA58" w14:textId="77777777" w:rsidR="007242DB" w:rsidRPr="004533B3" w:rsidRDefault="007242DB" w:rsidP="007242DB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007242DB" w:rsidRDefault="00421093" w:rsidP="00D523F4">
+          <w:p w14:paraId="6988DA59" w14:textId="77777777" w:rsidR="007242DB" w:rsidRDefault="00421093" w:rsidP="00D523F4">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3124"/>
               </w:tabs>
               <w:spacing w:before="80"/>
               <w:ind w:left="2224"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007242DB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>NC DEPARTMENT OF E</w:t>
             </w:r>
             <w:r w:rsidR="00E96492">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>NVIRONMENTAL QUALITY</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00421093" w:rsidRPr="007242DB" w:rsidRDefault="00421093" w:rsidP="00D523F4">
+          <w:p w14:paraId="6988DA5A" w14:textId="77777777" w:rsidR="00421093" w:rsidRPr="007242DB" w:rsidRDefault="00421093" w:rsidP="00D523F4">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3124"/>
               </w:tabs>
               <w:ind w:left="2224"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007242DB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>DIVISION OF WASTE MANAGEMENT / UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00421093" w:rsidRPr="007242DB" w:rsidRDefault="00E96492" w:rsidP="00D523F4">
+          <w:p w14:paraId="6988DA5B" w14:textId="77777777" w:rsidR="00421093" w:rsidRPr="007242DB" w:rsidRDefault="00E96492" w:rsidP="00D523F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3124"/>
               </w:tabs>
               <w:ind w:left="2224"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>1646</w:t>
             </w:r>
             <w:r w:rsidR="00421093" w:rsidRPr="007242DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> MAIL SERVICE CENTER, RALEIGH, NC  27699-16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
             <w:r w:rsidR="00421093" w:rsidRPr="007242DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007242DB" w:rsidRDefault="00912D22" w:rsidP="00D523F4">
+          <w:p w14:paraId="6988DA5C" w14:textId="1899590C" w:rsidR="007242DB" w:rsidRDefault="00912D22" w:rsidP="00D523F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3124"/>
               </w:tabs>
               <w:ind w:left="2224"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>PHONE (919) 707-8171</w:t>
             </w:r>
             <w:r w:rsidR="00421093" w:rsidRPr="007242DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">      FAX (919) 715-1117</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00F21C17" w:rsidRDefault="00951B44" w:rsidP="00D523F4">
+              <w:t xml:space="preserve">      FAX (9</w:t>
+            </w:r>
+            <w:r w:rsidR="00644BBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>84) 236-8310</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6988DA5D" w14:textId="77777777" w:rsidR="00F21C17" w:rsidRDefault="00F21C17" w:rsidP="00D523F4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3124"/>
               </w:tabs>
               <w:ind w:left="2224"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:history="1"/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="00E96492">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>http://www.wastenotnc.org/web/wm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="007242DB" w:rsidRPr="007242DB" w:rsidRDefault="007242DB" w:rsidP="00F21C17">
+          <w:p w14:paraId="6988DA5E" w14:textId="77777777" w:rsidR="007242DB" w:rsidRPr="007242DB" w:rsidRDefault="007242DB" w:rsidP="00F21C17">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3124"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00421093" w:rsidRPr="007242DB" w:rsidRDefault="00421093" w:rsidP="004A188E">
+          <w:p w14:paraId="6988DA5F" w14:textId="77777777" w:rsidR="00421093" w:rsidRPr="007242DB" w:rsidRDefault="00421093" w:rsidP="004A188E">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent3"/>
               <w:spacing w:before="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007242DB">
               <w:t xml:space="preserve">Sections I, II, and VI are to be completed by the UST owner/operator. Sections III through V of this form are to be completed by a UST Equipment </w:t>
             </w:r>
             <w:r w:rsidR="000F3B77" w:rsidRPr="007242DB">
               <w:t>Contractor</w:t>
             </w:r>
             <w:r w:rsidRPr="007242DB">
               <w:t>. Complete one form for each UST system t</w:t>
             </w:r>
             <w:r w:rsidR="00361120" w:rsidRPr="007242DB">
               <w:t xml:space="preserve">hat will be </w:t>
             </w:r>
             <w:r w:rsidR="000F3B77" w:rsidRPr="007242DB">
               <w:t>storing the</w:t>
             </w:r>
             <w:r w:rsidR="00361120" w:rsidRPr="007242DB">
               <w:t xml:space="preserve"> ethanol,</w:t>
             </w:r>
             <w:r w:rsidRPr="007242DB">
               <w:t xml:space="preserve"> biodiesel blend fuel</w:t>
             </w:r>
             <w:r w:rsidR="00361120" w:rsidRPr="007242DB">
               <w:t xml:space="preserve"> or hazardous substances</w:t>
             </w:r>
             <w:r w:rsidRPr="007242DB">
               <w:t>. Keep a copy of this form and all supporting documentation for your records to be made available for inspection.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00421093" w:rsidRPr="007242DB" w:rsidRDefault="00421093">
+          <w:p w14:paraId="6988DA60" w14:textId="77777777" w:rsidR="00421093" w:rsidRPr="007242DB" w:rsidRDefault="00421093">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent3"/>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="007242DB">
               <w:t xml:space="preserve">For equipment items below that have manufacturer approved checked, you must provide copies of the applicable documents from the manufacturer stating the approval for use with the </w:t>
             </w:r>
             <w:r w:rsidR="00E27B37" w:rsidRPr="007242DB">
               <w:t>ethanol,</w:t>
             </w:r>
             <w:r w:rsidRPr="007242DB">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E27B37" w:rsidRPr="007242DB">
               <w:t>biodiesel or</w:t>
             </w:r>
             <w:r w:rsidR="00361120" w:rsidRPr="007242DB">
               <w:t xml:space="preserve"> hazardous substance </w:t>
             </w:r>
             <w:r w:rsidRPr="007242DB">
               <w:t>concentration to be stored. If the manufacturer provides a warranty for the item, then you must provide a copy of the manufacturer’s warranty that states the component is warranted for use with that concentration of alternative fuel blend</w:t>
             </w:r>
             <w:r w:rsidR="00361120" w:rsidRPr="007242DB">
               <w:t>/hazardous substance</w:t>
             </w:r>
             <w:r w:rsidRPr="007242DB">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00421093" w:rsidRPr="007242DB" w:rsidRDefault="00421093">
+          <w:p w14:paraId="6988DA61" w14:textId="77777777" w:rsidR="00421093" w:rsidRPr="007242DB" w:rsidRDefault="00421093">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
@@ -1475,51 +1490,51 @@
             <w:r w:rsidR="00910A6C" w:rsidRPr="007242DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> hazardous substances</w:t>
             </w:r>
             <w:r w:rsidRPr="007242DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>, write “steel” in the “manufacturer” box. UL</w:t>
             </w:r>
             <w:r w:rsidR="00910A6C" w:rsidRPr="007242DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
             <w:r w:rsidRPr="007242DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>Manufacturer approval is not required.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00421093" w:rsidRPr="007242DB" w:rsidRDefault="00421093">
+          <w:p w14:paraId="6988DA62" w14:textId="77777777" w:rsidR="00421093" w:rsidRPr="007242DB" w:rsidRDefault="00421093">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
@@ -1539,228 +1554,228 @@
             <w:r w:rsidR="00910A6C" w:rsidRPr="007242DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> hazardous substances</w:t>
             </w:r>
             <w:r w:rsidRPr="007242DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>, write “steel” in the “manufacturer” box. UL</w:t>
             </w:r>
             <w:r w:rsidR="00910A6C" w:rsidRPr="007242DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
             <w:r w:rsidRPr="007242DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>Manufacturer approval is not required.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00421093" w:rsidRPr="007242DB" w:rsidRDefault="00421093">
+          <w:p w14:paraId="6988DA63" w14:textId="77777777" w:rsidR="00421093" w:rsidRPr="007242DB" w:rsidRDefault="00421093">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007242DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>Write “NA” in the manufacturer box if the UST system does not have a particular component on the list.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00421093" w:rsidRDefault="00421093" w:rsidP="00DB7278">
+          <w:p w14:paraId="6988DA64" w14:textId="77777777" w:rsidR="00421093" w:rsidRDefault="00421093" w:rsidP="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007242DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Please note that the Fire Marshal must be notified prior to dispensing ethanol blend fuels.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="00E96492">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DA68" w14:textId="77777777" w:rsidTr="00E96492">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="129" w:type="dxa"/>
             <w:right w:w="129" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5542" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DA66" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:pStyle w:val="Heading4"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>I. Ownership of Tanks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5798" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DA67" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:pStyle w:val="Heading4"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>II. Location of Tanks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00583BC3" w:rsidTr="00E96492">
+      <w:tr w:rsidR="00583BC3" w14:paraId="6988DA6F" w14:textId="77777777" w:rsidTr="00E96492">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="129" w:type="dxa"/>
             <w:right w:w="129" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5542" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00583BC3" w:rsidRDefault="00583BC3">
+          <w:p w14:paraId="6988DA69" w14:textId="77777777" w:rsidR="00583BC3" w:rsidRDefault="00583BC3">
             <w:pPr>
               <w:ind w:left="-39"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Owner's Name (Corporation, Individual, Public Agency or Other Entity):</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00583BC3" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DA6A" w14:textId="77777777" w:rsidR="00583BC3" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text1"/>
             <w:r w:rsidR="00583BC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -1817,67 +1832,67 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5798" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00583BC3" w:rsidRDefault="00583BC3">
+          <w:p w14:paraId="6988DA6B" w14:textId="77777777" w:rsidR="00583BC3" w:rsidRDefault="00583BC3">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Facility Name:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00583BC3" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DA6C" w14:textId="77777777" w:rsidR="00583BC3" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text15"/>
             <w:r w:rsidR="00583BC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -1925,109 +1940,109 @@
             <w:r w:rsidR="00583BC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00583BC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="3"/>
-          <w:p w:rsidR="00583BC3" w:rsidRDefault="00583BC3">
+          <w:p w14:paraId="6988DA6D" w14:textId="77777777" w:rsidR="00583BC3" w:rsidRDefault="00583BC3">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00583BC3" w:rsidRDefault="00583BC3">
+          <w:p w14:paraId="6988DA6E" w14:textId="77777777" w:rsidR="00583BC3" w:rsidRDefault="00583BC3">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="00E96492">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DA76" w14:textId="77777777" w:rsidTr="00E96492">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="129" w:type="dxa"/>
             <w:right w:w="129" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DA70" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Contact Person for UST Location:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DA71" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text13"/>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -2085,66 +2100,66 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DA72" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Phone Number:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DA73" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="14"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text14"/>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2204,67 +2219,67 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5798" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DA74" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DA75" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text4"/>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2314,91 +2329,91 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="00E96492">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DA7D" w14:textId="77777777" w:rsidTr="00E96492">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="129" w:type="dxa"/>
             <w:right w:w="129" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5542" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="00D245E5">
+          <w:p w14:paraId="6988DA77" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="00D245E5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>E-mail Address</w:t>
             </w:r>
           </w:p>
           <w:bookmarkStart w:id="7" w:name="Text2"/>
-          <w:p w:rsidR="00D245E5" w:rsidRPr="00D245E5" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DA78" w14:textId="77777777" w:rsidR="00D245E5" w:rsidRPr="00D245E5" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D245E5">
               <w:rPr>
@@ -2467,67 +2482,67 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4178" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DA79" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>City (nearest):</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DA7A" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text8"/>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2586,67 +2601,67 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DA7B" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>County:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DA7C" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Text9"/>
             <w:r w:rsidR="000C7D91">
@@ -2707,176 +2722,176 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="00E96492">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DA7F" w14:textId="77777777" w:rsidTr="00E96492">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="94" w:type="dxa"/>
             <w:right w:w="94" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct15" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DA7E" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:after="19"/>
             </w:pPr>
             <w:bookmarkStart w:id="10" w:name="OLE_LINK1"/>
             <w:bookmarkStart w:id="11" w:name="OLE_LINK2"/>
             <w:r>
               <w:t>III. Tank Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="00E96492">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DA87" w14:textId="77777777" w:rsidTr="00E96492">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="94" w:type="dxa"/>
             <w:right w:w="94" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DA80" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:after="19"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Tank ID No. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DA81" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:after="19"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2896,202 +2911,200 @@
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Text23"/>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="_GoBack"/>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DA82" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:after="19"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Tank Size:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DA83" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:after="19"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text31"/>
+            <w:bookmarkStart w:id="13" w:name="Text31"/>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -3115,302 +3128,302 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DA84" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:after="19"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Install Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA487B" w:rsidRDefault="0006227A" w:rsidP="00DA487B">
+          <w:p w14:paraId="6988DA85" w14:textId="77777777" w:rsidR="00DA487B" w:rsidRDefault="0006227A" w:rsidP="00DA487B">
             <w:r w:rsidRPr="004F479C">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text44"/>
+            <w:bookmarkStart w:id="14" w:name="Text44"/>
             <w:r w:rsidR="00686902">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004F479C">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00DA487B">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DA487B">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DA487B">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DA487B">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DA487B">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F479C">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DA86" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1617"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:after="19"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005347A0" w:rsidTr="00E96492">
+      <w:tr w:rsidR="005347A0" w14:paraId="6988DA8F" w14:textId="77777777" w:rsidTr="00E96492">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="94" w:type="dxa"/>
             <w:right w:w="94" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005347A0" w:rsidRDefault="005347A0">
+          <w:p w14:paraId="6988DA88" w14:textId="77777777" w:rsidR="005347A0" w:rsidRDefault="005347A0">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2066"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3776"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="19"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Product formerly stored:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005347A0" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DA89" w14:textId="77777777" w:rsidR="005347A0" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2066"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3776"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="19"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text45"/>
+            <w:bookmarkStart w:id="15" w:name="Text45"/>
             <w:r w:rsidR="005347A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="005347A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -3434,114 +3447,114 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="005347A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="005347A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005347A0" w:rsidRDefault="005347A0" w:rsidP="005347A0">
+          <w:p w14:paraId="6988DA8A" w14:textId="77777777" w:rsidR="005347A0" w:rsidRDefault="005347A0" w:rsidP="005347A0">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2066"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3776"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="19"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>New product stored:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005347A0" w:rsidRDefault="0006227A" w:rsidP="005347A0">
+          <w:p w14:paraId="6988DA8B" w14:textId="77777777" w:rsidR="005347A0" w:rsidRDefault="0006227A" w:rsidP="005347A0">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2066"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3776"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="19"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3616,99 +3629,99 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="005347A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005347A0" w:rsidRDefault="005347A0" w:rsidP="005347A0">
+          <w:p w14:paraId="6988DA8C" w14:textId="77777777" w:rsidR="005347A0" w:rsidRDefault="005347A0" w:rsidP="005347A0">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2066"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3776"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="19"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>% Ethanol or Biodiesel:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="872" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005347A0" w:rsidRDefault="0006227A" w:rsidP="0069095D">
+          <w:p w14:paraId="6988DA8D" w14:textId="77777777" w:rsidR="005347A0" w:rsidRDefault="0006227A" w:rsidP="0069095D">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2066"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3776"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="19"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -3784,106 +3797,106 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="208" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005347A0" w:rsidRDefault="005347A0" w:rsidP="0069095D">
+          <w:p w14:paraId="6988DA8E" w14:textId="77777777" w:rsidR="005347A0" w:rsidRDefault="005347A0" w:rsidP="0069095D">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="176"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2066"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3776"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="19"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="00E96492">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DA93" w14:textId="77777777" w:rsidTr="00E96492">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="94" w:type="dxa"/>
             <w:right w:w="94" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DA90" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2066"/>
                 <w:tab w:val="left" w:pos="2966"/>
                 <w:tab w:val="left" w:pos="3596"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="19"/>
               <w:ind w:left="3596" w:hanging="3596"/>
               <w:rPr>
@@ -3901,178 +3914,178 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Check13"/>
+            <w:bookmarkStart w:id="16" w:name="Check13"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Check14"/>
+            <w:bookmarkStart w:id="17" w:name="Check14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Note:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Tanks that have an interior lining are not approved for storage of ethanol or biodiesel blend fuels. The exception is FRP tanks that were lined under certification by the tank manufacturer to provide the compatibility.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DA91" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2066"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="5216"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8726"/>
                 <w:tab w:val="left" w:pos="9446"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="19"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -4089,148 +4102,148 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Check17"/>
+            <w:bookmarkStart w:id="18" w:name="Check17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  Automatic Tank Gauge (ATG)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Check18"/>
+            <w:bookmarkStart w:id="19" w:name="Check18"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  Inventory control &amp; tank tightness testing</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DA92" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2066"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="5216"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8726"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -4259,828 +4272,829 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Check19"/>
+            <w:bookmarkStart w:id="20" w:name="Check19"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  Interstitial monitoring </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Check20"/>
+            <w:bookmarkStart w:id="21" w:name="Check20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="21"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  Statistical Inventory Reconciliation (SIR)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+    <w:p w14:paraId="6988DA94" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:sectPr w:rsidR="000C7D91">
-          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="432" w:right="360" w:bottom="360" w:left="360" w:header="144" w:footer="288" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="184" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="94" w:type="dxa"/>
           <w:right w:w="94" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="208"/>
         <w:gridCol w:w="44"/>
         <w:gridCol w:w="1638"/>
         <w:gridCol w:w="2790"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="568"/>
         <w:gridCol w:w="44"/>
         <w:gridCol w:w="496"/>
         <w:gridCol w:w="44"/>
         <w:gridCol w:w="1458"/>
         <w:gridCol w:w="298"/>
         <w:gridCol w:w="44"/>
         <w:gridCol w:w="288"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="270"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007242DB" w:rsidTr="007242DB">
+      <w:tr w:rsidR="007242DB" w14:paraId="6988DA96" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct15" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007242DB" w:rsidRDefault="007242DB" w:rsidP="001927E8">
+          <w:p w14:paraId="6988DA95" w14:textId="77777777" w:rsidR="007242DB" w:rsidRDefault="007242DB" w:rsidP="001927E8">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1076"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:after="19"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>III. Tank Information (Continued)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004533B3" w:rsidTr="007242DB">
+      <w:tr w:rsidR="004533B3" w14:paraId="6988DA9C" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DA97" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Component</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DA98" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Manufacturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DA99" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Model/Brand</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DA9A" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>UL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DA9B" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Manufacturer Approved *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004533B3" w:rsidTr="007242DB">
+      <w:tr w:rsidR="004533B3" w14:paraId="6988DAA3" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DA9D" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DA9E" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DA9F" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAA0" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Listed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAA1" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAA2" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004533B3" w:rsidTr="007242DB">
+      <w:tr w:rsidR="004533B3" w14:paraId="6988DAAA" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAA4" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Tank material</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAA5" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Text32"/>
+            <w:bookmarkStart w:id="22" w:name="Text32"/>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -5104,65 +5118,65 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="24" w:name="Text33"/>
+        <w:bookmarkStart w:id="23" w:name="Text33"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAA6" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -5225,65 +5239,65 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAA7" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -5291,84 +5305,84 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAA8" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -5445,208 +5459,208 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAA9" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004533B3" w:rsidTr="007242DB">
+      <w:tr w:rsidR="004533B3" w14:paraId="6988DAB1" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAAB" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Spill bucket </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAAC" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Text34"/>
+            <w:bookmarkStart w:id="24" w:name="Text34"/>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -5670,88 +5684,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAAD" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text40"/>
+            <w:bookmarkStart w:id="25" w:name="Text40"/>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -5775,65 +5789,65 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAAE" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -5841,84 +5855,84 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAAF" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -5996,142 +6010,142 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAB0" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004533B3" w:rsidTr="007242DB">
+      <w:tr w:rsidR="004533B3" w14:paraId="6988DAB8" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAB2" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -6150,72 +6164,72 @@
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">(circle)  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAB3" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text35"/>
+            <w:bookmarkStart w:id="26" w:name="Text35"/>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -6239,88 +6253,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAB4" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text41"/>
+            <w:bookmarkStart w:id="27" w:name="Text41"/>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -6344,65 +6358,65 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAB5" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -6410,84 +6424,84 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAB6" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -6565,208 +6579,208 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAB7" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004533B3" w:rsidTr="007242DB">
+      <w:tr w:rsidR="004533B3" w14:paraId="6988DABF" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAB9" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Submersible pump </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DABA" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Text36"/>
+            <w:bookmarkStart w:id="28" w:name="Text36"/>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -6790,88 +6804,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DABB" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Text42"/>
+            <w:bookmarkStart w:id="29" w:name="Text42"/>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -6895,65 +6909,65 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DABC" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -6961,84 +6975,84 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DABD" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -7116,208 +7130,208 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DABE" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004533B3" w:rsidTr="007242DB">
+      <w:tr w:rsidR="004533B3" w14:paraId="6988DAC6" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAC0" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Leak detection probes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAC1" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Text37"/>
+            <w:bookmarkStart w:id="30" w:name="Text37"/>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -7341,88 +7355,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAC2" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Text43"/>
+            <w:bookmarkStart w:id="31" w:name="Text43"/>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -7446,65 +7460,65 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAC3" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -7512,84 +7526,84 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAC4" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -7667,206 +7681,206 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAC5" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004533B3" w:rsidTr="007242DB">
+      <w:tr w:rsidR="004533B3" w14:paraId="6988DACD" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="443"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAC7" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Interstitial &amp; sump sensors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAC8" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Text38"/>
+            <w:bookmarkStart w:id="32" w:name="Text38"/>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -7890,87 +7904,87 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DAC9" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Text39"/>
+            <w:bookmarkStart w:id="33" w:name="Text39"/>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -7994,64 +8008,64 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DACA" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="140" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -8059,83 +8073,83 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DACB" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="140" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -8213,254 +8227,254 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DACC" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="0006227A" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="004533B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004533B3" w:rsidTr="007242DB">
+      <w:tr w:rsidR="004533B3" w14:paraId="6988DACF" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="595"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
+          <w:p w14:paraId="6988DACE" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3" w:rsidP="004533B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="266"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="266" w:hanging="266"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">* </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Attach</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> documents from the manufacturer stating the approval and warranty (if one is provided) for use with specific alternative fuel/hazardous substance.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DAD1" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct15" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DAD0" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2696"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6656"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="10166"/>
                 <w:tab w:val="left" w:pos="10976"/>
               </w:tabs>
               <w:spacing w:after="19"/>
             </w:pPr>
             <w:r>
               <w:t>IV. Pipe Information</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Install Date:   </w:t>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Text49"/>
+            <w:bookmarkStart w:id="34" w:name="Text49"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
@@ -8484,666 +8498,666 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="34"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Pipe:   Pressurized  </w:t>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Check48"/>
+            <w:bookmarkStart w:id="35" w:name="Check48"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...4 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="35"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     Suction  </w:t>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="Check49"/>
+            <w:bookmarkStart w:id="36" w:name="Check49"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...4 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB7278" w:rsidTr="007242DB">
+      <w:tr w:rsidR="00DB7278" w14:paraId="6988DAD7" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DAD2" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Component</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DAD3" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Manufacturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DAD4" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Model/Brand</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DAD5" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>UL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278" w:rsidP="00DB7278">
+          <w:p w14:paraId="6988DAD6" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278" w:rsidP="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Manufacturer Approved *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB7278" w:rsidTr="007242DB">
+      <w:tr w:rsidR="00DB7278" w14:paraId="6988DADE" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DAD8" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DAD9" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DADA" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DADB" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Listed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DADC" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DADD" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DAE0" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DADF" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2606"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4316"/>
                 <w:tab w:val="left" w:pos="4856"/>
                 <w:tab w:val="left" w:pos="5756"/>
                 <w:tab w:val="left" w:pos="7016"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8096"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:after="19"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -9158,139 +9172,139 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="Check42"/>
+            <w:bookmarkStart w:id="37" w:name="Check42"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="37"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  Single wall</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="Check43"/>
+            <w:bookmarkStart w:id="38" w:name="Check43"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  Double wall</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
@@ -9300,281 +9314,281 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="40" w:name="Check44"/>
+            <w:bookmarkStart w:id="39" w:name="Check44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="39"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  Steel</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="41" w:name="Check45"/>
+            <w:bookmarkStart w:id="40" w:name="Check45"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
+            <w:bookmarkEnd w:id="40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  Fiberglass</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="Check46"/>
+            <w:bookmarkStart w:id="41" w:name="Check46"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="41"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  Flexible</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="43" w:name="Check47"/>
+            <w:bookmarkStart w:id="42" w:name="Check47"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r w:rsidR="0006227A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="42"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  Other (specify):  </w:t>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="44" w:name="Text30"/>
+            <w:bookmarkStart w:id="43" w:name="Text30"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -9598,115 +9612,115 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0006227A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
+            <w:bookmarkEnd w:id="43"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB7278" w:rsidTr="007242DB">
+      <w:tr w:rsidR="00DB7278" w14:paraId="6988DAE7" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="307"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DAE1" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Pipe material</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAE2" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -9781,51 +9795,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAE3" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -9902,51 +9916,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAE4" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -9954,84 +9968,84 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAE5" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -10109,51 +10123,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A" w:rsidP="00DB7278">
+          <w:p w14:paraId="6988DAE6" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A" w:rsidP="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -10161,136 +10175,136 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB7278" w:rsidTr="007242DB">
+      <w:tr w:rsidR="00DB7278" w14:paraId="6988DAEE" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DAE8" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Pipe dope/sealant / adhesive </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAE9" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -10366,51 +10380,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAEA" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="160"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -10487,51 +10501,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAEB" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="160" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -10539,84 +10553,84 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAEC" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="160" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -10694,51 +10708,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A" w:rsidP="00DB7278">
+          <w:p w14:paraId="6988DAED" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A" w:rsidP="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="160" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -10746,134 +10760,134 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB7278" w:rsidTr="007242DB">
+      <w:tr w:rsidR="00DB7278" w14:paraId="6988DAF5" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="325"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DAEF" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Gaskets / Seals </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAF0" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -10947,51 +10961,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAF1" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -11067,51 +11081,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAF2" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -11119,84 +11133,84 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAF3" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -11274,51 +11288,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A" w:rsidP="00DB7278">
+          <w:p w14:paraId="6988DAF4" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A" w:rsidP="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -11326,135 +11340,135 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB7278" w:rsidTr="007242DB">
+      <w:tr w:rsidR="00DB7278" w14:paraId="6988DAFC" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DAF6" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Flex connector</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAF7" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -11529,51 +11543,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAF8" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="80"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -11649,51 +11663,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAF9" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -11701,84 +11715,84 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAFA" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -11856,51 +11870,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A" w:rsidP="00DB7278">
+          <w:p w14:paraId="6988DAFB" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A" w:rsidP="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -11908,135 +11922,135 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB7278" w:rsidTr="007242DB">
+      <w:tr w:rsidR="00DB7278" w14:paraId="6988DB03" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DAFD" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Angle check valve (suction pipe systems)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAFE" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -12111,51 +12125,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DAFF" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -12232,51 +12246,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB00" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -12284,84 +12298,84 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB01" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -12439,51 +12453,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A" w:rsidP="00DB7278">
+          <w:p w14:paraId="6988DB02" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A" w:rsidP="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -12491,134 +12505,134 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB7278" w:rsidTr="007242DB">
+      <w:tr w:rsidR="00DB7278" w14:paraId="6988DB0A" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DB04" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Emergency shear valve</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB05" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -12692,51 +12706,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB06" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="80"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -12812,51 +12826,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB07" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -12864,126 +12878,126 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB08" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="Text48"/>
+            <w:bookmarkStart w:id="44" w:name="Text48"/>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -13007,64 +13021,64 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
+            <w:bookmarkEnd w:id="44"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A" w:rsidP="00DB7278">
+          <w:p w14:paraId="6988DB09" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A" w:rsidP="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -13072,136 +13086,136 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB7278" w:rsidTr="007242DB">
+      <w:tr w:rsidR="00DB7278" w14:paraId="6988DB11" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
+          <w:p w14:paraId="6988DB0B" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="00DB7278">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Line leak detector</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB0C" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -13276,51 +13290,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB0D" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="80"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -13396,51 +13410,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB0E" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -13448,84 +13462,84 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB0F" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -13603,51 +13617,51 @@
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DB7278" w:rsidRDefault="0006227A" w:rsidP="00DB7278">
+          <w:p w14:paraId="6988DB10" w14:textId="77777777" w:rsidR="00DB7278" w:rsidRDefault="0006227A" w:rsidP="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="716"/>
                 <w:tab w:val="left" w:pos="1256"/>
                 <w:tab w:val="left" w:pos="1346"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -13655,98 +13669,98 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00951B44">
-[...5 lines deleted...]
-            <w:r w:rsidR="00951B44">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DB7278">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB13" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="577"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRPr="00DB7278" w:rsidRDefault="000C7D91" w:rsidP="00DB7278">
+          <w:p w14:paraId="6988DB12" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRPr="00DB7278" w:rsidRDefault="000C7D91" w:rsidP="00DB7278">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="266"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="266" w:hanging="266"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">* </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -13761,94 +13775,94 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> documents from the manufacturer stating the approval and warranty (if one is provided) for use with specific alternative fuel</w:t>
             </w:r>
             <w:r w:rsidR="004A188E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>/hazardous substance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB15" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct15" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB14" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:spacing w:before="40" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>V. Petroleum Equipment Contractor Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB17" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="730"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91" w:rsidP="0027021B">
+          <w:p w14:paraId="6988DB16" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91" w:rsidP="0027021B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">I certify by signing below that the components checked in the “UL” and/or “Manufacturer Approved” columns of sections III through IV are UL listed and/or manufacturer approved for use with </w:t>
             </w:r>
             <w:r w:rsidR="0027021B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">the specified </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -13864,122 +13878,122 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> biodiesel blend</w:t>
             </w:r>
             <w:r w:rsidR="00AE64DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> or specific listed hazardous substances</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB1D" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="208" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB18" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB19" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB1A" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB1B" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -14036,236 +14050,236 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3482" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB1C" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB24" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="208" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB1E" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB1F" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Signature of petroleum equipment contractor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB20" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB21" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB22" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3482" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB23" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB2A" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="208" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB25" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB26" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="46" w:name="Text47"/>
+            <w:bookmarkStart w:id="45" w:name="Text47"/>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
@@ -14289,256 +14303,256 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="46"/>
+            <w:bookmarkEnd w:id="45"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB27" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB28" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3482" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB29" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB31" w14:textId="77777777" w:rsidTr="007242DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="208" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB2B" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB2C" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Print petroleum equipment contractor name</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB2D" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB2E" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB2F" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3482" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB30" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB36" w14:textId="77777777" w:rsidTr="007242DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="129" w:type="dxa"/>
             <w:right w:w="129" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8190" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB32" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Contractor Company Name:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB33" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -14595,66 +14609,66 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB34" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Phone:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB35" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:ind w:left="-3"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="14"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -14703,87 +14717,87 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB3F" w14:textId="77777777" w:rsidTr="007242DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="129" w:type="dxa"/>
             <w:right w:w="129" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB37" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB38" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -14838,66 +14852,66 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB39" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>City:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB3A" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -14953,67 +14967,67 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB3B" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:ind w:left="-3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>State:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB3C" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:ind w:left="-3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -15072,67 +15086,67 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB3D" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:ind w:left="-3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Zip:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB3E" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:ind w:left="-3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -15180,411 +15194,411 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB41" w14:textId="77777777" w:rsidTr="007242DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="116" w:type="dxa"/>
             <w:right w:w="116" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB40" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="40"/>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>VI. Owner / Operator Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB45" w14:textId="77777777" w:rsidTr="007242DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="116" w:type="dxa"/>
             <w:right w:w="116" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="347"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB42" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10818" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91" w:rsidP="00E96492">
+          <w:p w14:paraId="6988DB43" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91" w:rsidP="00E96492">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>By signing below you are acknowledging that all of the items in sections I through V have been completed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB44" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB4B" w14:textId="77777777" w:rsidTr="007242DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="116" w:type="dxa"/>
             <w:right w:w="116" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB46" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB47" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB48" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB49" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="160"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="47" w:name="Text25"/>
+            <w:bookmarkStart w:id="46" w:name="Text25"/>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -15608,593 +15622,593 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
+            <w:bookmarkEnd w:id="46"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB4A" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB51" w14:textId="77777777" w:rsidTr="007242DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="116" w:type="dxa"/>
             <w:right w:w="116" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="165"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB4C" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB4D" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Tank owner / operator signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB4E" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB4F" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB50" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB57" w14:textId="77777777" w:rsidTr="007242DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="116" w:type="dxa"/>
             <w:right w:w="116" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB52" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB53" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB54" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB55" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3438" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB56" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB5D" w14:textId="77777777" w:rsidTr="007242DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="116" w:type="dxa"/>
             <w:right w:w="116" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB58" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB59" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="Text26"/>
+            <w:bookmarkStart w:id="47" w:name="Text26"/>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
@@ -16218,138 +16232,138 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="48"/>
+            <w:bookmarkEnd w:id="47"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB5A" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4968" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="0006227A">
+          <w:p w14:paraId="6988DB5B" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="0006227A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="49" w:name="Text27"/>
+            <w:bookmarkStart w:id="48" w:name="Text27"/>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
@@ -16375,654 +16389,661 @@
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000C7D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="49"/>
+        <w:bookmarkEnd w:id="48"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB5C" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB63" w14:textId="77777777" w:rsidTr="007242DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="116" w:type="dxa"/>
             <w:right w:w="116" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB5E" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB5F" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Print tank owner / operator name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB60" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4968" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB61" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB62" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C7D91" w:rsidTr="007242DB">
+      <w:tr w:rsidR="000C7D91" w14:paraId="6988DB67" w14:textId="77777777" w:rsidTr="007242DB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="116" w:type="dxa"/>
             <w:right w:w="116" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="662"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="252" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB64" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10818" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB65" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Failure to submit this form with all sections completed and any appropriate attachments could result in an enforcement action and/or non-issuance of your operating permit.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+          <w:p w14:paraId="6988DB66" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="3240"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5400"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8280"/>
                 <w:tab w:val="left" w:pos="9000"/>
                 <w:tab w:val="left" w:pos="9720"/>
                 <w:tab w:val="left" w:pos="10440"/>
                 <w:tab w:val="left" w:pos="11160"/>
               </w:tabs>
               <w:ind w:left="-72"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
+    <w:p w14:paraId="6988DB68" w14:textId="77777777" w:rsidR="000C7D91" w:rsidRDefault="000C7D91">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000C7D91" w:rsidSect="002838D0">
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="432" w:right="360" w:bottom="360" w:left="360" w:header="144" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D26D4B" w:rsidRDefault="00D26D4B">
+    <w:p w14:paraId="39C12B3A" w14:textId="77777777" w:rsidR="008F7CCF" w:rsidRDefault="008F7CCF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D26D4B" w:rsidRDefault="00D26D4B">
+    <w:p w14:paraId="2E75A67E" w14:textId="77777777" w:rsidR="008F7CCF" w:rsidRDefault="008F7CCF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="004533B3" w:rsidRDefault="00912D22" w:rsidP="00C65A04">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6988DB6F" w14:textId="2C79612E" w:rsidR="004533B3" w:rsidRDefault="00912D22" w:rsidP="00C65A04">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="180"/>
         <w:tab w:val="center" w:pos="5580"/>
         <w:tab w:val="right" w:pos="11340"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">UST-20 </w:t>
     </w:r>
     <w:r w:rsidR="00292865">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00292865">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00E96492">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>Revised 10</w:t>
+      <w:t xml:space="preserve">Revised </w:t>
+    </w:r>
+    <w:r w:rsidR="004977EC">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="004533B3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>201</w:t>
+      <w:t>20</w:t>
     </w:r>
-    <w:r w:rsidR="00E96492">
+    <w:r w:rsidR="004977EC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>26</w:t>
     </w:r>
     <w:r w:rsidR="004533B3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0006227A">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="004533B3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidR="0006227A">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00951B44">
+    <w:r w:rsidR="00E96492">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="0006227A">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004533B3" w:rsidRDefault="004533B3">
+  <w:p w14:paraId="6988DB70" w14:textId="77777777" w:rsidR="004533B3" w:rsidRDefault="004533B3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="180"/>
         <w:tab w:val="center" w:pos="5580"/>
         <w:tab w:val="right" w:pos="11340"/>
       </w:tabs>
       <w:spacing w:before="40"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D26D4B" w:rsidRDefault="00D26D4B">
+    <w:p w14:paraId="60FB5D55" w14:textId="77777777" w:rsidR="008F7CCF" w:rsidRDefault="008F7CCF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D26D4B" w:rsidRDefault="00D26D4B">
+    <w:p w14:paraId="5CAE5CA7" w14:textId="77777777" w:rsidR="008F7CCF" w:rsidRDefault="008F7CCF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06436998"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6372A3F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="072F4D90"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6372A3F8"/>
@@ -18492,326 +18513,331 @@
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FEE1E1B"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2100252056">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="638146291">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1950698236">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1777362786">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1467775101">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1080636273">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="142353382">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1798060998">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="530459135">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1944262114">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="518281465">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="596644146">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1085954176">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1104106029">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1658803514">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="967734666">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="269894215">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="744840011">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1217742131">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1128888754">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1753774068">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1840005460">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="98260252">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="885719179">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="640035800">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="2139373820">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1705014848">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="702445000">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1077551968">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1460684365">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="18432355">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1756588562">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1206060208">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="446125809">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1560284691">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1857186528">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1529218690">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="1054238645">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="1446197147">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="568267092">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="866406368">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="1469472156">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="1485004572">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="454636099">
     <w:abstractNumId w:val="30"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="115"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="gLXXA7S39Hpk4nZSqnUG73izagV4MiPjbNfefin5/qqFreU/PhDA/3CjNAZYGVNsYc/lcuGBJFG3p5kV0OPXkg==" w:salt="UtinNr56c6sQeqfKCI2GEQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B7198"/>
     <w:rsid w:val="00013F7E"/>
     <w:rsid w:val="0006227A"/>
     <w:rsid w:val="000759B2"/>
     <w:rsid w:val="000C7D91"/>
     <w:rsid w:val="000F3B77"/>
     <w:rsid w:val="00117CC7"/>
     <w:rsid w:val="001D0242"/>
     <w:rsid w:val="001D4B9F"/>
     <w:rsid w:val="0027021B"/>
     <w:rsid w:val="002838D0"/>
     <w:rsid w:val="00285612"/>
     <w:rsid w:val="00292865"/>
     <w:rsid w:val="002A0C2E"/>
     <w:rsid w:val="002B47B1"/>
     <w:rsid w:val="00324C73"/>
     <w:rsid w:val="00361120"/>
     <w:rsid w:val="003E7B0C"/>
     <w:rsid w:val="003F50AC"/>
     <w:rsid w:val="004130CA"/>
     <w:rsid w:val="00421093"/>
     <w:rsid w:val="004422AC"/>
     <w:rsid w:val="004533B3"/>
+    <w:rsid w:val="004977EC"/>
     <w:rsid w:val="004A188E"/>
     <w:rsid w:val="004E0DEF"/>
     <w:rsid w:val="004F479C"/>
     <w:rsid w:val="005333BD"/>
     <w:rsid w:val="005347A0"/>
     <w:rsid w:val="00583BC3"/>
     <w:rsid w:val="00593083"/>
+    <w:rsid w:val="00644BBA"/>
     <w:rsid w:val="006703BD"/>
     <w:rsid w:val="00686902"/>
     <w:rsid w:val="0069095D"/>
     <w:rsid w:val="006C15D1"/>
     <w:rsid w:val="007242DB"/>
     <w:rsid w:val="00767AEA"/>
     <w:rsid w:val="00784804"/>
     <w:rsid w:val="0078617D"/>
     <w:rsid w:val="007B7198"/>
     <w:rsid w:val="007F0960"/>
     <w:rsid w:val="00844579"/>
     <w:rsid w:val="008F4E1D"/>
+    <w:rsid w:val="008F7CCF"/>
     <w:rsid w:val="00910A6C"/>
     <w:rsid w:val="00912D22"/>
-    <w:rsid w:val="00951B44"/>
     <w:rsid w:val="00A86100"/>
     <w:rsid w:val="00AD1FF6"/>
     <w:rsid w:val="00AE64DE"/>
     <w:rsid w:val="00B34440"/>
     <w:rsid w:val="00BC7B7F"/>
     <w:rsid w:val="00BD14BD"/>
     <w:rsid w:val="00C65A04"/>
     <w:rsid w:val="00C9033D"/>
     <w:rsid w:val="00C94A6D"/>
+    <w:rsid w:val="00CA2A42"/>
     <w:rsid w:val="00D041EE"/>
     <w:rsid w:val="00D245E5"/>
     <w:rsid w:val="00D26D4B"/>
     <w:rsid w:val="00D523F4"/>
     <w:rsid w:val="00DA487B"/>
     <w:rsid w:val="00DB7278"/>
     <w:rsid w:val="00DF135F"/>
     <w:rsid w:val="00E27B37"/>
     <w:rsid w:val="00E96492"/>
     <w:rsid w:val="00ED3916"/>
     <w:rsid w:val="00F21C17"/>
     <w:rsid w:val="00F8359D"/>
     <w:rsid w:val="00FA0F8F"/>
     <w:rsid w:val="00FA5177"/>
     <w:rsid w:val="00FC4DEF"/>
     <w:rsid w:val="00FF55E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="6988DA48"/>
   <w15:docId w15:val="{A7812C71-253E-4259-AAC1-98276BCBA693}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -19139,50 +19165,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002838D0"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002838D0"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1800"/>
         <w:tab w:val="left" w:pos="2520"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3960"/>
         <w:tab w:val="left" w:pos="4680"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="6120"/>
         <w:tab w:val="left" w:pos="6840"/>
@@ -19713,72 +19744,72 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F21C17"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F21C17"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1368486437">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wastenotnc.org/web/wm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wastenotnc.org/web/wm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\rejohns\My%20Documents\Form%20Changes\Form%20-%20UST-20%20Draft%20Rev%205-10.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -20024,104 +20055,403 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6501bee3-079a-4d16-b86e-fb182ea31b14" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f6855a82-f00c-40c4-bd13-a8482faef0a2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004F141538DCF7D94EBFA87CE86FF5C875" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69fdabd8ab1c5a25f26ef343b68aa347">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6501bee3-079a-4d16-b86e-fb182ea31b14" xmlns:ns3="f6855a82-f00c-40c4-bd13-a8482faef0a2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0badd0cc8447c29ac78bc4934c6cc6a1" ns2:_="" ns3:_="">
+    <xsd:import namespace="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <xsd:import namespace="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6501bee3-079a-4d16-b86e-fb182ea31b14" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="4" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="5" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6c5d24a8-8e51-491c-9eb5-efc955b8ec30}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6501bee3-079a-4d16-b86e-fb182ea31b14">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f6855a82-f00c-40c4-bd13-a8482faef0a2" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="6" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="7" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="8" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66C2D0BA-7842-49DD-950C-E571EC642717}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <ds:schemaRef ds:uri="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EAD9B063-EB2F-44A9-A483-BBF1C4B4FFB8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F27F57B4-6A6A-4221-BA32-03B02F75622E}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Form - UST-20 Draft Rev 5-10.dot</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1154</Words>
-  <Characters>6581</Characters>
+  <Words>1204</Words>
+  <Characters>6530</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>362</Lines>
+  <Paragraphs>286</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Installation Inspection Checklist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7720</CharactersWithSpaces>
+  <CharactersWithSpaces>7448</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>3670068</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.wastenotnc.org/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Installation Inspection Checklist</dc:title>
   <dc:subject>UST Installation Inspections</dc:subject>
   <dc:creator>ncdenr</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x0101004F141538DCF7D94EBFA87CE86FF5C875</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>