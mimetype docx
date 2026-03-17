--- v0 (2025-10-02)
+++ v1 (2026-03-17)
@@ -1,54 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="67"/>
         <w:gridCol w:w="90"/>
@@ -153,51 +154,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="1C4CFD2E" w14:textId="5BD0B2F6" w:rsidR="00193D1A" w:rsidRDefault="00EB7BF8" w:rsidP="00EB7BF8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="342"/>
               </w:tabs>
               <w:spacing w:before="200"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="706E70CA" wp14:editId="203C654A">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="706E70CA" wp14:editId="65505AEA">
                   <wp:extent cx="662940" cy="236220"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="2" name="Picture 2" descr="A close up of a sign&#10;&#10;Description automatically generated"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="DEQLogo(2-color)_Small_1.5X0.5.png"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
@@ -588,51 +589,67 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="65DFA505" w14:textId="77777777" w:rsidR="00193D1A" w:rsidRDefault="00193D1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Facility ID#: </w:t>
+              <w:t xml:space="preserve">Facility </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>ID#:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FCAADA5" w14:textId="77777777" w:rsidR="00193D1A" w:rsidRDefault="00193D1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text2"/>
@@ -1013,92 +1030,90 @@
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2B88AA99" w14:textId="77777777" w:rsidR="00193D1A" w:rsidRDefault="00193D1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -1480,51 +1495,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rectifier Manufacturer:  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text56"/>
+            <w:bookmarkStart w:id="2" w:name="Text56"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
@@ -1548,51 +1563,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2E017BA0" w14:textId="77777777" w:rsidR="008D5443" w:rsidRDefault="008D5443" w:rsidP="008D5443">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rated DC Output: </w:t>
@@ -1610,51 +1625,51 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09F06D03" w14:textId="2CD9CB76" w:rsidR="008D5443" w:rsidRDefault="008D5443" w:rsidP="005B59CC">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Text59"/>
+            <w:bookmarkStart w:id="3" w:name="Text59"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
@@ -1678,51 +1693,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40E05575" w14:textId="77777777" w:rsidR="008D5443" w:rsidRDefault="008D5443" w:rsidP="005B59CC">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -1970,51 +1985,51 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Rectifier Model:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text57"/>
+            <w:bookmarkStart w:id="4" w:name="Text57"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
@@ -2038,98 +2053,98 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="14EF93EB" w14:textId="77777777" w:rsidR="008D5443" w:rsidRDefault="008D5443" w:rsidP="008D5443">
             <w:pPr>
               <w:spacing w:before="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Rectifier Serial Number:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text58"/>
+            <w:bookmarkStart w:id="5" w:name="Text58"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
@@ -2153,51 +2168,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D5443" w14:paraId="02EEA417" w14:textId="77777777" w:rsidTr="004475F0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="307"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11160" w:type="dxa"/>
             <w:gridSpan w:val="28"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="4B331D0F" w14:textId="4950539A" w:rsidR="008D5443" w:rsidRDefault="008D5443" w:rsidP="008D5443">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -2250,51 +2265,51 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="49A65C77" w14:textId="77777777" w:rsidR="008D5443" w:rsidRDefault="008D5443" w:rsidP="008D5443">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text61"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text61"/>
+            <w:bookmarkStart w:id="6" w:name="Text61"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
@@ -2318,51 +2333,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="495DD6EE" w14:textId="77777777" w:rsidR="008D5443" w:rsidRDefault="008D5443" w:rsidP="008D5443">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -2407,51 +2422,51 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D3D8D43" w14:textId="77777777" w:rsidR="008D5443" w:rsidRDefault="008D5443" w:rsidP="008D5443">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text62"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text62"/>
+            <w:bookmarkStart w:id="7" w:name="Text62"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
@@ -2475,51 +2490,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D611EFA" w14:textId="3B64527C" w:rsidR="008D5443" w:rsidRDefault="008D5443" w:rsidP="008D5443">
             <w:pPr>
               <w:spacing w:before="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D5443" w14:paraId="2DE37255" w14:textId="77777777" w:rsidTr="00BB6418">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="80"/>
@@ -3464,51 +3479,51 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4B845041" w14:textId="77777777" w:rsidR="00AC03EE" w:rsidRDefault="00AC03EE" w:rsidP="00AC03EE">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text63"/>
+            <w:bookmarkStart w:id="8" w:name="Text63"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3523,82 +3538,82 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2E07A176" w14:textId="77777777" w:rsidR="00AC03EE" w:rsidRDefault="00AC03EE" w:rsidP="00AC03EE">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text64"/>
+            <w:bookmarkStart w:id="9" w:name="Text64"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3613,81 +3628,81 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="75C9E928" w14:textId="77777777" w:rsidR="00AC03EE" w:rsidRDefault="00AC03EE" w:rsidP="00AC03EE">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Text65"/>
+            <w:bookmarkStart w:id="10" w:name="Text65"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3702,82 +3717,82 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5E0293B3" w14:textId="77777777" w:rsidR="00AC03EE" w:rsidRDefault="00AC03EE" w:rsidP="00AC03EE">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text66"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text66"/>
+            <w:bookmarkStart w:id="11" w:name="Text66"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3792,82 +3807,82 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="23E910B9" w14:textId="77777777" w:rsidR="00AC03EE" w:rsidRDefault="00AC03EE" w:rsidP="00AC03EE">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text67"/>
+            <w:bookmarkStart w:id="12" w:name="Text67"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3882,87 +3897,87 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3F3342C1" w14:textId="77777777" w:rsidR="00AC03EE" w:rsidRDefault="00AC03EE" w:rsidP="00AC03EE">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text68"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text68"/>
+            <w:bookmarkStart w:id="13" w:name="Text68"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3977,82 +3992,82 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2C94ACC6" w14:textId="77777777" w:rsidR="00AC03EE" w:rsidRDefault="00AC03EE" w:rsidP="00AC03EE">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text69"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text69"/>
+            <w:bookmarkStart w:id="14" w:name="Text69"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -4067,51 +4082,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5EB4E66B" w14:textId="6FC7029F" w:rsidR="00AC03EE" w:rsidRDefault="00AC03EE" w:rsidP="00AC03EE">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text69"/>
                   <w:enabled/>
@@ -4186,51 +4201,51 @@
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5CF88371" w14:textId="77777777" w:rsidR="00AC03EE" w:rsidRDefault="00AC03EE" w:rsidP="00AC03EE">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text70"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text70"/>
+            <w:bookmarkStart w:id="15" w:name="Text70"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -4245,51 +4260,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC03EE" w14:paraId="59E792DD" w14:textId="77777777" w:rsidTr="00AC03EE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="490"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="16A8D271" w14:textId="77777777" w:rsidR="00AC03EE" w:rsidRDefault="00AC03EE" w:rsidP="00AC03EE">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -13102,370 +13117,383 @@
             <w:tcW w:w="11160" w:type="dxa"/>
             <w:gridSpan w:val="28"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="644FCA22" w14:textId="77777777" w:rsidR="00AC03EE" w:rsidRDefault="00AC03EE" w:rsidP="00AC03EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NORTH CAROLINA DEPARTMENT OF ENVIRONMENTAL QUALITY, DIVISION OF WASTE MANAGEMENT, UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="640A5D42" w14:textId="6186DF8E" w:rsidR="00AC03EE" w:rsidRDefault="00AC03EE" w:rsidP="00AC03EE">
+          <w:p w14:paraId="640A5D42" w14:textId="08B365AD" w:rsidR="00AC03EE" w:rsidRDefault="00AC03EE" w:rsidP="00AC03EE">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (9</w:t>
+            </w:r>
+            <w:r w:rsidR="00A70740">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>8171  FAX</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>84) 236-8310</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (919) 715-1117   </w:t>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>http://</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>www.wastenotnc.org</w:t>
             </w:r>
             <w:r w:rsidRPr="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
+            <w:r w:rsidR="00A70740">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
             <w:r w:rsidR="00962D32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>1/2020</w:t>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00A70740">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68A7AD54" w14:textId="77777777" w:rsidR="00193D1A" w:rsidRDefault="00193D1A">
       <w:pPr>
         <w:ind w:left="-1170"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00193D1A">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="432" w:right="360" w:bottom="432" w:left="720" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F20D4A4" w14:textId="77777777" w:rsidR="00CB1BFF" w:rsidRDefault="00CB1BFF">
+    <w:p w14:paraId="39BBDA50" w14:textId="77777777" w:rsidR="00565FBD" w:rsidRDefault="00565FBD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6CCC82F5" w14:textId="77777777" w:rsidR="00CB1BFF" w:rsidRDefault="00CB1BFF">
+    <w:p w14:paraId="4E1B8F92" w14:textId="77777777" w:rsidR="00565FBD" w:rsidRDefault="00565FBD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43CB3408" w14:textId="77777777" w:rsidR="00CB1BFF" w:rsidRDefault="00CB1BFF">
+    <w:p w14:paraId="0FD27FB9" w14:textId="77777777" w:rsidR="00565FBD" w:rsidRDefault="00565FBD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E2D0165" w14:textId="77777777" w:rsidR="00CB1BFF" w:rsidRDefault="00CB1BFF">
+    <w:p w14:paraId="0D79C32A" w14:textId="77777777" w:rsidR="00565FBD" w:rsidRDefault="00565FBD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30D645FD"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="613026587">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="1"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="115"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="R9Ujp6TzGsOm2b0G11ODtNHB0yqdEiEYvO4fX5noPfc7rRoxe65+NmaYDaKlF7r915wqjsgiJ9TZkqJPMJxBig==" w:salt="bXWSMVmajdpoENG3w4Tumw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002E59AA"/>
     <w:rsid w:val="00035714"/>
     <w:rsid w:val="00060E3B"/>
     <w:rsid w:val="000615D8"/>
     <w:rsid w:val="00065C1A"/>
     <w:rsid w:val="00081608"/>
     <w:rsid w:val="000B5DC0"/>
     <w:rsid w:val="000C46E2"/>
     <w:rsid w:val="00100816"/>
     <w:rsid w:val="00172D0C"/>
     <w:rsid w:val="00193D1A"/>
     <w:rsid w:val="001D4837"/>
     <w:rsid w:val="00207101"/>
     <w:rsid w:val="002412B4"/>
     <w:rsid w:val="00292613"/>
     <w:rsid w:val="002E59AA"/>
     <w:rsid w:val="003B1B8D"/>
     <w:rsid w:val="003B31B7"/>
     <w:rsid w:val="003C260C"/>
     <w:rsid w:val="004475F0"/>
     <w:rsid w:val="00453DB3"/>
     <w:rsid w:val="004607B4"/>
     <w:rsid w:val="0052630E"/>
     <w:rsid w:val="00540FEE"/>
+    <w:rsid w:val="00565FBD"/>
     <w:rsid w:val="005B59CC"/>
     <w:rsid w:val="005C0342"/>
     <w:rsid w:val="005D5AE9"/>
     <w:rsid w:val="0066166C"/>
     <w:rsid w:val="006B6016"/>
     <w:rsid w:val="006F4133"/>
     <w:rsid w:val="007F49F8"/>
     <w:rsid w:val="00851245"/>
     <w:rsid w:val="008557FE"/>
     <w:rsid w:val="008B1C89"/>
     <w:rsid w:val="008D5443"/>
     <w:rsid w:val="008F2FAC"/>
     <w:rsid w:val="00962D32"/>
     <w:rsid w:val="00972BA7"/>
+    <w:rsid w:val="00A70740"/>
     <w:rsid w:val="00AA3B4B"/>
     <w:rsid w:val="00AC03EE"/>
     <w:rsid w:val="00AE5878"/>
     <w:rsid w:val="00AF0655"/>
     <w:rsid w:val="00BB6418"/>
     <w:rsid w:val="00C072DD"/>
     <w:rsid w:val="00C73003"/>
     <w:rsid w:val="00CB1BFF"/>
     <w:rsid w:val="00D40C50"/>
     <w:rsid w:val="00E212AE"/>
     <w:rsid w:val="00EB21B9"/>
     <w:rsid w:val="00EB7BF8"/>
-    <w:rsid w:val="00EC6A1F"/>
     <w:rsid w:val="00F33B44"/>
     <w:rsid w:val="00F47FE3"/>
     <w:rsid w:val="00F5000C"/>
     <w:rsid w:val="00F5323F"/>
     <w:rsid w:val="00F724D3"/>
+    <w:rsid w:val="00FA367A"/>
     <w:rsid w:val="00FB6D89"/>
     <w:rsid w:val="00FE5B65"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="310B57C4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BA36CC39-963D-4441-9F86-2B6FF796FDC8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13913,51 +13941,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="008557FE"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008557FE"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -14230,132 +14258,196 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...8 lines deleted...]
-    <xsd:import namespace="c4dcbf7f-0705-49bc-965d-2f216784eeac"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004F141538DCF7D94EBFA87CE86FF5C875" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69fdabd8ab1c5a25f26ef343b68aa347">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6501bee3-079a-4d16-b86e-fb182ea31b14" xmlns:ns3="f6855a82-f00c-40c4-bd13-a8482faef0a2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0badd0cc8447c29ac78bc4934c6cc6a1" ns2:_="" ns3:_="">
+    <xsd:import namespace="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <xsd:import namespace="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6501bee3-079a-4d16-b86e-fb182ea31b14" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="4" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="5" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6c5d24a8-8e51-491c-9eb5-efc955b8ec30}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6501bee3-079a-4d16-b86e-fb182ea31b14">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c4dcbf7f-0705-49bc-965d-2f216784eeac" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f6855a82-f00c-40c4-bd13-a8482faef0a2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="6" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="7" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="8" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -14400,120 +14492,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6501bee3-079a-4d16-b86e-fb182ea31b14" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f6855a82-f00c-40c4-bd13-a8482faef0a2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B89DD449-BF5C-474F-96C4-48083A7BDF72}">
-[...4 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7ADBAB35-C89F-4892-863F-D74715FC1C33}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F764FC5-1A4D-4FB7-B06C-10AC8486943B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA07E7F6-F9B4-435C-9690-AD94DCF38477}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA07E7F6-F9B4-435C-9690-AD94DCF38477}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B89DD449-BF5C-474F-96C4-48083A7BDF72}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <ds:schemaRef ds:uri="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>630</Words>
-  <Characters>3596</Characters>
+  <Words>373</Words>
+  <Characters>2043</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>195</Lines>
+  <Paragraphs>168</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>UST-21</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>WSRO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4218</CharactersWithSpaces>
+  <CharactersWithSpaces>2260</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>UST-21</dc:title>
   <dc:subject/>
   <dc:creator>mphelps</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101004F141538DCF7D94EBFA87CE86FF5C875</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>