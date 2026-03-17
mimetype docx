--- v0 (2025-10-02)
+++ v1 (2026-03-17)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11430" w:type="dxa"/>
         <w:tblInd w:w="-365" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="563"/>
         <w:gridCol w:w="877"/>
         <w:gridCol w:w="2903"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="247"/>
         <w:gridCol w:w="23"/>
         <w:gridCol w:w="1327"/>
@@ -189,51 +189,51 @@
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D8B9" w14:textId="77777777" w:rsidR="00B96C0F" w:rsidRDefault="00106FCD" w:rsidP="00CD32F0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="342"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79A0DA09" wp14:editId="1786C748">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79A0DA09" wp14:editId="6E6B0861">
                   <wp:extent cx="699060" cy="249555"/>
                   <wp:effectExtent l="0" t="0" r="6350" b="0"/>
                   <wp:docPr id="1" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="NC DEQ Logo B-W"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
@@ -251,51 +251,50 @@
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B96C0F" w14:paraId="79A0D8BE" w14:textId="77777777" w:rsidTr="00AC5874">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2033"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11430" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D8BB" w14:textId="7C1B7741" w:rsidR="00E7584F" w:rsidRPr="006D6D8D" w:rsidRDefault="00E7584F" w:rsidP="006B081F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6D8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Underground Storage Tank (UST) system owners and operators are required to</w:t>
             </w:r>
             <w:r w:rsidRPr="006D6D8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> conduct a </w:t>
@@ -2533,67 +2532,57 @@
               <w:t xml:space="preserve">Dispenser </w:t>
             </w:r>
             <w:r w:rsidR="00B91C93">
               <w:t>Sump</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D8F1" w14:textId="77777777" w:rsidR="00C1755C" w:rsidRDefault="00C1755C" w:rsidP="00053C33">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Disp</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> #</w:t>
+              <w:t>Disp #</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2652,67 +2641,57 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D8F2" w14:textId="77777777" w:rsidR="00C1755C" w:rsidRDefault="00C1755C" w:rsidP="00053C33">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Disp</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> #</w:t>
+              <w:t>Disp #</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2770,67 +2749,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D8F3" w14:textId="77777777" w:rsidR="00C1755C" w:rsidRDefault="00C1755C" w:rsidP="00053C33">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Disp</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> #</w:t>
+              <w:t>Disp #</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2889,67 +2858,57 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D8F4" w14:textId="77777777" w:rsidR="00C1755C" w:rsidRDefault="00C1755C" w:rsidP="00053C33">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Disp</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> #</w:t>
+              <w:t>Disp #</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3008,67 +2967,57 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D8F5" w14:textId="77777777" w:rsidR="00C1755C" w:rsidRDefault="00C1755C" w:rsidP="00053C33">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Disp</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> #</w:t>
+              <w:t>Disp #</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3214,57 +3163,57 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Dropdown1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3280,57 +3229,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D90B" w14:textId="48E3CE88" w:rsidR="008C4E78" w:rsidRDefault="00CC72C7" w:rsidP="00B44527">
             <w:pPr>
@@ -3344,57 +3293,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D90D" w14:textId="66770614" w:rsidR="008C4E78" w:rsidRDefault="00CC72C7" w:rsidP="00B44527">
@@ -3409,57 +3358,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D90F" w14:textId="7F3122D3" w:rsidR="008C4E78" w:rsidRDefault="00CC72C7" w:rsidP="00B44527">
@@ -3474,57 +3423,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC72C7" w14:paraId="0FAF57A7" w14:textId="77777777" w:rsidTr="00AC5874">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -3592,57 +3541,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DB59509" w14:textId="726507E9" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
@@ -3657,57 +3606,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A2356E2" w14:textId="28ED59E6" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
             <w:pPr>
@@ -3721,57 +3670,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58C8E30F" w14:textId="349EA7E5" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
@@ -3786,57 +3735,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DBB90D0" w14:textId="459BBFC7" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
@@ -3851,57 +3800,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC72C7" w14:paraId="1384B7BE" w14:textId="77777777" w:rsidTr="00AC5874">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -3969,57 +3918,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04D0EAC6" w14:textId="4733271E" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
@@ -4034,57 +3983,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DCB6F1E" w14:textId="10707DF9" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
             <w:pPr>
@@ -4098,57 +4047,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6072ACC9" w14:textId="469D654A" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
@@ -4163,57 +4112,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A5B8186" w14:textId="1F43ABB1" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
@@ -4228,57 +4177,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC72C7" w14:paraId="3AE5E630" w14:textId="77777777" w:rsidTr="00160A60">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -4362,57 +4311,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5ED976DD" w14:textId="2226379A" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
@@ -4427,57 +4376,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57B1DA8B" w14:textId="2F2FD9BA" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
             <w:pPr>
@@ -4491,57 +4440,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D19F3AA" w14:textId="59C072AF" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
@@ -4556,57 +4505,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47A5B38C" w14:textId="46FC93AB" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
@@ -4621,57 +4570,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B54BAD" w14:paraId="5194493E" w14:textId="77777777" w:rsidTr="00160A60">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -4852,57 +4801,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24548832" w14:textId="7EA31093" w:rsidR="00B54BAD" w:rsidRDefault="00160A60" w:rsidP="00CC72C7">
@@ -4917,57 +4866,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59F9B058" w14:textId="67DC685D" w:rsidR="00B54BAD" w:rsidRDefault="00160A60" w:rsidP="00CC72C7">
             <w:pPr>
@@ -4981,57 +4930,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AEEF310" w14:textId="500ED94C" w:rsidR="00B54BAD" w:rsidRDefault="00160A60" w:rsidP="00CC72C7">
@@ -5046,57 +4995,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BEF9783" w14:textId="463EE749" w:rsidR="00B54BAD" w:rsidRDefault="00160A60" w:rsidP="00CC72C7">
@@ -5111,57 +5060,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B54BAD" w14:paraId="726F4742" w14:textId="77777777" w:rsidTr="00160A60">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -5295,57 +5244,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="279D8714" w14:textId="782EE7A7" w:rsidR="00B54BAD" w:rsidRDefault="00B54BAD" w:rsidP="00431020">
@@ -5360,57 +5309,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6153D20C" w14:textId="6FE2708E" w:rsidR="00B54BAD" w:rsidRDefault="00B54BAD" w:rsidP="00431020">
             <w:pPr>
@@ -5424,57 +5373,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67ADF0A5" w14:textId="1F2A9A2B" w:rsidR="00B54BAD" w:rsidRDefault="00B54BAD" w:rsidP="00431020">
@@ -5489,57 +5438,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F5E56D" w14:textId="1DC9E7AD" w:rsidR="00B54BAD" w:rsidRDefault="00B54BAD" w:rsidP="00431020">
@@ -5554,57 +5503,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00431020" w14:paraId="129D4230" w14:textId="77777777" w:rsidTr="00AC5874">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -5680,57 +5629,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F455E73" w14:textId="3B24F0BF" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
@@ -5745,57 +5694,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13452896" w14:textId="1334AB1A" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
@@ -5809,57 +5758,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F32CEEB" w14:textId="6694C482" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
@@ -5874,57 +5823,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B38F1B3" w14:textId="744394AD" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
@@ -5939,57 +5888,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00431020" w14:paraId="79A0D91D" w14:textId="77777777" w:rsidTr="00AC5874">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -6091,57 +6040,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D916" w14:textId="65CB2DAE" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -6153,57 +6102,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D918" w14:textId="3EA44E11" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -6214,57 +6163,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D91A" w14:textId="4053C48F" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -6276,57 +6225,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D91C" w14:textId="68A86861" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -6338,57 +6287,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00431020" w14:paraId="28AC29F1" w14:textId="77777777" w:rsidTr="00AC5874">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="989"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -6458,57 +6407,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="644CF10D" w14:textId="63767B13" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -6520,57 +6469,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76C85909" w14:textId="535C7080" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -6581,57 +6530,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F0C9BE3" w14:textId="1C54CE38" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -6643,57 +6592,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21C549C7" w14:textId="7C780D83" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -6705,57 +6654,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00431020" w14:paraId="79A0D92A" w14:textId="77777777" w:rsidTr="00AC5874">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1025"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -6825,57 +6774,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D923" w14:textId="0CA1A4B3" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -6887,57 +6836,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D925" w14:textId="30381868" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -6948,57 +6897,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D927" w14:textId="730D1C27" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -7010,57 +6959,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D929" w14:textId="58FE0438" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -7072,57 +7021,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00431020" w14:paraId="79A0D937" w14:textId="77777777" w:rsidTr="00AC5874">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -7193,57 +7142,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D930" w14:textId="503916B2" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -7255,57 +7204,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D932" w14:textId="39287FC9" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -7316,57 +7265,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D934" w14:textId="61BB02AE" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -7378,57 +7327,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D936" w14:textId="5E62C40C" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -7440,57 +7389,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00431020" w14:paraId="79A0D944" w14:textId="77777777" w:rsidTr="00AC5874">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -7600,57 +7549,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D93D" w14:textId="569DF2D8" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -7662,57 +7611,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D93F" w14:textId="047A39B0" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -7723,57 +7672,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D941" w14:textId="6003DA05" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -7785,57 +7734,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0D943" w14:textId="0ECFDDCB" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -7847,57 +7796,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00431020" w14:paraId="7BDC8631" w14:textId="77777777" w:rsidTr="00AC5874">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11430" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
@@ -8116,123 +8065,121 @@
             <w:tcW w:w="11430" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70AB7C91" w14:textId="77777777" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NORTH CAROLINA DEPARTMENT OF ENVIRONMENTAL QUALITY, DIVISION OF WASTE MANAGEMENT, UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DD6A7DB" w14:textId="5BB4C993" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
+          <w:p w14:paraId="7DD6A7DB" w14:textId="35178DE9" w:rsidR="00431020" w:rsidRDefault="00431020" w:rsidP="00431020">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> (919) 715-1117   </w:t>
+              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (9</w:t>
+            </w:r>
+            <w:r w:rsidR="007E70D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>84) 236-8310</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00C6263F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://www.wastenotnc.org/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidR="00DE41D4">
-[...4 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="007E70D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="009E1049">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>/202</w:t>
             </w:r>
-            <w:r w:rsidR="00DE41D4">
-[...4 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="007E70D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D0B970F" w14:textId="77777777" w:rsidR="00A17369" w:rsidRPr="00D026CE" w:rsidRDefault="00A17369">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11137" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -8392,51 +8339,51 @@
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14556348" w14:textId="0F44AB12" w:rsidR="00A17369" w:rsidRDefault="00A42786" w:rsidP="00A17369">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="342"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58637AAC" wp14:editId="41A5FA79">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58637AAC" wp14:editId="70650483">
                   <wp:extent cx="699060" cy="249555"/>
                   <wp:effectExtent l="0" t="0" r="6350" b="0"/>
                   <wp:docPr id="3" name="Picture 3"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="NC DEQ Logo B-W"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
@@ -11441,57 +11388,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29F54D76" w14:textId="104DF039" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
@@ -11506,57 +11453,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42A96C47" w14:textId="1905868A" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
             <w:pPr>
@@ -11570,57 +11517,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78ABB369" w14:textId="040708B8" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
@@ -11635,57 +11582,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E0EB841" w14:textId="1CE6313F" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
@@ -11700,57 +11647,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC72C7" w14:paraId="434308AD" w14:textId="77777777" w:rsidTr="00022372">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -11819,57 +11766,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34B9AE16" w14:textId="06DAF7A9" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
@@ -11884,57 +11831,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52585995" w14:textId="195BB56F" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
             <w:pPr>
@@ -11948,57 +11895,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22718FEF" w14:textId="6E4C2F26" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
@@ -12013,57 +11960,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79AB7F64" w14:textId="7BB9BE1C" w:rsidR="00CC72C7" w:rsidRDefault="00CC72C7" w:rsidP="00CC72C7">
@@ -12078,57 +12025,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B31228" w14:paraId="18FCC090" w14:textId="77777777" w:rsidTr="00022372">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -12205,57 +12152,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A5699C0" w14:textId="5516CC14" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -12270,57 +12217,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77554898" w14:textId="669FF840" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
             <w:pPr>
@@ -12334,57 +12281,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DCED400" w14:textId="2203990D" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -12399,57 +12346,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22A7C351" w14:textId="7F134D7A" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -12464,57 +12411,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B31228" w14:paraId="3C48E76B" w14:textId="77777777" w:rsidTr="00022372">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -12583,57 +12530,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71FE0E2E" w14:textId="51247FE4" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -12648,57 +12595,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A72FF1C" w14:textId="004B28B8" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
             <w:pPr>
@@ -12712,57 +12659,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68B1AD83" w14:textId="5E65DAFB" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -12777,57 +12724,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="035A5A5A" w14:textId="048EBB9C" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -12842,57 +12789,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B31228" w14:paraId="1F136B5B" w14:textId="77777777" w:rsidTr="00022372">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -12960,57 +12907,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22CB15CF" w14:textId="36C44DA8" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -13025,57 +12972,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6410740C" w14:textId="23E3E4AC" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
             <w:pPr>
@@ -13089,57 +13036,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6640E5FF" w14:textId="78C86EA0" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -13154,57 +13101,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62C44838" w14:textId="3C48EFA7" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -13219,57 +13166,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B31228" w14:paraId="7A62AD30" w14:textId="77777777" w:rsidTr="00022372">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -13345,57 +13292,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BF97611" w14:textId="4B8E5521" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -13410,57 +13357,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C33315C" w14:textId="2E64BFEF" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
             <w:pPr>
@@ -13474,57 +13421,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72F95F53" w14:textId="6A2411B5" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -13539,57 +13486,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63CAE93D" w14:textId="04C83D73" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -13604,57 +13551,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B31228" w14:paraId="1F9D6202" w14:textId="77777777" w:rsidTr="00022372">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -13771,57 +13718,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DB5AB12" w14:textId="4DC68ED0" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -13836,57 +13783,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D707835" w14:textId="5561AC69" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
             <w:pPr>
@@ -13900,57 +13847,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EC0323E" w14:textId="1F2012BC" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -13965,57 +13912,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E5435B7" w14:textId="2C7B80ED" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -14030,57 +13977,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B31228" w14:paraId="7C8E86C1" w14:textId="77777777" w:rsidTr="00022372">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -14165,57 +14112,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18C1A164" w14:textId="0B48AD55" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -14230,57 +14177,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57592B01" w14:textId="7E2E5DE2" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
             <w:pPr>
@@ -14294,57 +14241,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12D3AF9D" w14:textId="53D4964B" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -14359,57 +14306,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E04E33D" w14:textId="1D96AA5E" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -14424,57 +14371,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B31228" w14:paraId="2F9017BF" w14:textId="77777777" w:rsidTr="00022372">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -14559,57 +14506,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4701CBB1" w14:textId="64095316" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -14624,57 +14571,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AF02B21" w14:textId="54C56675" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
             <w:pPr>
@@ -14688,57 +14635,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AB3650E" w14:textId="33F86CD3" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -14753,57 +14700,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F38C2A6" w14:textId="5C7397B8" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -14818,57 +14765,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B31228" w14:paraId="1290FD53" w14:textId="77777777" w:rsidTr="00022372">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -14953,57 +14900,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E3B8455" w14:textId="55B345EF" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -15018,57 +14965,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C50835F" w14:textId="598ED0F1" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
             <w:pPr>
@@ -15082,57 +15029,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67CCD330" w14:textId="56F295B3" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -15147,57 +15094,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37CEC60F" w14:textId="3365E04D" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -15212,57 +15159,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B31228" w14:paraId="4DF6BB05" w14:textId="77777777" w:rsidTr="00022372">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="728"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -15379,57 +15326,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A8E7168" w14:textId="3D281C7B" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -15444,57 +15391,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05A17FB2" w14:textId="46D9616A" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
             <w:pPr>
@@ -15508,57 +15455,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FAC8C22" w14:textId="1C7B0B55" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -15573,57 +15520,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3988BE3B" w14:textId="376E7DF7" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -15638,57 +15585,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B31228" w14:paraId="13A1DA37" w14:textId="77777777" w:rsidTr="00022372">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -15757,57 +15704,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32C80202" w14:textId="5A4EEE85" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -15822,57 +15769,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E01CA50" w14:textId="21214307" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
             <w:pPr>
@@ -15886,57 +15833,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65BB32C1" w14:textId="14152DCD" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -15951,57 +15898,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59971231" w14:textId="0B8AC52D" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
@@ -16016,57 +15963,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="N/A"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="000F76BE">
-[...5 lines deleted...]
-            <w:r w:rsidR="000F76BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B31228" w14:paraId="79A0D9FC" w14:textId="77777777" w:rsidTr="00D026CE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="71"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="20"/>
@@ -16818,259 +16765,264 @@
             <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A0DA05" w14:textId="77777777" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NORTH CAROLINA DEPARTMENT OF ENVIRONMENTAL QUALITY, DIVISION OF WASTE MANAGEMENT, UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79A0DA06" w14:textId="0D5ED788" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
+          <w:p w14:paraId="79A0DA06" w14:textId="20E90DD5" w:rsidR="00B31228" w:rsidRDefault="00B31228" w:rsidP="00B31228">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> (919) 715-1117   </w:t>
+              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (9</w:t>
+            </w:r>
+            <w:r w:rsidR="007E70D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+            <w:r w:rsidR="00614498">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>) 236-8310</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00C6263F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://www.wastenotnc.org/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidR="008857BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidR="00DE41D4">
-[...4 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="00614498">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00795640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>/20</w:t>
             </w:r>
             <w:r w:rsidR="00AE6D10" w:rsidRPr="00795640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00DE41D4">
-[...4 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00614498">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="79A0DA08" w14:textId="77777777" w:rsidR="001B5D37" w:rsidRDefault="001B5D37">
       <w:pPr>
         <w:ind w:left="-1170"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001B5D37" w:rsidSect="00090FEC">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="432" w:right="360" w:bottom="432" w:left="720" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72378F7F" w14:textId="77777777" w:rsidR="00525403" w:rsidRDefault="00525403">
+    <w:p w14:paraId="5C57D54D" w14:textId="77777777" w:rsidR="00AA09AB" w:rsidRDefault="00AA09AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1AA79440" w14:textId="77777777" w:rsidR="00525403" w:rsidRDefault="00525403">
+    <w:p w14:paraId="5652ECD6" w14:textId="77777777" w:rsidR="00AA09AB" w:rsidRDefault="00AA09AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="53FD9CC4" w14:textId="77777777" w:rsidR="00525403" w:rsidRDefault="00525403"/>
+    <w:p w14:paraId="3A9C3A8F" w14:textId="77777777" w:rsidR="00AA09AB" w:rsidRDefault="00AA09AB"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40AFD5D4" w14:textId="77777777" w:rsidR="00525403" w:rsidRDefault="00525403">
+    <w:p w14:paraId="1B1EACD3" w14:textId="77777777" w:rsidR="00AA09AB" w:rsidRDefault="00AA09AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F0F4744" w14:textId="77777777" w:rsidR="00525403" w:rsidRDefault="00525403">
+    <w:p w14:paraId="5650ECA7" w14:textId="77777777" w:rsidR="00AA09AB" w:rsidRDefault="00AA09AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0085D142" w14:textId="77777777" w:rsidR="00525403" w:rsidRDefault="00525403"/>
+    <w:p w14:paraId="326327D0" w14:textId="77777777" w:rsidR="00AA09AB" w:rsidRDefault="00AA09AB"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="052B657B"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A014846"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AF6BB56"/>
     <w:lvl w:ilvl="0" w:tplc="ECECADEA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -17399,96 +17351,94 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="474831806">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1844465777">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1875532301">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="596865681">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="VZtkvdwJ86yfU8pKQs/izfg/Kcr6vryLU/q3dcnAswKR/zNbN6Y5A+pRzRFOMAa0M6+jl3l/fCkNlmP1bZ8Ibw==" w:salt="gnzCn99fmkH/9HThPxhqzA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE7679"/>
     <w:rsid w:val="00016A47"/>
     <w:rsid w:val="00022372"/>
     <w:rsid w:val="000330D0"/>
     <w:rsid w:val="00036CA1"/>
     <w:rsid w:val="0004129E"/>
     <w:rsid w:val="00053C33"/>
     <w:rsid w:val="00090FEC"/>
     <w:rsid w:val="000A04A9"/>
     <w:rsid w:val="000A1590"/>
     <w:rsid w:val="000F3DA0"/>
     <w:rsid w:val="000F543F"/>
     <w:rsid w:val="000F6C77"/>
-    <w:rsid w:val="000F76BE"/>
     <w:rsid w:val="00106FCD"/>
     <w:rsid w:val="001305A4"/>
     <w:rsid w:val="00131CCC"/>
     <w:rsid w:val="00160A60"/>
     <w:rsid w:val="00160B38"/>
     <w:rsid w:val="00161623"/>
     <w:rsid w:val="00175220"/>
     <w:rsid w:val="00193543"/>
     <w:rsid w:val="00193954"/>
     <w:rsid w:val="001A6256"/>
     <w:rsid w:val="001B2DB0"/>
     <w:rsid w:val="001B5D37"/>
     <w:rsid w:val="001C7C94"/>
     <w:rsid w:val="001E5556"/>
     <w:rsid w:val="002077AB"/>
     <w:rsid w:val="0021045B"/>
     <w:rsid w:val="002172E2"/>
     <w:rsid w:val="00244829"/>
     <w:rsid w:val="002449B1"/>
     <w:rsid w:val="00247D8D"/>
     <w:rsid w:val="0025706C"/>
     <w:rsid w:val="00257722"/>
     <w:rsid w:val="00257F64"/>
     <w:rsid w:val="00270545"/>
     <w:rsid w:val="00274F9F"/>
@@ -17514,188 +17464,192 @@
     <w:rsid w:val="00451207"/>
     <w:rsid w:val="00455393"/>
     <w:rsid w:val="00464E11"/>
     <w:rsid w:val="004664AC"/>
     <w:rsid w:val="00472879"/>
     <w:rsid w:val="004957CA"/>
     <w:rsid w:val="004A6D93"/>
     <w:rsid w:val="004B0C48"/>
     <w:rsid w:val="004C2CD5"/>
     <w:rsid w:val="004C5329"/>
     <w:rsid w:val="004F26F4"/>
     <w:rsid w:val="004F4A42"/>
     <w:rsid w:val="005021B0"/>
     <w:rsid w:val="00512223"/>
     <w:rsid w:val="0052061F"/>
     <w:rsid w:val="00524C99"/>
     <w:rsid w:val="00525403"/>
     <w:rsid w:val="005311A1"/>
     <w:rsid w:val="005444BF"/>
     <w:rsid w:val="0056640B"/>
     <w:rsid w:val="005847CF"/>
     <w:rsid w:val="005A3274"/>
     <w:rsid w:val="005B157E"/>
     <w:rsid w:val="005E202B"/>
     <w:rsid w:val="005F3CCE"/>
+    <w:rsid w:val="00614498"/>
     <w:rsid w:val="0062447B"/>
     <w:rsid w:val="00637331"/>
     <w:rsid w:val="006546D7"/>
     <w:rsid w:val="00662659"/>
     <w:rsid w:val="00685A9C"/>
     <w:rsid w:val="006B081F"/>
     <w:rsid w:val="006C136B"/>
     <w:rsid w:val="006D6D8D"/>
     <w:rsid w:val="006F0BDA"/>
     <w:rsid w:val="0070036C"/>
     <w:rsid w:val="00700490"/>
     <w:rsid w:val="00711FB7"/>
     <w:rsid w:val="00721635"/>
     <w:rsid w:val="0072312C"/>
     <w:rsid w:val="00727359"/>
     <w:rsid w:val="00761353"/>
     <w:rsid w:val="0079497C"/>
     <w:rsid w:val="00795640"/>
     <w:rsid w:val="007A09DF"/>
     <w:rsid w:val="007B1EBB"/>
     <w:rsid w:val="007B6DD2"/>
     <w:rsid w:val="007C50F3"/>
     <w:rsid w:val="007D276E"/>
     <w:rsid w:val="007D3176"/>
     <w:rsid w:val="007D3799"/>
+    <w:rsid w:val="007E70D4"/>
     <w:rsid w:val="008441F2"/>
     <w:rsid w:val="00851896"/>
     <w:rsid w:val="008612B2"/>
     <w:rsid w:val="00863C35"/>
     <w:rsid w:val="00870E4E"/>
     <w:rsid w:val="00871CBB"/>
     <w:rsid w:val="00872CE8"/>
     <w:rsid w:val="008732C5"/>
     <w:rsid w:val="00877C32"/>
     <w:rsid w:val="0088125C"/>
     <w:rsid w:val="00882FE2"/>
     <w:rsid w:val="008857BC"/>
     <w:rsid w:val="008B348B"/>
     <w:rsid w:val="008C4E78"/>
     <w:rsid w:val="008E6B2A"/>
     <w:rsid w:val="008F4DE7"/>
     <w:rsid w:val="0092413F"/>
     <w:rsid w:val="009249C2"/>
     <w:rsid w:val="009414D6"/>
     <w:rsid w:val="00943FD2"/>
     <w:rsid w:val="00946634"/>
     <w:rsid w:val="009569F2"/>
     <w:rsid w:val="00960AB4"/>
     <w:rsid w:val="00965654"/>
     <w:rsid w:val="00965E51"/>
     <w:rsid w:val="00973CD0"/>
     <w:rsid w:val="00975F01"/>
     <w:rsid w:val="009867A4"/>
     <w:rsid w:val="00986948"/>
     <w:rsid w:val="00986F6E"/>
+    <w:rsid w:val="009A047C"/>
     <w:rsid w:val="009A0A74"/>
     <w:rsid w:val="009E1049"/>
     <w:rsid w:val="009F12AC"/>
     <w:rsid w:val="009F2C24"/>
     <w:rsid w:val="009F4413"/>
     <w:rsid w:val="00A17369"/>
     <w:rsid w:val="00A23E81"/>
     <w:rsid w:val="00A254E3"/>
     <w:rsid w:val="00A42786"/>
     <w:rsid w:val="00A4459E"/>
     <w:rsid w:val="00A50186"/>
     <w:rsid w:val="00A6191A"/>
     <w:rsid w:val="00A63AB8"/>
     <w:rsid w:val="00A64B78"/>
     <w:rsid w:val="00A72731"/>
     <w:rsid w:val="00A8014F"/>
     <w:rsid w:val="00A904F7"/>
     <w:rsid w:val="00A9404D"/>
+    <w:rsid w:val="00AA09AB"/>
     <w:rsid w:val="00AA1F69"/>
     <w:rsid w:val="00AC5874"/>
     <w:rsid w:val="00AD314B"/>
     <w:rsid w:val="00AE2DE7"/>
     <w:rsid w:val="00AE5B23"/>
     <w:rsid w:val="00AE6D10"/>
     <w:rsid w:val="00AE7FDB"/>
     <w:rsid w:val="00AF5A9F"/>
     <w:rsid w:val="00AF60C5"/>
     <w:rsid w:val="00B16C6E"/>
     <w:rsid w:val="00B31228"/>
     <w:rsid w:val="00B44527"/>
     <w:rsid w:val="00B537D5"/>
     <w:rsid w:val="00B54BAD"/>
     <w:rsid w:val="00B57BD7"/>
     <w:rsid w:val="00B60F67"/>
     <w:rsid w:val="00B75BE0"/>
     <w:rsid w:val="00B86B63"/>
     <w:rsid w:val="00B91C93"/>
     <w:rsid w:val="00B92BE5"/>
     <w:rsid w:val="00B96C0F"/>
     <w:rsid w:val="00BA5915"/>
     <w:rsid w:val="00BB3EC2"/>
     <w:rsid w:val="00BB7A03"/>
     <w:rsid w:val="00BC100A"/>
     <w:rsid w:val="00C1479A"/>
     <w:rsid w:val="00C1755C"/>
     <w:rsid w:val="00C27CD8"/>
     <w:rsid w:val="00C33901"/>
     <w:rsid w:val="00C40525"/>
     <w:rsid w:val="00C51448"/>
     <w:rsid w:val="00C53B65"/>
     <w:rsid w:val="00C565ED"/>
     <w:rsid w:val="00C62CFB"/>
     <w:rsid w:val="00C8037B"/>
     <w:rsid w:val="00C93C55"/>
     <w:rsid w:val="00CA0661"/>
     <w:rsid w:val="00CA257E"/>
     <w:rsid w:val="00CA6D9C"/>
     <w:rsid w:val="00CB7A2B"/>
     <w:rsid w:val="00CC3064"/>
     <w:rsid w:val="00CC72C7"/>
     <w:rsid w:val="00CD127B"/>
     <w:rsid w:val="00CD32F0"/>
     <w:rsid w:val="00CD4CC9"/>
     <w:rsid w:val="00CE7EBB"/>
     <w:rsid w:val="00D02133"/>
     <w:rsid w:val="00D026CE"/>
     <w:rsid w:val="00D10365"/>
     <w:rsid w:val="00D16830"/>
-    <w:rsid w:val="00D230CC"/>
     <w:rsid w:val="00D27920"/>
     <w:rsid w:val="00D412B1"/>
     <w:rsid w:val="00D527C4"/>
     <w:rsid w:val="00D72DEC"/>
     <w:rsid w:val="00D8186D"/>
     <w:rsid w:val="00DD6A40"/>
     <w:rsid w:val="00DE41D4"/>
     <w:rsid w:val="00DE7731"/>
     <w:rsid w:val="00DF5BC7"/>
     <w:rsid w:val="00DF7861"/>
     <w:rsid w:val="00E0291C"/>
     <w:rsid w:val="00E35C56"/>
     <w:rsid w:val="00E36098"/>
     <w:rsid w:val="00E4642F"/>
+    <w:rsid w:val="00E53BCD"/>
     <w:rsid w:val="00E54982"/>
     <w:rsid w:val="00E7584F"/>
     <w:rsid w:val="00E75B16"/>
     <w:rsid w:val="00E860EF"/>
     <w:rsid w:val="00E9468A"/>
     <w:rsid w:val="00EB1014"/>
     <w:rsid w:val="00EB4AC3"/>
     <w:rsid w:val="00EC47A2"/>
     <w:rsid w:val="00ED354F"/>
     <w:rsid w:val="00EF1E2E"/>
     <w:rsid w:val="00EF3392"/>
     <w:rsid w:val="00F10CDF"/>
     <w:rsid w:val="00F20C04"/>
     <w:rsid w:val="00F24E06"/>
     <w:rsid w:val="00F35CCF"/>
     <w:rsid w:val="00F5763C"/>
     <w:rsid w:val="00F61E19"/>
     <w:rsid w:val="00F70874"/>
     <w:rsid w:val="00F823C1"/>
     <w:rsid w:val="00FA2443"/>
     <w:rsid w:val="00FA5AC8"/>
     <w:rsid w:val="00FB4495"/>
     <w:rsid w:val="00FC1466"/>
     <w:rsid w:val="00FD2028"/>
     <w:rsid w:val="00FE57BA"/>
@@ -17713,51 +17667,51 @@
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="79A0D8B7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{AD7DCA9D-8875-4700-8AE6-4864AD657B8D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -18256,51 +18210,51 @@
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC72C7"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00413260"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wastenotnc.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wastenotnc.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -18577,86 +18531,85 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6501bee3-079a-4d16-b86e-fb182ea31b14" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f6855a82-f00c-40c4-bd13-a8482faef0a2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6501bee3-079a-4d16-b86e-fb182ea31b14" xmlns:ns3="f6855a82-f00c-40c4-bd13-a8482faef0a2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="737ddb349c1894bb636271d1b659520d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004F141538DCF7D94EBFA87CE86FF5C875" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69fdabd8ab1c5a25f26ef343b68aa347">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6501bee3-079a-4d16-b86e-fb182ea31b14" xmlns:ns3="f6855a82-f00c-40c4-bd13-a8482faef0a2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0badd0cc8447c29ac78bc4934c6cc6a1" ns2:_="" ns3:_="">
     <xsd:import namespace="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
     <xsd:import namespace="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6501bee3-079a-4d16-b86e-fb182ea31b14" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="4" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
@@ -18718,50 +18671,55 @@
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="8" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -18818,137 +18776,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7B5DFC7-F5B8-4782-83C6-7718C3FCCAD2}">
-[...33 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{116EDAD7-D93C-4761-BF40-D71E93E26129}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
     <ds:schemaRef ds:uri="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC058CE7-21A5-46A2-897B-E7ED35E2970C}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEB00A03-9305-4AD0-987C-990A23D57EED}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7B5DFC7-F5B8-4782-83C6-7718C3FCCAD2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1415</Words>
-  <Characters>8068</Characters>
+  <Words>1527</Words>
+  <Characters>7956</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>67</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>530</Lines>
+  <Paragraphs>412</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>UST-21</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>WSRO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9465</CharactersWithSpaces>
+  <CharactersWithSpaces>9071</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>3670068</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>458</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.wastenotnc.org/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
@@ -18959,27 +18904,30 @@
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>UST-22C Annual Sump Visual Inspection</dc:title>
   <dc:subject/>
   <dc:creator>mphelps</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004F141538DCF7D94EBFA87CE86FF5C875</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="AuthorIds_UIVersion_3072">
     <vt:lpwstr>745</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>