--- v0 (2025-10-02)
+++ v1 (2026-03-17)
@@ -1,294 +1,305 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="11196" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="288"/>
         <w:gridCol w:w="478"/>
         <w:gridCol w:w="692"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1048"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="120"/>
         <w:gridCol w:w="126"/>
         <w:gridCol w:w="126"/>
         <w:gridCol w:w="954"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="1836"/>
         <w:gridCol w:w="414"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="1582"/>
         <w:gridCol w:w="236"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF4269" w:rsidTr="001D7E4A">
+      <w:tr w:rsidR="00EF4269" w14:paraId="01C7EBDB" w14:textId="77777777" w:rsidTr="001D7E4A">
         <w:trPr>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1458" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF4269" w:rsidRPr="001D7E4A" w:rsidRDefault="00927B25" w:rsidP="0037568E">
+          <w:p w14:paraId="01C7EBD8" w14:textId="77777777" w:rsidR="00EF4269" w:rsidRPr="001D7E4A" w:rsidRDefault="00927B25" w:rsidP="0037568E">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00927B25">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>UST-24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF4269" w:rsidRPr="000677A7" w:rsidRDefault="00FC77F4" w:rsidP="001D7E4A">
+          <w:p w14:paraId="01C7EBD9" w14:textId="77777777" w:rsidR="00EF4269" w:rsidRPr="000677A7" w:rsidRDefault="00FC77F4" w:rsidP="001D7E4A">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000677A7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>CERTIFICATION OF NO VISIBLE CORROSION ON METALLIC PIPING COMPONENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF4269" w:rsidRDefault="0037568E" w:rsidP="0037568E">
+          <w:p w14:paraId="01C7EBDA" w14:textId="22BCD82C" w:rsidR="00EF4269" w:rsidRDefault="009444CB" w:rsidP="0037568E">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="442124" cy="466725"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21A0DBE7" wp14:editId="4189116A">
+                  <wp:extent cx="933450" cy="333375"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="1" name="Picture 1"/>
+                  <wp:docPr id="1070065334" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1" name="NC DEQ Logo B-W.png"/>
-                          <pic:cNvPicPr/>
+                          <pic:cNvPr id="0" name="Picture 1"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7" cstate="print">
+                          <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
+                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
-                        <pic:spPr>
+                        <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="445825" cy="470632"/>
+                            <a:ext cx="933450" cy="333375"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF4269" w:rsidTr="000677A7">
+      <w:tr w:rsidR="00EF4269" w14:paraId="01C7EBE1" w14:textId="77777777" w:rsidTr="000677A7">
         <w:trPr>
           <w:trHeight w:val="1340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11196" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF4269" w:rsidRDefault="00FC77F4" w:rsidP="00FC77F4">
+          <w:p w14:paraId="01C7EBDC" w14:textId="77777777" w:rsidR="00EF4269" w:rsidRDefault="00FC77F4" w:rsidP="00FC77F4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC77F4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">This form may be used to document that metallic piping components with no corrosion protection had </w:t>
             </w:r>
             <w:r w:rsidR="000677A7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">no </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC77F4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>visible corrosion on them at the time an approved corrosion protection method was added.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC77F4" w:rsidRDefault="00FC77F4" w:rsidP="00FC77F4">
+          <w:p w14:paraId="01C7EBDD" w14:textId="77777777" w:rsidR="00FC77F4" w:rsidRDefault="00FC77F4" w:rsidP="00FC77F4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This form must be completed by a UST petroleum equipment contractor who has personally examined the metallic piping components for visible corrosion.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC77F4" w:rsidRDefault="00FC77F4" w:rsidP="00FC77F4">
+          <w:p w14:paraId="01C7EBDE" w14:textId="77777777" w:rsidR="00FC77F4" w:rsidRDefault="00FC77F4" w:rsidP="00FC77F4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tank owners and operators should keep this form at the UST site or their place of business for the life of the metallic piping components listed below.  The form must be available for inspection by the UST Section.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EE35A1" w:rsidRDefault="00EE35A1" w:rsidP="00FC77F4">
+          <w:p w14:paraId="01C7EBDF" w14:textId="77777777" w:rsidR="00EE35A1" w:rsidRDefault="00EE35A1" w:rsidP="00FC77F4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A third party certified precision line tightness test must be conducted for all metallic piping components listed on this form at the time the components are certified as having no visible corrosion.</w:t>
             </w:r>
             <w:r w:rsidR="000677A7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> The test results must be </w:t>
             </w:r>
@@ -299,136 +310,136 @@
               </w:rPr>
               <w:t xml:space="preserve">attached to the </w:t>
             </w:r>
             <w:r w:rsidR="000677A7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UST-24 form</w:t>
             </w:r>
             <w:r w:rsidR="001D7E4A">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and maintained for the life of the components</w:t>
             </w:r>
             <w:r w:rsidR="000677A7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC77F4" w:rsidRPr="00FC77F4" w:rsidRDefault="00FC77F4" w:rsidP="00FC77F4">
+          <w:p w14:paraId="01C7EBE0" w14:textId="77777777" w:rsidR="00FC77F4" w:rsidRPr="00FC77F4" w:rsidRDefault="00FC77F4" w:rsidP="00FC77F4">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC77F4">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Please print all information below</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B55A5" w:rsidTr="00175063">
+      <w:tr w:rsidR="001B55A5" w14:paraId="01C7EBE3" w14:textId="77777777" w:rsidTr="00175063">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11196" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidRDefault="001B55A5" w:rsidP="00175063">
+          <w:p w14:paraId="01C7EBE2" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidRDefault="001B55A5" w:rsidP="00175063">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>. UST FACILITY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B55A5" w:rsidTr="001B55A5">
+      <w:tr w:rsidR="001B55A5" w14:paraId="01C7EBEA" w14:textId="77777777" w:rsidTr="001B55A5">
         <w:trPr>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4104" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
           </w:tcPr>
-          <w:p w:rsidR="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="001B55A5">
+          <w:p w14:paraId="01C7EBE4" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="001B55A5">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UST OWNER:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001B55A5" w:rsidRDefault="005D7D93" w:rsidP="00175063">
+          <w:p w14:paraId="01C7EBE5" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRDefault="005D7D93" w:rsidP="00175063">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -480,74 +491,74 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="001B55A5">
+          <w:p w14:paraId="01C7EBE6" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="001B55A5">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FACILITY NAME:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00175063">
+          <w:p w14:paraId="01C7EBE7" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00175063">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -599,74 +610,74 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3258" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="001B55A5">
+          <w:p w14:paraId="01C7EBE8" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="001B55A5">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FACILITY ID NO:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00175063">
+          <w:p w14:paraId="01C7EBE9" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00175063">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -714,204 +725,202 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B55A5" w:rsidTr="001B55A5">
+      <w:tr w:rsidR="001B55A5" w14:paraId="01C7EBF1" w14:textId="77777777" w:rsidTr="001B55A5">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4104" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
           </w:tcPr>
-          <w:p w:rsidR="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="001B55A5">
+          <w:p w14:paraId="01C7EBEB" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="001B55A5">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>STREET ADDRESS:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00175063">
+          <w:p w14:paraId="01C7EBEC" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00175063">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="001B55A5">
+          <w:p w14:paraId="01C7EBED" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="001B55A5">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CITY:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001B55A5" w:rsidRDefault="005D7D93" w:rsidP="001B55A5">
+          <w:p w14:paraId="01C7EBEE" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRDefault="005D7D93" w:rsidP="001B55A5">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -963,74 +972,74 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3258" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="001B55A5">
+          <w:p w14:paraId="01C7EBEF" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="001B55A5">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COUNTY:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00175063">
+          <w:p w14:paraId="01C7EBF0" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00175063">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -1078,121 +1087,121 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001B55A5" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF4269" w:rsidTr="000677A7">
+      <w:tr w:rsidR="00EF4269" w14:paraId="01C7EBF3" w14:textId="77777777" w:rsidTr="000677A7">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11196" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF4269" w:rsidRPr="00AF651F" w:rsidRDefault="00FC77F4" w:rsidP="00EF4269">
+          <w:p w14:paraId="01C7EBF2" w14:textId="77777777" w:rsidR="00EF4269" w:rsidRPr="00AF651F" w:rsidRDefault="00FC77F4" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="001B55A5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>. UST EQUIPMENT CONTRACTOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC77F4" w:rsidTr="00585E21">
+      <w:tr w:rsidR="00FC77F4" w14:paraId="01C7EBF8" w14:textId="77777777" w:rsidTr="00585E21">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
           </w:tcPr>
-          <w:p w:rsidR="00585E21" w:rsidRDefault="0076030B" w:rsidP="00EF4269">
+          <w:p w14:paraId="01C7EBF4" w14:textId="77777777" w:rsidR="00585E21" w:rsidRDefault="0076030B" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COMPANY NAME:</w:t>
             </w:r>
             <w:r w:rsidR="00F769C7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC77F4" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00EF4269">
+          <w:p w14:paraId="01C7EBF5" w14:textId="77777777" w:rsidR="00FC77F4" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F769C7" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -1244,74 +1253,74 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F769C7" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5508" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w:rsidR="00585E21" w:rsidRDefault="0076030B" w:rsidP="00EF4269">
+          <w:p w14:paraId="01C7EBF6" w14:textId="77777777" w:rsidR="00585E21" w:rsidRDefault="0076030B" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>STREET ADDRESS:</w:t>
             </w:r>
             <w:r w:rsidR="00F769C7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC77F4" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00EF4269">
+          <w:p w14:paraId="01C7EBF7" w14:textId="77777777" w:rsidR="00FC77F4" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F769C7" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -1359,86 +1368,86 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F769C7" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0076030B" w:rsidTr="001F385A">
+      <w:tr w:rsidR="0076030B" w14:paraId="01C7EBFF" w14:textId="77777777" w:rsidTr="001F385A">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5058" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00585E21" w:rsidRDefault="0076030B" w:rsidP="00EF4269">
+          <w:p w14:paraId="01C7EBF9" w14:textId="77777777" w:rsidR="00585E21" w:rsidRDefault="0076030B" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CITY:</w:t>
             </w:r>
             <w:r w:rsidR="00F769C7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0076030B" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00EF4269">
+          <w:p w14:paraId="01C7EBFA" w14:textId="77777777" w:rsidR="0076030B" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F769C7" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -1493,74 +1502,74 @@
             <w:r w:rsidR="00F769C7" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2466" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00585E21" w:rsidRDefault="0076030B" w:rsidP="00EF4269">
+          <w:p w14:paraId="01C7EBFB" w14:textId="77777777" w:rsidR="00585E21" w:rsidRDefault="0076030B" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>STATE:</w:t>
             </w:r>
             <w:r w:rsidR="00F769C7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0076030B" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00EF4269">
+          <w:p w14:paraId="01C7EBFC" w14:textId="77777777" w:rsidR="0076030B" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F769C7" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -1615,74 +1624,74 @@
             <w:r w:rsidR="00F769C7" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00585E21" w:rsidRDefault="0076030B" w:rsidP="00EF4269">
+          <w:p w14:paraId="01C7EBFD" w14:textId="77777777" w:rsidR="00585E21" w:rsidRDefault="0076030B" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ZIP CODE:</w:t>
             </w:r>
             <w:r w:rsidR="00F769C7">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0076030B" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00EF4269">
+          <w:p w14:paraId="01C7EBFE" w14:textId="77777777" w:rsidR="0076030B" w:rsidRPr="00AF651F" w:rsidRDefault="005D7D93" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F769C7" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -1730,104 +1739,101 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F769C7" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65137" w:rsidDel="001B55A5" w:rsidTr="001F385A">
+      <w:tr w:rsidR="00C65137" w:rsidDel="001B55A5" w14:paraId="01C7EC05" w14:textId="77777777" w:rsidTr="001F385A">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C65137" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="00C65137" w:rsidP="00EF4269">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC00" w14:textId="77777777" w:rsidR="00C65137" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="00C65137" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="478" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C65137" w:rsidRDefault="00C65137" w:rsidP="00EF4269">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC01" w14:textId="77777777" w:rsidR="00C65137" w:rsidRDefault="00C65137" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>On</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1682" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C65137" w:rsidRDefault="005D7D93" w:rsidP="00C65137">
+          <w:p w14:paraId="01C7EC02" w14:textId="77777777" w:rsidR="00C65137" w:rsidRDefault="005D7D93" w:rsidP="00C65137">
             <w:pPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C65137" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005B4000">
@@ -1879,204 +1885,192 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8512" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C65137" w:rsidRDefault="00C65137" w:rsidP="00EF4269">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC03" w14:textId="77777777" w:rsidR="00C65137" w:rsidRDefault="00C65137" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>(date),  I examined the metallic piping components associated with the underground storage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C65137" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="00C65137" w:rsidP="00EF4269">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC04" w14:textId="77777777" w:rsidR="00C65137" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="00C65137" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B55A5" w:rsidDel="001B55A5" w:rsidTr="001F385A">
+      <w:tr w:rsidR="001B55A5" w:rsidDel="001B55A5" w14:paraId="01C7EC09" w14:textId="77777777" w:rsidTr="001F385A">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC06" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10672" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A11F1C" w:rsidRDefault="00C65137">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC07" w14:textId="77777777" w:rsidR="00A11F1C" w:rsidRDefault="00C65137">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
-              <w:t>tanks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> at the location listed in Section II</w:t>
+              <w:t>tanks at the location listed in Section II</w:t>
             </w:r>
             <w:r w:rsidR="001F385A">
               <w:t>I below</w:t>
             </w:r>
             <w:r>
               <w:t>.  Based on my examination of the metallic piping components, I hereby certify</w:t>
             </w:r>
             <w:r w:rsidR="001F385A">
               <w:t xml:space="preserve">, under penalty of law, </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">that the metallic piping components listed in Section III </w:t>
             </w:r>
             <w:r w:rsidR="001F385A">
               <w:t>below</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> do not have visible corrosion and have passed a tightness test as required by NCGS 143-215.94T(d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC08" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65137" w:rsidDel="001B55A5" w:rsidTr="001F385A">
+      <w:tr w:rsidR="00C65137" w:rsidDel="001B55A5" w14:paraId="01C7EC13" w14:textId="77777777" w:rsidTr="001F385A">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC0A" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3208" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="005D7D93" w:rsidP="001F385A">
+          <w:p w14:paraId="01C7EC0B" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="005D7D93" w:rsidP="001F385A">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C65137" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -2129,147 +2123,141 @@
             </w:r>
             <w:r w:rsidR="00C65137" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC0C" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="246" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC0D" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC0E" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC0F" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC10" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="005D7D93" w:rsidP="001F385A">
+          <w:p w14:paraId="01C7EC11" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="005D7D93" w:rsidP="001F385A">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C65137" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -2322,563 +2310,553 @@
             </w:r>
             <w:r w:rsidR="00C65137" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC12" w14:textId="77777777" w:rsidR="001B55A5" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="001B55A5" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65137" w:rsidDel="001B55A5" w:rsidTr="001F385A">
+      <w:tr w:rsidR="00C65137" w:rsidDel="001B55A5" w14:paraId="01C7EC1D" w14:textId="77777777" w:rsidTr="001F385A">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C65137" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="00C65137" w:rsidP="00EF4269">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC14" w14:textId="77777777" w:rsidR="00C65137" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="00C65137" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3208" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A11F1C" w:rsidRDefault="00927B25">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC15" w14:textId="77777777" w:rsidR="00A11F1C" w:rsidRDefault="00927B25">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00927B25">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Print Contractor Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A11F1C" w:rsidRDefault="00A11F1C">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC16" w14:textId="77777777" w:rsidR="00A11F1C" w:rsidRDefault="00A11F1C">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="246" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A11F1C" w:rsidRDefault="00A11F1C">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC17" w14:textId="77777777" w:rsidR="00A11F1C" w:rsidRDefault="00A11F1C">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A11F1C" w:rsidRDefault="00927B25">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC18" w14:textId="77777777" w:rsidR="00A11F1C" w:rsidRDefault="00927B25">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00927B25">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Signature of Contractor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A11F1C" w:rsidRDefault="00A11F1C">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC19" w14:textId="77777777" w:rsidR="00A11F1C" w:rsidRDefault="00A11F1C">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A11F1C" w:rsidRDefault="00A11F1C">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC1A" w14:textId="77777777" w:rsidR="00A11F1C" w:rsidRDefault="00A11F1C">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A11F1C" w:rsidRDefault="00927B25">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC1B" w14:textId="77777777" w:rsidR="00A11F1C" w:rsidRDefault="00927B25">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00927B25">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C65137" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="00C65137" w:rsidP="00EF4269">
+          </w:tcPr>
+          <w:p w14:paraId="01C7EC1C" w14:textId="77777777" w:rsidR="00C65137" w:rsidRPr="00AF651F" w:rsidDel="001B55A5" w:rsidRDefault="00C65137" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC77F4" w:rsidTr="000677A7">
+      <w:tr w:rsidR="00FC77F4" w14:paraId="01C7EC1F" w14:textId="77777777" w:rsidTr="000677A7">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11196" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC77F4" w:rsidRPr="00AF651F" w:rsidRDefault="00AF651F" w:rsidP="00585E21">
+          <w:p w14:paraId="01C7EC1E" w14:textId="77777777" w:rsidR="00FC77F4" w:rsidRPr="00AF651F" w:rsidRDefault="00AF651F" w:rsidP="00585E21">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>III.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> UST METALLIC PIPING COMPONENTS WITH NO VISIBLE CORROSION PER </w:t>
             </w:r>
             <w:r w:rsidR="00585E21">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>NCGS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> 143-215.94T</w:t>
             </w:r>
             <w:r w:rsidR="00585E21">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF651F" w:rsidTr="000677A7">
+      <w:tr w:rsidR="00AF651F" w14:paraId="01C7EC23" w14:textId="77777777" w:rsidTr="000677A7">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3852" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF651F" w:rsidRPr="00AF651F" w:rsidRDefault="00AF651F" w:rsidP="00AF651F">
+          <w:p w14:paraId="01C7EC20" w14:textId="77777777" w:rsidR="00AF651F" w:rsidRPr="00AF651F" w:rsidRDefault="00AF651F" w:rsidP="00AF651F">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">METALLIC PIPING COMPONENT DESCRIPTION  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF651F" w:rsidRPr="00AF651F" w:rsidRDefault="00AF651F" w:rsidP="00EE35A1">
+          <w:p w14:paraId="01C7EC21" w14:textId="77777777" w:rsidR="00AF651F" w:rsidRPr="00AF651F" w:rsidRDefault="00AF651F" w:rsidP="00EE35A1">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="18"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ASSOCIATED TANK SYSTEM</w:t>
             </w:r>
             <w:r w:rsidR="00EE35A1">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> NO. AND CAPACITY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF651F" w:rsidRPr="00AF651F" w:rsidRDefault="00AF651F" w:rsidP="00EF4269">
+          <w:p w14:paraId="01C7EC22" w14:textId="77777777" w:rsidR="00AF651F" w:rsidRPr="00AF651F" w:rsidRDefault="00AF651F" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF651F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LOCATION OF METALLIC PIPING COMPONENT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE35A1" w:rsidTr="00CC53A0">
+      <w:tr w:rsidR="00EE35A1" w14:paraId="01C7EC2A" w14:textId="77777777" w:rsidTr="00CC53A0">
         <w:trPr>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3852" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="pct10" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE35A1" w:rsidRPr="00CC53A0" w:rsidRDefault="000677A7" w:rsidP="00EE35A1">
+          <w:p w14:paraId="01C7EC24" w14:textId="77777777" w:rsidR="00EE35A1" w:rsidRPr="00CC53A0" w:rsidRDefault="000677A7" w:rsidP="00EE35A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC53A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(example)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000677A7" w:rsidRPr="00CC53A0" w:rsidRDefault="000677A7" w:rsidP="000677A7">
+          <w:p w14:paraId="01C7EC25" w14:textId="77777777" w:rsidR="000677A7" w:rsidRPr="00CC53A0" w:rsidRDefault="000677A7" w:rsidP="000677A7">
             <w:pPr>
               <w:ind w:hanging="1440"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC53A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Stainless steel flexible connector</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="pct10" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE35A1" w:rsidRPr="00CC53A0" w:rsidRDefault="000677A7" w:rsidP="00EE35A1">
+          <w:p w14:paraId="01C7EC26" w14:textId="77777777" w:rsidR="00EE35A1" w:rsidRPr="00CC53A0" w:rsidRDefault="000677A7" w:rsidP="00EE35A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC53A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(example)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000677A7" w:rsidRPr="00CC53A0" w:rsidRDefault="000677A7" w:rsidP="000677A7">
+          <w:p w14:paraId="01C7EC27" w14:textId="77777777" w:rsidR="000677A7" w:rsidRPr="00CC53A0" w:rsidRDefault="000677A7" w:rsidP="000677A7">
             <w:pPr>
               <w:ind w:hanging="1422"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC53A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tank #1-Regular-10,000 gallons</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="pct10" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE35A1" w:rsidRPr="00CC53A0" w:rsidRDefault="000677A7" w:rsidP="00EE35A1">
+          <w:p w14:paraId="01C7EC28" w14:textId="77777777" w:rsidR="00EE35A1" w:rsidRPr="00CC53A0" w:rsidRDefault="000677A7" w:rsidP="00EE35A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC53A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(example)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000677A7" w:rsidRPr="00CC53A0" w:rsidRDefault="000677A7" w:rsidP="000677A7">
+          <w:p w14:paraId="01C7EC29" w14:textId="77777777" w:rsidR="000677A7" w:rsidRPr="00CC53A0" w:rsidRDefault="000677A7" w:rsidP="000677A7">
             <w:pPr>
               <w:ind w:hanging="1404"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC53A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Under dispenser 1/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE35A1" w:rsidTr="008B23B7">
+      <w:tr w:rsidR="00EE35A1" w14:paraId="01C7EC2E" w14:textId="77777777" w:rsidTr="008B23B7">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3852" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC2B" w14:textId="77777777" w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005B4000">
@@ -2927,51 +2905,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC2C" w14:textId="77777777" w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="18"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -3021,51 +2999,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC2D" w14:textId="77777777" w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="36"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -3110,61 +3088,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE35A1" w:rsidTr="008B23B7">
+      <w:tr w:rsidR="00EE35A1" w14:paraId="01C7EC32" w14:textId="77777777" w:rsidTr="008B23B7">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3852" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC2F" w14:textId="77777777" w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005B4000">
@@ -3213,51 +3191,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC30" w14:textId="77777777" w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="18"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -3307,51 +3285,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC31" w14:textId="77777777" w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="36"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -3396,61 +3374,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE35A1" w:rsidTr="008B23B7">
+      <w:tr w:rsidR="00EE35A1" w14:paraId="01C7EC36" w14:textId="77777777" w:rsidTr="008B23B7">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3852" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC33" w14:textId="77777777" w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005B4000">
@@ -3499,51 +3477,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC34" w14:textId="77777777" w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="18"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -3593,51 +3571,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC35" w14:textId="77777777" w:rsidR="00EE35A1" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="36"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -3682,61 +3660,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00EE35A1" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903FDB" w:rsidTr="008B23B7">
+      <w:tr w:rsidR="00903FDB" w14:paraId="01C7EC3A" w14:textId="77777777" w:rsidTr="008B23B7">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3852" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC37" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005B4000">
@@ -3785,51 +3763,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC38" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="18"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -3879,51 +3857,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC39" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="36"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -3968,61 +3946,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903FDB" w:rsidTr="008B23B7">
+      <w:tr w:rsidR="00903FDB" w14:paraId="01C7EC3E" w14:textId="77777777" w:rsidTr="008B23B7">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3852" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC3B" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005B4000">
@@ -4071,51 +4049,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC3C" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="18"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -4165,51 +4143,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC3D" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="36"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -4254,61 +4232,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903FDB" w:rsidTr="008B23B7">
+      <w:tr w:rsidR="00903FDB" w14:paraId="01C7EC42" w14:textId="77777777" w:rsidTr="008B23B7">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3852" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC3F" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005B4000">
@@ -4357,51 +4335,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC40" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="18"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -4451,51 +4429,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC41" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="36"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -4540,61 +4518,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903FDB" w:rsidTr="008B23B7">
+      <w:tr w:rsidR="00903FDB" w14:paraId="01C7EC46" w14:textId="77777777" w:rsidTr="008B23B7">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3852" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC43" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005B4000">
@@ -4643,51 +4621,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC44" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="18"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -4737,51 +4715,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC45" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="36"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -4826,61 +4804,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903FDB" w:rsidTr="008B23B7">
+      <w:tr w:rsidR="00903FDB" w14:paraId="01C7EC4A" w14:textId="77777777" w:rsidTr="008B23B7">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3852" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC47" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005B4000">
@@ -4929,51 +4907,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC48" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="18"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -5023,51 +5001,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC49" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="36"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -5112,61 +5090,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903FDB" w:rsidTr="008B23B7">
+      <w:tr w:rsidR="00903FDB" w14:paraId="01C7EC4E" w14:textId="77777777" w:rsidTr="008B23B7">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3852" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC4B" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005B4000">
@@ -5215,51 +5193,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC4C" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="18"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -5309,51 +5287,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC4D" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="36"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -5398,61 +5376,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903FDB" w:rsidTr="008B23B7">
+      <w:tr w:rsidR="00903FDB" w14:paraId="01C7EC52" w14:textId="77777777" w:rsidTr="008B23B7">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3852" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC4F" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005B4000">
@@ -5501,51 +5479,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC50" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="18"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -5595,51 +5573,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3672" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
+          <w:p w14:paraId="01C7EC51" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRDefault="005D7D93" w:rsidP="008B23B7">
             <w:pPr>
               <w:ind w:left="36"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -5684,303 +5662,338 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00903FDB" w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903FDB" w:rsidTr="00903FDB">
+      <w:tr w:rsidR="00903FDB" w14:paraId="01C7EC54" w14:textId="77777777" w:rsidTr="00903FDB">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11196" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
           </w:tcPr>
-          <w:p w:rsidR="00903FDB" w:rsidRPr="00EE35A1" w:rsidRDefault="00903FDB" w:rsidP="00EF4269">
+          <w:p w14:paraId="01C7EC53" w14:textId="77777777" w:rsidR="00903FDB" w:rsidRPr="00EE35A1" w:rsidRDefault="00903FDB" w:rsidP="00EF4269">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE35A1">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Attach additional copies of form if necessary.  All forms must be completely filled out.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903FDB" w:rsidTr="000677A7">
+      <w:tr w:rsidR="00903FDB" w14:paraId="01C7EC57" w14:textId="77777777" w:rsidTr="000677A7">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11196" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0037568E" w:rsidRDefault="0037568E" w:rsidP="0037568E">
+          <w:p w14:paraId="01C7EC55" w14:textId="77777777" w:rsidR="0037568E" w:rsidRDefault="0037568E" w:rsidP="0037568E">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NORTH CAROLINA DEPARTMENT OF ENVIRONMENTAL QUALITY, DIVISION OF WASTE MANAGEMENT, UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00903FDB" w:rsidRPr="00616B2B" w:rsidRDefault="0037568E" w:rsidP="0037568E">
+          <w:p w14:paraId="01C7EC56" w14:textId="06D8AD9D" w:rsidR="00903FDB" w:rsidRPr="00616B2B" w:rsidRDefault="0037568E" w:rsidP="0037568E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3060"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6750"/>
                 <w:tab w:val="left" w:pos="10065"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (919) 715-1117   </w:t>
+              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (9</w:t>
+            </w:r>
+            <w:r w:rsidR="009444CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>84) 236-8310</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>http://</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>www.wastenotnc.org</w:t>
             </w:r>
             <w:r w:rsidRPr="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/web/wm</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">   10/15</w:t>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="009444CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="009444CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009A0315" w:rsidRPr="00903FDB" w:rsidRDefault="009A0315" w:rsidP="00EF4269">
+    <w:p w14:paraId="01C7EC58" w14:textId="77777777" w:rsidR="009A0315" w:rsidRPr="00903FDB" w:rsidRDefault="009A0315" w:rsidP="00EF4269">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009A0315" w:rsidRPr="00903FDB" w:rsidSect="00EF4269">
-      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009F62D1" w:rsidRDefault="009F62D1" w:rsidP="000677A7">
+    <w:p w14:paraId="0AF3EBEB" w14:textId="77777777" w:rsidR="00784FFD" w:rsidRDefault="00784FFD" w:rsidP="000677A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009F62D1" w:rsidRDefault="009F62D1" w:rsidP="000677A7">
+    <w:p w14:paraId="1A65463E" w14:textId="77777777" w:rsidR="00784FFD" w:rsidRDefault="00784FFD" w:rsidP="000677A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009F62D1" w:rsidRDefault="009F62D1" w:rsidP="000677A7">
+    <w:p w14:paraId="6CD045D5" w14:textId="77777777" w:rsidR="00784FFD" w:rsidRDefault="00784FFD" w:rsidP="000677A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009F62D1" w:rsidRDefault="009F62D1" w:rsidP="000677A7">
+    <w:p w14:paraId="5074ECFB" w14:textId="77777777" w:rsidR="00784FFD" w:rsidRDefault="00784FFD" w:rsidP="000677A7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00AF630A" w:rsidRDefault="00AF630A">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="01C7EC5F" w14:textId="77777777" w:rsidR="00AF630A" w:rsidRDefault="00AF630A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="083C1499"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6FA093A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6050,172 +6063,171 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="487789614">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="LYpHupUueOBtyVanf15zWQ6wfmKv8MWsePpO7gvwO5SRLfCNL4UvEnE1fBj/Eso/c0TyP7oUScvUrg4NsO9uMw==" w:salt="bEG3ZiCTIuhTTWdEVsZ3Rg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9217"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF4269"/>
     <w:rsid w:val="000677A7"/>
     <w:rsid w:val="000E1560"/>
     <w:rsid w:val="00137B38"/>
     <w:rsid w:val="001B55A5"/>
     <w:rsid w:val="001D0F6D"/>
     <w:rsid w:val="001D7E4A"/>
     <w:rsid w:val="001F385A"/>
-    <w:rsid w:val="00375587"/>
     <w:rsid w:val="0037568E"/>
     <w:rsid w:val="00490C4D"/>
     <w:rsid w:val="004A4757"/>
     <w:rsid w:val="004E709C"/>
     <w:rsid w:val="005219A9"/>
     <w:rsid w:val="00585E21"/>
     <w:rsid w:val="005D7D93"/>
     <w:rsid w:val="00616B2B"/>
     <w:rsid w:val="006C0360"/>
     <w:rsid w:val="0076030B"/>
+    <w:rsid w:val="00784FFD"/>
     <w:rsid w:val="008109DF"/>
     <w:rsid w:val="008B23B7"/>
     <w:rsid w:val="00903FDB"/>
     <w:rsid w:val="00927B25"/>
+    <w:rsid w:val="009444CB"/>
     <w:rsid w:val="00985C0C"/>
     <w:rsid w:val="009A0315"/>
     <w:rsid w:val="009F62D1"/>
     <w:rsid w:val="00A11F1C"/>
     <w:rsid w:val="00AB4B31"/>
     <w:rsid w:val="00AF630A"/>
     <w:rsid w:val="00AF651F"/>
     <w:rsid w:val="00B12B97"/>
     <w:rsid w:val="00BD6254"/>
     <w:rsid w:val="00C6361F"/>
     <w:rsid w:val="00C65137"/>
+    <w:rsid w:val="00C932BF"/>
     <w:rsid w:val="00CC53A0"/>
     <w:rsid w:val="00D659F0"/>
     <w:rsid w:val="00E3769C"/>
     <w:rsid w:val="00EE35A1"/>
     <w:rsid w:val="00EF4269"/>
     <w:rsid w:val="00F769C7"/>
     <w:rsid w:val="00FC77F4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9217"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="01C7EBD8"/>
   <w15:docId w15:val="{CD6DE352-9DD8-498E-AB7E-AD213A8A868A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6543,50 +6555,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009A0315"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -6697,57 +6714,57 @@
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00585E21"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6989,75 +7006,394 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6501bee3-079a-4d16-b86e-fb182ea31b14" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f6855a82-f00c-40c4-bd13-a8482faef0a2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004F141538DCF7D94EBFA87CE86FF5C875" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69fdabd8ab1c5a25f26ef343b68aa347">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6501bee3-079a-4d16-b86e-fb182ea31b14" xmlns:ns3="f6855a82-f00c-40c4-bd13-a8482faef0a2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0badd0cc8447c29ac78bc4934c6cc6a1" ns2:_="" ns3:_="">
+    <xsd:import namespace="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <xsd:import namespace="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6501bee3-079a-4d16-b86e-fb182ea31b14" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="4" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="5" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6c5d24a8-8e51-491c-9eb5-efc955b8ec30}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6501bee3-079a-4d16-b86e-fb182ea31b14">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f6855a82-f00c-40c4-bd13-a8482faef0a2" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="6" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="7" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="8" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{600ABD43-B425-4C38-8D93-91A284039B1D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <ds:schemaRef ds:uri="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69AF7839-710F-4258-A260-77488E93939E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3949C44B-E5CB-4810-8A44-9E52AF94BA4F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <ds:schemaRef ds:uri="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>473</Words>
-  <Characters>2699</Characters>
+  <Words>487</Words>
+  <Characters>2684</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>141</Lines>
+  <Paragraphs>121</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>DENR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3166</CharactersWithSpaces>
+  <CharactersWithSpaces>3050</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Steve</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101004F141538DCF7D94EBFA87CE86FF5C875</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>