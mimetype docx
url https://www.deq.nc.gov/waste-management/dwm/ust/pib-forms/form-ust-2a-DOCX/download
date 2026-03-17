--- v0 (2025-10-02)
+++ v1 (2026-03-17)
@@ -1,474 +1,482 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10957" w:type="dxa"/>
         <w:tblInd w:w="18" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="967"/>
         <w:gridCol w:w="810"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="563"/>
         <w:gridCol w:w="247"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1013"/>
         <w:gridCol w:w="427"/>
         <w:gridCol w:w="203"/>
         <w:gridCol w:w="877"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="23"/>
         <w:gridCol w:w="67"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00483F59" w:rsidTr="006D292D">
+      <w:tr w:rsidR="00483F59" w14:paraId="325ED7FC" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2317" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00483F59" w:rsidRDefault="00483F59">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED7F8" w14:textId="77777777" w:rsidR="00483F59" w:rsidRDefault="00483F59">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>UST-2A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00483F59" w:rsidRDefault="00483F59" w:rsidP="00483F59">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED7F9" w14:textId="77777777" w:rsidR="00483F59" w:rsidRDefault="00483F59" w:rsidP="00483F59">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A13974">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Site Investigation Report for Permanent Closure or Change-in-Service of</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00483F59" w:rsidRDefault="00483F59" w:rsidP="00483F59">
+          <w:p w14:paraId="325ED7FA" w14:textId="77777777" w:rsidR="00483F59" w:rsidRDefault="00483F59" w:rsidP="00483F59">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">REGISTERED </w:t>
             </w:r>
             <w:r w:rsidRPr="00A13974">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>UST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00483F59" w:rsidRDefault="00483F59" w:rsidP="00E033CB">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED7FB" w14:textId="790B135B" w:rsidR="00483F59" w:rsidRDefault="004C4574" w:rsidP="00E033CB">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:color w:val="auto"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
-[...10 lines deleted...]
-                  <wp:docPr id="2" name="Picture 2"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39E0BC59" wp14:editId="0A0F4305">
+                  <wp:extent cx="777240" cy="277495"/>
+                  <wp:effectExtent l="0" t="0" r="3810" b="8255"/>
+                  <wp:docPr id="113162784" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 3"/>
+                          <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7">
+                          <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="502920" cy="532130"/>
+                            <a:ext cx="777240" cy="277495"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
-                  <wp14:sizeRelH relativeFrom="margin">
-[...5 lines deleted...]
-                </wp:anchor>
+                </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7C8D" w:rsidTr="00483F59">
+      <w:tr w:rsidR="009F7C8D" w14:paraId="325ED80B" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="935"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6007" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRPr="0090498A" w:rsidRDefault="009F7C8D" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED7FD" w14:textId="77777777" w:rsidR="00227986" w:rsidRPr="0090498A" w:rsidRDefault="009F7C8D" w:rsidP="00227986">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090498A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Return completed form to:</w:t>
             </w:r>
             <w:r w:rsidR="00227986" w:rsidRPr="0090498A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A01516" w:rsidRPr="00483F59" w:rsidRDefault="00A01516" w:rsidP="0090498A">
+          <w:p w14:paraId="325ED7FE" w14:textId="77777777" w:rsidR="00A01516" w:rsidRPr="00483F59" w:rsidRDefault="00A01516" w:rsidP="0090498A">
             <w:pPr>
               <w:ind w:left="2160"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00483F59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NC DEQ / DWM / UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A01516" w:rsidRPr="00483F59" w:rsidRDefault="00A01516" w:rsidP="0090498A">
+          <w:p w14:paraId="325ED7FF" w14:textId="77777777" w:rsidR="00A01516" w:rsidRPr="00483F59" w:rsidRDefault="00A01516" w:rsidP="0090498A">
             <w:pPr>
               <w:ind w:left="2160"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00483F59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1646 MAIL SERVICE CENTER</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A01516" w:rsidRPr="00483F59" w:rsidRDefault="00A01516" w:rsidP="0090498A">
+          <w:p w14:paraId="325ED800" w14:textId="77777777" w:rsidR="00A01516" w:rsidRPr="00483F59" w:rsidRDefault="00A01516" w:rsidP="0090498A">
             <w:pPr>
               <w:ind w:left="2160"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00483F59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>RALEIGH, NC 27699-1646</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A01516" w:rsidRPr="00483F59" w:rsidRDefault="00A01516" w:rsidP="0090498A">
+          <w:p w14:paraId="325ED801" w14:textId="77777777" w:rsidR="00A01516" w:rsidRPr="00483F59" w:rsidRDefault="00A01516" w:rsidP="0090498A">
             <w:pPr>
               <w:ind w:left="2160"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00483F59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ATTN: REGISTRATION &amp; PERMITTING</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A01516" w:rsidRPr="0090498A" w:rsidRDefault="00A01516" w:rsidP="00A01516">
+          <w:p w14:paraId="325ED802" w14:textId="77777777" w:rsidR="00A01516" w:rsidRPr="0090498A" w:rsidRDefault="00A01516" w:rsidP="00A01516">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A13974" w:rsidRDefault="00A01516" w:rsidP="0090498A">
+          <w:p w14:paraId="325ED803" w14:textId="4FA724EC" w:rsidR="00A13974" w:rsidRDefault="00A01516" w:rsidP="0090498A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0090498A">
+            <w:r w:rsidRPr="41354B75">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">phone (919) 707-8171  fax (919) 715-1117    </w:t>
-[...2 lines deleted...]
-              <w:r w:rsidR="006D292D">
+              <w:t>phone (919) 707-8171  fax (9</w:t>
+            </w:r>
+            <w:r w:rsidR="5E34F8B8" w:rsidRPr="41354B75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>84) 236-8310</w:t>
+            </w:r>
+            <w:r w:rsidRPr="41354B75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11">
+              <w:r w:rsidR="006D292D" w:rsidRPr="41354B75">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://www.wastenotnc.org/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="0090498A" w:rsidRPr="0090498A" w:rsidRDefault="0090498A" w:rsidP="0090498A">
+          <w:p w14:paraId="325ED804" w14:textId="77777777" w:rsidR="0090498A" w:rsidRPr="0090498A" w:rsidRDefault="0090498A" w:rsidP="0090498A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED805" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
               <w:t>STATE USE ONLY:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0090498A" w:rsidRDefault="0090498A" w:rsidP="0090498A">
+          <w:p w14:paraId="325ED806" w14:textId="77777777" w:rsidR="0090498A" w:rsidRDefault="0090498A" w:rsidP="0090498A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Facility ID # </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="0090498A" w:rsidP="0090498A">
+          <w:p w14:paraId="325ED807" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="0090498A" w:rsidP="0090498A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -515,74 +523,74 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0090498A" w:rsidRDefault="0090498A" w:rsidP="0090498A">
-[...7 lines deleted...]
-          <w:p w:rsidR="0090498A" w:rsidRDefault="0090498A" w:rsidP="0090498A">
+          <w:p w14:paraId="325ED808" w14:textId="77777777" w:rsidR="0090498A" w:rsidRDefault="0090498A" w:rsidP="0090498A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="325ED809" w14:textId="77777777" w:rsidR="0090498A" w:rsidRDefault="0090498A" w:rsidP="0090498A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Date Received </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="0090498A" w:rsidP="0090498A">
+          <w:p w14:paraId="325ED80A" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="0090498A" w:rsidP="0090498A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -631,466 +639,464 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7C8D" w:rsidTr="00483F59">
+      <w:tr w:rsidR="009F7C8D" w14:paraId="325ED80D" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10957" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D" w:rsidP="00A13974">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED80C" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D" w:rsidP="00A13974">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>INSTRUCTIONS (READ THIS FIRST)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7C8D" w:rsidTr="00483F59">
+      <w:tr w:rsidR="009F7C8D" w14:paraId="325ED814" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10957" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E033CB" w:rsidRPr="009B0277" w:rsidRDefault="00E033CB" w:rsidP="006D292D">
+          <w:p w14:paraId="325ED80E" w14:textId="77777777" w:rsidR="00E033CB" w:rsidRPr="009B0277" w:rsidRDefault="00E033CB" w:rsidP="006D292D">
             <w:pPr>
               <w:pStyle w:val="BodyText3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:left="346" w:hanging="274"/>
             </w:pPr>
             <w:r w:rsidRPr="009B0277">
               <w:t>UST permanent closure</w:t>
             </w:r>
             <w:r w:rsidR="00484A0B">
               <w:t xml:space="preserve"> or</w:t>
             </w:r>
             <w:r w:rsidRPr="009B0277">
               <w:t xml:space="preserve"> change in service must be complete</w:t>
             </w:r>
             <w:r w:rsidR="00484A0B">
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="009B0277">
               <w:t xml:space="preserve"> in accordance with the latest version of the </w:t>
             </w:r>
             <w:r w:rsidRPr="009B0277">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Guidelines for Site Checks, Tank Closure and Initial Response and Abatement</w:t>
             </w:r>
             <w:r w:rsidRPr="009B0277">
               <w:t xml:space="preserve">.  The guidelines can be obtained at </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="00C2674C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>http://deq.nc.gov/about/divisions/waste-management/waste-management-permit-guidance/underground-storage-tanks-section</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="009B0277">
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E033CB" w:rsidRPr="009B0277" w:rsidRDefault="00E033CB" w:rsidP="00B00E66">
+          <w:p w14:paraId="325ED80F" w14:textId="77777777" w:rsidR="00E033CB" w:rsidRPr="009B0277" w:rsidRDefault="00E033CB" w:rsidP="00B00E66">
             <w:pPr>
               <w:pStyle w:val="BodyText3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="342" w:hanging="270"/>
             </w:pPr>
             <w:r w:rsidRPr="009B0277">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Permanent closure:</w:t>
             </w:r>
             <w:r w:rsidRPr="009B0277">
               <w:t xml:space="preserve"> Complete all sections of this form.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E033CB" w:rsidRPr="009B0277" w:rsidRDefault="00E033CB" w:rsidP="00B00E66">
+          <w:p w14:paraId="325ED810" w14:textId="77777777" w:rsidR="00E033CB" w:rsidRPr="009B0277" w:rsidRDefault="00E033CB" w:rsidP="00B00E66">
             <w:pPr>
               <w:pStyle w:val="BodyText3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="342" w:hanging="270"/>
             </w:pPr>
             <w:r w:rsidRPr="009B0277">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Change-in-service:</w:t>
             </w:r>
             <w:r w:rsidRPr="009B0277">
               <w:t xml:space="preserve"> Where</w:t>
             </w:r>
             <w:r w:rsidR="00484A0B">
               <w:t xml:space="preserve"> a</w:t>
             </w:r>
             <w:r w:rsidRPr="009B0277">
               <w:t xml:space="preserve"> UST system will be converted from storing a regulated substance to a non-regulated substance, complete sections I, II, III, IV, and VI</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E033CB" w:rsidRPr="009B0277" w:rsidRDefault="00E033CB" w:rsidP="00B00E66">
+          <w:p w14:paraId="325ED811" w14:textId="77777777" w:rsidR="00E033CB" w:rsidRPr="009B0277" w:rsidRDefault="00E033CB" w:rsidP="00B00E66">
             <w:pPr>
               <w:pStyle w:val="BodyText3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="342" w:hanging="270"/>
             </w:pPr>
             <w:r w:rsidRPr="009B0277">
               <w:t>For more than 5 registered UST systems</w:t>
             </w:r>
             <w:r w:rsidR="006C12E9">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="009B0277">
               <w:t xml:space="preserve"> attach additional forms as needed</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E033CB" w:rsidRPr="00067689" w:rsidRDefault="00E033CB" w:rsidP="00B00E66">
+          <w:p w14:paraId="325ED812" w14:textId="77777777" w:rsidR="00E033CB" w:rsidRPr="00067689" w:rsidRDefault="00E033CB" w:rsidP="00B00E66">
             <w:pPr>
               <w:pStyle w:val="BodyText3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="342" w:hanging="270"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00067689">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Tank Fee Refund: An annual tank fee may be refunded for a tank for which a tank fee was not required. An owner or operator must submit a written request and include: (1) contact information, (2) federal identification # or SSN, and (3) a copy of UST-2 form. The annual tank fee will be prorated based on the date of permanent closure.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="00E033CB" w:rsidP="00C07381">
+          <w:p w14:paraId="325ED813" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="00E033CB" w:rsidP="00C07381">
             <w:pPr>
               <w:pStyle w:val="BodyText3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="342" w:hanging="270"/>
             </w:pPr>
             <w:r w:rsidRPr="009B0277">
               <w:t>UNREGISTERED USTs use Form UST-2B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7C8D" w:rsidTr="00483F59">
+      <w:tr w:rsidR="009F7C8D" w14:paraId="325ED817" w14:textId="77777777" w:rsidTr="41354B75">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5580" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D" w:rsidP="00240C07">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED815" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D" w:rsidP="00240C07">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>I. OWNERSHIP OF TANKS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5377" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D" w:rsidP="00240C07">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED816" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D" w:rsidP="00240C07">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>II. LOCATION OF TANKS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7C8D" w:rsidTr="00483F59">
+      <w:tr w:rsidR="009F7C8D" w14:paraId="325ED81C" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5580" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED818" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Owner Name (Corporation, Individual, Public Agency, or Other Entity) </w:t>
             </w:r>
           </w:p>
           <w:bookmarkStart w:id="0" w:name="Text1"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:p w14:paraId="325ED819" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-[...40 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5377" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED81A" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Facility Name or Company</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="2" w:name="Text36"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:bookmarkStart w:id="1" w:name="Text36"/>
+          <w:p w14:paraId="325ED81B" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -1136,86 +1142,86 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7C8D" w:rsidTr="00483F59">
+      <w:tr w:rsidR="009F7C8D" w14:paraId="325ED821" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5580" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED81D" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Street Address</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="3" w:name="Text33"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:bookmarkStart w:id="2" w:name="Text33"/>
+          <w:p w14:paraId="325ED81E" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -1261,86 +1267,86 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5377" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED81F" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Facility ID # (If known)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="4" w:name="Text37"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:bookmarkStart w:id="3" w:name="Text37"/>
+          <w:p w14:paraId="325ED820" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="60"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -1386,87 +1392,87 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7C8D" w:rsidTr="00483F59">
+      <w:tr w:rsidR="009F7C8D" w14:paraId="325ED828" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED822" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="5" w:name="Text34"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:bookmarkStart w:id="4" w:name="Text34"/>
+          <w:p w14:paraId="325ED823" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -1512,88 +1518,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED824" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>County</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="6" w:name="Text35"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:bookmarkStart w:id="5" w:name="Text35"/>
+          <w:p w14:paraId="325ED825" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="15"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -1639,79 +1645,79 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5377" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED826" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Street Address</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="7" w:name="Text38"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:bookmarkStart w:id="6" w:name="Text38"/>
+          <w:p w14:paraId="325ED827" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -1757,86 +1763,86 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7C8D" w:rsidTr="00483F59">
+      <w:tr w:rsidR="009F7C8D" w14:paraId="325ED833" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED829" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="8" w:name="Text48"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:bookmarkStart w:id="7" w:name="Text48"/>
+          <w:p w14:paraId="325ED82A" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -1857,88 +1863,88 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED82B" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Zip Code</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="9" w:name="Text12"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:bookmarkStart w:id="8" w:name="Text12"/>
+          <w:p w14:paraId="325ED82C" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -1981,79 +1987,79 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2677" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED82D" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="10" w:name="Text39"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:bookmarkStart w:id="9" w:name="Text39"/>
+          <w:p w14:paraId="325ED82E" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -2097,85 +2103,85 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED82F" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>County</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="11" w:name="Text42"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:bookmarkStart w:id="10" w:name="Text42"/>
+          <w:p w14:paraId="325ED830" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="15"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2221,86 +2227,86 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="00A13974">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED831" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="00A13974">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Zip </w:t>
             </w:r>
             <w:r w:rsidR="009F7C8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="12" w:name="Text43"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:bookmarkStart w:id="11" w:name="Text43"/>
+          <w:p w14:paraId="325ED832" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="11"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2346,85 +2352,85 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7C8D" w:rsidTr="00483F59">
+      <w:tr w:rsidR="009F7C8D" w14:paraId="325ED838" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5580" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED834" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="13" w:name="Text14"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:bookmarkStart w:id="12" w:name="Text14"/>
+          <w:p w14:paraId="325ED835" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -2467,78 +2473,78 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5377" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED836" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="14" w:name="Text41"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:bookmarkStart w:id="13" w:name="Text41"/>
+          <w:p w14:paraId="325ED837" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -2582,114 +2588,114 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7C8D" w:rsidTr="00483F59">
+      <w:tr w:rsidR="009F7C8D" w14:paraId="325ED83A" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10957" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D" w:rsidP="00240C07">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED839" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D" w:rsidP="00240C07">
             <w:pPr>
               <w:pStyle w:val="Heading8"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>III. CONTACT PERSONNEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7C8D" w:rsidTr="00483F59">
+      <w:tr w:rsidR="009F7C8D" w14:paraId="325ED841" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED83B" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Contact for Facility: </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="15" w:name="Text21"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:bookmarkStart w:id="14" w:name="Text21"/>
+          <w:p w14:paraId="325ED83C" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -2733,80 +2739,80 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED83D" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Job Title: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:p w14:paraId="325ED83E" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -2863,83 +2869,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED83F" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Phone </w:t>
             </w:r>
             <w:r w:rsidR="00A13974">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="16" w:name="Text52"/>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:bookmarkStart w:id="15" w:name="Text52"/>
+          <w:p w14:paraId="325ED840" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -2983,87 +2989,87 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7C8D" w:rsidTr="006D292D">
+      <w:tr w:rsidR="009F7C8D" w14:paraId="325ED84A" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2317" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED842" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Closure Contractor Name: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:p w14:paraId="325ED843" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3121,69 +3127,69 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3893" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="Text22"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED844" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="Text22"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Closure Contractor Company:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:p w14:paraId="325ED845" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3229,81 +3235,81 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED846" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:p w14:paraId="325ED847" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3361,68 +3367,68 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="00A13974">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED848" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="00A13974">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Phone #</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:p w14:paraId="325ED849" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -3469,83 +3475,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7C8D" w:rsidTr="006D292D">
+      <w:tr w:rsidR="009F7C8D" w14:paraId="325ED853" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2317" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED84B" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Primary Consultant Name: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:p w14:paraId="325ED84C" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3603,69 +3609,69 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3893" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-            <w:bookmarkStart w:id="18" w:name="Text23"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED84D" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="Text23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Primary Consultant Company:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:p w14:paraId="325ED84E" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="30"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3711,81 +3717,81 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED84F" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:p w14:paraId="325ED850" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3843,68 +3849,68 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="00A13974">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED851" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="00A13974">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Phone #</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
+          <w:p w14:paraId="325ED852" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -3951,292 +3957,292 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7C8D" w:rsidTr="00483F59">
+      <w:tr w:rsidR="009F7C8D" w14:paraId="325ED857" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8167" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D" w:rsidP="00067689">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED854" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D" w:rsidP="00067689">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>IV. UST INFORMATION FOR REGISTERED UST SYSTEMS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00067689" w:rsidRPr="00067689" w:rsidRDefault="00067689" w:rsidP="00067689">
+          <w:p w14:paraId="325ED855" w14:textId="77777777" w:rsidR="00067689" w:rsidRPr="00067689" w:rsidRDefault="00067689" w:rsidP="00067689">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:ind w:left="679"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00067689">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>UNREGISTERED USTs use Form UST-2B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D" w:rsidP="00067689">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED856" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRDefault="009F7C8D" w:rsidP="00067689">
             <w:pPr>
               <w:pStyle w:val="Heading6"/>
               <w:spacing w:before="240"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>V.  EXCAVATION CONDITION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A01516" w:rsidTr="00483F59">
+      <w:tr w:rsidR="00A01516" w14:paraId="325ED862" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED858" w14:textId="77777777" w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Tank ID No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED859" w14:textId="77777777" w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Size in Gallons</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED85A" w14:textId="77777777" w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Last Contents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED85B" w14:textId="77777777" w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Last Use Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="0090498A">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED85C" w14:textId="77777777" w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="0090498A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="006608B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Permanent Close Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="0090498A">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED85D" w14:textId="77777777" w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="0090498A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Method of Permanent Closure: Indicate REMOVED or </w:t>
             </w:r>
             <w:r w:rsidR="00C07381">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">enter </w:t>
             </w:r>
             <w:r w:rsidR="0090498A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -4275,522 +4281,473 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:r w:rsidR="00C07381">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>sand</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED85E" w14:textId="77777777" w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Change-in-Service Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
+          <w:p w14:paraId="325ED85F" w14:textId="77777777" w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
               <w:t>Water in excavation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
+          <w:p w14:paraId="325ED860" w14:textId="77777777" w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A01516">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A01516">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
               <w:t>product</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
+          <w:p w14:paraId="325ED861" w14:textId="77777777" w:rsidR="00A01516" w:rsidRDefault="00A01516" w:rsidP="00A01516">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A01516">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
               <w:t>Notable odor or visible soil contamination</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090498A" w:rsidTr="00483F59">
+      <w:tr w:rsidR="0090498A" w14:paraId="325ED870" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED863" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED864" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED865" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED866" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED867" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="0090498A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED868" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED869" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED86A" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="16"/>
-[...138 lines deleted...]
-            <w:gridSpan w:val="2"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+          <w:p w14:paraId="325ED86B" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
-              <w:t>Yes</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="540" w:type="dxa"/>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+          <w:p w14:paraId="325ED86C" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
-              <w:t>No</w:t>
+              <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+          <w:p w14:paraId="325ED86D" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
-              <w:t>Yes</w:t>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+          <w:p w14:paraId="325ED86E" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
-              <w:t>No</w:t>
+              <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+          <w:p w14:paraId="325ED86F" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
-            </w:pPr>
-[...29 lines deleted...]
-              </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090498A" w:rsidTr="00483F59">
+      <w:tr w:rsidR="0090498A" w14:paraId="325ED87E" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED871" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="15"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -4849,53 +4806,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED872" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="7"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -4956,53 +4913,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED873" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="None"/>
                     <w:listEntry w:val="Dielsel, Dielsel Mix"/>
                     <w:listEntry w:val="Fuel Oil"/>
                     <w:listEntry w:val="Gasoline, Gas Mix"/>
                     <w:listEntry w:val="Aviation Gas"/>
@@ -5010,108 +4967,108 @@
                     <w:listEntry w:val="Heating Oil"/>
                     <w:listEntry w:val="Hydaulic Fluid"/>
                     <w:listEntry w:val="Kerosene"/>
                     <w:listEntry w:val="LP/Propane Gas"/>
                     <w:listEntry w:val="Mineral Oil"/>
                     <w:listEntry w:val="Motor Oil"/>
                     <w:listEntry w:val="Natural Gas"/>
                     <w:listEntry w:val="Oil"/>
                     <w:listEntry w:val="Petroleum"/>
                     <w:listEntry w:val="Other Hazardous"/>
                     <w:listEntry w:val="Other Non Petroleum"/>
                     <w:listEntry w:val="Other Petroleum"/>
                     <w:listEntry w:val="Transmission Fluid"/>
                     <w:listEntry w:val="Unknown"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
-[...5 lines deleted...]
-            <w:r w:rsidR="00825E5C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED874" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text57"/>
+            <w:bookmarkStart w:id="18" w:name="Text57"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -5135,65 +5092,65 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="0090498A">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED875" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="0090498A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -5251,53 +5208,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED876" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -5354,53 +5311,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED877" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -5458,300 +5415,300 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED878" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED879" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED87A" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED87B" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED87C" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED87D" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090498A" w:rsidTr="00483F59">
+      <w:tr w:rsidR="0090498A" w14:paraId="325ED88C" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED87F" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="15"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -5810,53 +5767,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED880" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="7"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -5917,53 +5874,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED881" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="None"/>
                     <w:listEntry w:val="Dielsel, Dielsel Mix"/>
                     <w:listEntry w:val="Fuel Oil"/>
                     <w:listEntry w:val="Gasoline, Gas Mix"/>
                     <w:listEntry w:val="Aviation Gas"/>
@@ -5971,108 +5928,108 @@
                     <w:listEntry w:val="Heating Oil"/>
                     <w:listEntry w:val="Hydaulic Fluid"/>
                     <w:listEntry w:val="Kerosene"/>
                     <w:listEntry w:val="LP/Propane Gas"/>
                     <w:listEntry w:val="Mineral Oil"/>
                     <w:listEntry w:val="Motor Oil"/>
                     <w:listEntry w:val="Natural Gas"/>
                     <w:listEntry w:val="Oil"/>
                     <w:listEntry w:val="Petroleum"/>
                     <w:listEntry w:val="Other Hazardous"/>
                     <w:listEntry w:val="Other Non Petroleum"/>
                     <w:listEntry w:val="Other Petroleum"/>
                     <w:listEntry w:val="Transmission Fluid"/>
                     <w:listEntry w:val="Unknown"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
-[...5 lines deleted...]
-            <w:r w:rsidR="00825E5C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED882" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text58"/>
+            <w:bookmarkStart w:id="19" w:name="Text58"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -6096,65 +6053,65 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="0090498A">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED883" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="0090498A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -6212,53 +6169,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED884" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -6315,53 +6272,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED885" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -6419,300 +6376,300 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED886" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED887" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED888" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED889" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED88A" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED88B" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090498A" w:rsidTr="00483F59">
+      <w:tr w:rsidR="0090498A" w14:paraId="325ED89A" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED88D" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="15"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -6771,53 +6728,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED88E" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="7"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -6878,53 +6835,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED88F" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="None"/>
                     <w:listEntry w:val="Dielsel, Dielsel Mix"/>
                     <w:listEntry w:val="Fuel Oil"/>
                     <w:listEntry w:val="Gasoline, Gas Mix"/>
                     <w:listEntry w:val="Aviation Gas"/>
@@ -6932,85 +6889,85 @@
                     <w:listEntry w:val="Heating Oil"/>
                     <w:listEntry w:val="Hydaulic Fluid"/>
                     <w:listEntry w:val="Kerosene"/>
                     <w:listEntry w:val="LP/Propane Gas"/>
                     <w:listEntry w:val="Mineral Oil"/>
                     <w:listEntry w:val="Motor Oil"/>
                     <w:listEntry w:val="Natural Gas"/>
                     <w:listEntry w:val="Oil"/>
                     <w:listEntry w:val="Petroleum"/>
                     <w:listEntry w:val="Other Hazardous"/>
                     <w:listEntry w:val="Other Non Petroleum"/>
                     <w:listEntry w:val="Other Petroleum"/>
                     <w:listEntry w:val="Transmission Fluid"/>
                     <w:listEntry w:val="Unknown"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
-[...5 lines deleted...]
-            <w:r w:rsidR="00825E5C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED890" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -7067,53 +7024,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="0090498A">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED891" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="0090498A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -7171,53 +7128,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED892" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -7274,53 +7231,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED893" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -7378,300 +7335,300 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED894" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED895" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED896" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED897" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED898" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED899" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090498A" w:rsidTr="00483F59">
+      <w:tr w:rsidR="0090498A" w14:paraId="325ED8A8" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED89B" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="15"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -7730,53 +7687,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED89C" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="7"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -7837,53 +7794,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED89D" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="None"/>
                     <w:listEntry w:val="Dielsel, Dielsel Mix"/>
                     <w:listEntry w:val="Fuel Oil"/>
                     <w:listEntry w:val="Gasoline, Gas Mix"/>
                     <w:listEntry w:val="Aviation Gas"/>
@@ -7891,85 +7848,85 @@
                     <w:listEntry w:val="Heating Oil"/>
                     <w:listEntry w:val="Hydaulic Fluid"/>
                     <w:listEntry w:val="Kerosene"/>
                     <w:listEntry w:val="LP/Propane Gas"/>
                     <w:listEntry w:val="Mineral Oil"/>
                     <w:listEntry w:val="Motor Oil"/>
                     <w:listEntry w:val="Natural Gas"/>
                     <w:listEntry w:val="Oil"/>
                     <w:listEntry w:val="Petroleum"/>
                     <w:listEntry w:val="Other Hazardous"/>
                     <w:listEntry w:val="Other Non Petroleum"/>
                     <w:listEntry w:val="Other Petroleum"/>
                     <w:listEntry w:val="Transmission Fluid"/>
                     <w:listEntry w:val="Unknown"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
-[...5 lines deleted...]
-            <w:r w:rsidR="00825E5C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED89E" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -8026,53 +7983,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="0090498A">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED89F" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="0090498A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -8130,53 +8087,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8A0" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -8233,53 +8190,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8A1" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -8337,300 +8294,300 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8A2" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8A3" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8A4" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8A5" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8A6" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8A7" w14:textId="77777777" w:rsidR="00AB4E68" w:rsidRDefault="00AB4E68" w:rsidP="00B00E66">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090498A" w:rsidTr="00483F59">
+      <w:tr w:rsidR="0090498A" w14:paraId="325ED8B6" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8A9" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="15"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -8689,53 +8646,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8AA" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="7"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -8796,53 +8753,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8AB" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="None"/>
                     <w:listEntry w:val="Dielsel, Dielsel Mix"/>
                     <w:listEntry w:val="Fuel Oil"/>
                     <w:listEntry w:val="Gasoline, Gas Mix"/>
                     <w:listEntry w:val="Aviation Gas"/>
@@ -8850,108 +8807,108 @@
                     <w:listEntry w:val="Heating Oil"/>
                     <w:listEntry w:val="Hydaulic Fluid"/>
                     <w:listEntry w:val="Kerosene"/>
                     <w:listEntry w:val="LP/Propane Gas"/>
                     <w:listEntry w:val="Mineral Oil"/>
                     <w:listEntry w:val="Motor Oil"/>
                     <w:listEntry w:val="Natural Gas"/>
                     <w:listEntry w:val="Oil"/>
                     <w:listEntry w:val="Petroleum"/>
                     <w:listEntry w:val="Other Hazardous"/>
                     <w:listEntry w:val="Other Non Petroleum"/>
                     <w:listEntry w:val="Other Petroleum"/>
                     <w:listEntry w:val="Transmission Fluid"/>
                     <w:listEntry w:val="Unknown"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
-[...5 lines deleted...]
-            <w:r w:rsidR="00825E5C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8AC" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text59"/>
+            <w:bookmarkStart w:id="20" w:name="Text59"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
@@ -8975,65 +8932,65 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="0090498A">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8AD" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="0090498A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -9091,53 +9048,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8AE" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -9194,53 +9151,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8AF" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -9298,300 +9255,300 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8B0" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8B1" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8B2" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8B3" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8B4" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8B5" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986" w:rsidP="00227986">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00067689" w:rsidTr="00700F6C">
+      <w:tr w:rsidR="00067689" w14:paraId="325ED8C4" w14:textId="77777777" w:rsidTr="41354B75">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8B7" w14:textId="77777777" w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="15"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -9650,53 +9607,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8B8" w14:textId="77777777" w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="7"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -9757,53 +9714,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8B9" w14:textId="77777777" w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="None"/>
                     <w:listEntry w:val="Dielsel, Dielsel Mix"/>
                     <w:listEntry w:val="Fuel Oil"/>
                     <w:listEntry w:val="Gasoline, Gas Mix"/>
                     <w:listEntry w:val="Aviation Gas"/>
@@ -9811,85 +9768,85 @@
                     <w:listEntry w:val="Heating Oil"/>
                     <w:listEntry w:val="Hydaulic Fluid"/>
                     <w:listEntry w:val="Kerosene"/>
                     <w:listEntry w:val="LP/Propane Gas"/>
                     <w:listEntry w:val="Mineral Oil"/>
                     <w:listEntry w:val="Motor Oil"/>
                     <w:listEntry w:val="Natural Gas"/>
                     <w:listEntry w:val="Oil"/>
                     <w:listEntry w:val="Petroleum"/>
                     <w:listEntry w:val="Other Hazardous"/>
                     <w:listEntry w:val="Other Non Petroleum"/>
                     <w:listEntry w:val="Other Petroleum"/>
                     <w:listEntry w:val="Transmission Fluid"/>
                     <w:listEntry w:val="Unknown"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
-[...5 lines deleted...]
-            <w:r w:rsidR="00825E5C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8BA" w14:textId="77777777" w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -9946,53 +9903,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8BB" w14:textId="77777777" w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -10050,53 +10007,53 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8BC" w14:textId="77777777" w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -10153,53 +10110,53 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8BD" w14:textId="77777777" w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -10257,395 +10214,406 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8BE" w14:textId="77777777" w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8BF" w14:textId="77777777" w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8C0" w14:textId="77777777" w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8C1" w14:textId="77777777" w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8C2" w14:textId="77777777" w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8C3" w14:textId="77777777" w:rsidR="00067689" w:rsidRDefault="00067689" w:rsidP="00700F6C">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00825E5C">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00227986" w:rsidTr="00483F59">
+      <w:tr w:rsidR="00227986" w14:paraId="325ED8C6" w14:textId="77777777" w:rsidTr="41354B75">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10957" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
-            <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00AB4E68" w:rsidP="00BC474E">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8C5" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00AB4E68" w:rsidP="00BC474E">
             <w:pPr>
               <w:pStyle w:val="Heading4"/>
             </w:pPr>
             <w:r>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="00227986">
               <w:t>I. CERTIFICATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00227986" w:rsidTr="00483F59">
+      <w:tr w:rsidR="00227986" w14:paraId="325ED8C8" w14:textId="77777777" w:rsidTr="41354B75">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="593"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10957" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w:rsidR="00227986" w:rsidRDefault="00227986">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8C7" w14:textId="77777777" w:rsidR="00227986" w:rsidRDefault="00227986">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>I certify under penalty of law that I have personally examined and am familiar with the information submitted in this and all attached documents and that based on my inquiry of those individuals immediately responsible for obtaining the information, I believe that the submitted information is true accurate and complete.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00200819" w:rsidTr="00483F59">
+      <w:tr w:rsidR="00200819" w14:paraId="325ED8CB" w14:textId="77777777" w:rsidTr="41354B75">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10957" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w:rsidR="00200819" w:rsidRDefault="00200819" w:rsidP="00200819">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8C9" w14:textId="77777777" w:rsidR="00200819" w:rsidRDefault="00200819" w:rsidP="00200819">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Print name and official title of owner or owner’s authorized representative </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00200819" w:rsidRDefault="00200819" w:rsidP="00200819">
+          <w:p w14:paraId="325ED8CA" w14:textId="77777777" w:rsidR="00200819" w:rsidRDefault="00200819" w:rsidP="00200819">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -10692,112 +10660,117 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D292D" w:rsidTr="0075340A">
+      <w:tr w:rsidR="006D292D" w14:paraId="325ED8CF" w14:textId="77777777" w:rsidTr="41354B75">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w:rsidR="006D292D" w:rsidRDefault="006D292D">
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8CC" w14:textId="77777777" w:rsidR="006D292D" w:rsidRDefault="006D292D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4747" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w:rsidR="006D292D" w:rsidRDefault="006D292D">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="325ED8CD" w14:textId="77777777" w:rsidR="006D292D" w:rsidRDefault="006D292D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Date Signed</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006D292D" w:rsidRDefault="006D292D" w:rsidP="0075340A">
+          <w:p w14:paraId="325ED8CE" w14:textId="77777777" w:rsidR="006D292D" w:rsidRDefault="006D292D" w:rsidP="0075340A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -10844,241 +10817,279 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00483F59" w:rsidTr="00483F59">
+      <w:tr w:rsidR="00483F59" w14:paraId="325ED8D2" w14:textId="77777777" w:rsidTr="41354B75">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10957" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w:rsidR="00483F59" w:rsidRDefault="00483F59" w:rsidP="00483F59">
+          <w:p w14:paraId="325ED8D0" w14:textId="77777777" w:rsidR="00483F59" w:rsidRDefault="00483F59" w:rsidP="00483F59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NORTH CAROLINA DEPARTMENT OF ENVIRONMENTAL QUALITY, DIVISION OF WASTE MANAGEMENT, UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00483F59" w:rsidRDefault="00483F59" w:rsidP="00483F59">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+          <w:p w14:paraId="325ED8D1" w14:textId="59902604" w:rsidR="00483F59" w:rsidRDefault="00483F59" w:rsidP="00483F59">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (9</w:t>
+            </w:r>
+            <w:r w:rsidR="004C4574">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>84) 236-8310</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00903C60">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://www.wastenotnc.org/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">   1/2016</w:t>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="004C4574">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>/20</w:t>
+            </w:r>
+            <w:r w:rsidR="004C4574">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009F7C8D" w:rsidRPr="00240C07" w:rsidRDefault="009F7C8D" w:rsidP="00240C07">
+    <w:p w14:paraId="325ED8D3" w14:textId="77777777" w:rsidR="009F7C8D" w:rsidRPr="00240C07" w:rsidRDefault="009F7C8D" w:rsidP="00240C07">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F7C8D" w:rsidRPr="00240C07" w:rsidSect="00240C07">
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="360" w:left="576" w:header="720" w:footer="540" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:vAlign w:val="center"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B84085" w:rsidRDefault="00B84085" w:rsidP="00240C07">
+    <w:p w14:paraId="6E2FE375" w14:textId="77777777" w:rsidR="0080147A" w:rsidRDefault="0080147A" w:rsidP="00240C07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B84085" w:rsidRDefault="00B84085" w:rsidP="00240C07">
+    <w:p w14:paraId="354F9A94" w14:textId="77777777" w:rsidR="0080147A" w:rsidRDefault="0080147A" w:rsidP="00240C07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B84085" w:rsidRDefault="00B84085" w:rsidP="00240C07">
+    <w:p w14:paraId="432A75E1" w14:textId="77777777" w:rsidR="0080147A" w:rsidRDefault="0080147A" w:rsidP="00240C07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B84085" w:rsidRDefault="00B84085" w:rsidP="00240C07">
+    <w:p w14:paraId="45C8D83D" w14:textId="77777777" w:rsidR="0080147A" w:rsidRDefault="0080147A" w:rsidP="00240C07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48971DB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFC6B050"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -11140,180 +11151,186 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EC31BF1"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DDCA30F6"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="487479712">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1224215438">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="/kj/87Oex/aXrVxDNYnc+kI3lkyyho3pUBKyjC4XM10scoSWvFLMQOj+PBK7ifNW+lm+cbI/vI+0+ualBQPN8g==" w:salt="pt1zyp7gI9Uf6OkUDnCgsQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F2C47"/>
     <w:rsid w:val="000345FA"/>
     <w:rsid w:val="00067689"/>
+    <w:rsid w:val="001B1EE6"/>
     <w:rsid w:val="00200819"/>
     <w:rsid w:val="00227986"/>
     <w:rsid w:val="00240C07"/>
     <w:rsid w:val="00261982"/>
     <w:rsid w:val="002C51D5"/>
     <w:rsid w:val="003672DB"/>
     <w:rsid w:val="00473DDA"/>
     <w:rsid w:val="00483F59"/>
     <w:rsid w:val="00484A0B"/>
+    <w:rsid w:val="004C4574"/>
     <w:rsid w:val="004E0B78"/>
     <w:rsid w:val="004E2C59"/>
     <w:rsid w:val="00565CE4"/>
     <w:rsid w:val="00686801"/>
     <w:rsid w:val="006C12E9"/>
     <w:rsid w:val="006D292D"/>
+    <w:rsid w:val="007144B0"/>
     <w:rsid w:val="00724CE7"/>
     <w:rsid w:val="00753F7B"/>
     <w:rsid w:val="007852FD"/>
     <w:rsid w:val="007E2D35"/>
-    <w:rsid w:val="00825E5C"/>
+    <w:rsid w:val="0080147A"/>
     <w:rsid w:val="0090498A"/>
     <w:rsid w:val="009B0268"/>
     <w:rsid w:val="009B0277"/>
     <w:rsid w:val="009D1DE1"/>
     <w:rsid w:val="009F2C47"/>
     <w:rsid w:val="009F7C8D"/>
     <w:rsid w:val="00A01516"/>
     <w:rsid w:val="00A13974"/>
     <w:rsid w:val="00AB4E68"/>
     <w:rsid w:val="00B00E66"/>
     <w:rsid w:val="00B84085"/>
     <w:rsid w:val="00BB765C"/>
     <w:rsid w:val="00BC474E"/>
     <w:rsid w:val="00BF5EA8"/>
     <w:rsid w:val="00C07381"/>
     <w:rsid w:val="00C12E54"/>
     <w:rsid w:val="00C2674C"/>
     <w:rsid w:val="00C91A1F"/>
     <w:rsid w:val="00D7613A"/>
     <w:rsid w:val="00E033CB"/>
     <w:rsid w:val="00F80905"/>
     <w:rsid w:val="00FB34B3"/>
+    <w:rsid w:val="41354B75"/>
+    <w:rsid w:val="5E34F8B8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="325ED7F8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6A4EFAE4-F3B6-4D5E-9B86-03BEE320469E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11641,50 +11658,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="2" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
@@ -11942,57 +11964,57 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00240C07"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E033CB"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wastenotnc.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wastenotnc.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://deq.nc.gov/about/divisions/waste-management/waste-management-permit-guidance/underground-storage-tanks-section" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wastenotnc.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://deq.nc.gov/about/divisions/waste-management/waste-management-permit-guidance/underground-storage-tanks-section" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wastenotnc.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -12212,97 +12234,379 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004F141538DCF7D94EBFA87CE86FF5C875" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69fdabd8ab1c5a25f26ef343b68aa347">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6501bee3-079a-4d16-b86e-fb182ea31b14" xmlns:ns3="f6855a82-f00c-40c4-bd13-a8482faef0a2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0badd0cc8447c29ac78bc4934c6cc6a1" ns2:_="" ns3:_="">
+    <xsd:import namespace="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <xsd:import namespace="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6501bee3-079a-4d16-b86e-fb182ea31b14" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="4" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="5" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6c5d24a8-8e51-491c-9eb5-efc955b8ec30}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6501bee3-079a-4d16-b86e-fb182ea31b14">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f6855a82-f00c-40c4-bd13-a8482faef0a2" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="6" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="7" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="8" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6501bee3-079a-4d16-b86e-fb182ea31b14" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f6855a82-f00c-40c4-bd13-a8482faef0a2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDDA0916-4D9E-48EF-9AF7-8E8A7986FE37}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <ds:schemaRef ds:uri="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F7AFC9C-71E1-431A-8F8C-0C228B42EE24}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3945B25-5B57-4183-98CB-A52091C5AAB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <ds:schemaRef ds:uri="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>789</Words>
-  <Characters>4498</Characters>
+  <Words>846</Words>
+  <Characters>4442</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>341</Lines>
+  <Paragraphs>330</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company> </Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5277</CharactersWithSpaces>
+  <CharactersWithSpaces>4958</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>UST-2    Site Investigation Report for Permanent Closure or Change-In-Service of UST</dc:title>
+  <dc:title>UST-2A  Site Investigation Report for Permanent Closure or Change-In-Service of UST (Registered)</dc:title>
   <dc:subject/>
   <dc:creator>Datarney</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101004F141538DCF7D94EBFA87CE86FF5C875</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>