--- v0 (2025-10-02)
+++ v1 (2026-03-17)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="180"/>
@@ -206,51 +206,51 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="739967C9" w14:textId="05A9CDA8" w:rsidR="00CD1760" w:rsidRDefault="00CD1760" w:rsidP="00CD1760">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="342"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E4369EA" wp14:editId="7B2BEDA3">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E4369EA" wp14:editId="165ECD97">
                   <wp:extent cx="720090" cy="256540"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="2" name="Picture 2"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="DEQLogo(2-color)_Small_1.5X0.5.png"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
@@ -1390,72 +1390,70 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="739967F1" w14:textId="77777777" w:rsidR="00CA4BCC" w:rsidRDefault="00CA4BCC">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="739967F2" w14:textId="77777777" w:rsidR="00CA4BCC" w:rsidRDefault="00CA4BCC">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="739967F3" w14:textId="77777777" w:rsidR="00CA4BCC" w:rsidRDefault="00CA4BCC">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
@@ -1512,51 +1510,50 @@
               <w:rPr>
                 <w:noProof/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="739967F4" w14:textId="77777777" w:rsidR="00CA4BCC" w:rsidRDefault="00CA4BCC">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA4BCC" w14:paraId="739967FF" w14:textId="77777777" w:rsidTr="006B739F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -1661,84 +1658,81 @@
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="739967FB" w14:textId="77777777" w:rsidR="00CA4BCC" w:rsidRDefault="00CA4BCC">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="739967FC" w14:textId="77777777" w:rsidR="00CA4BCC" w:rsidRDefault="00CA4BCC" w:rsidP="00B9300E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="739967FD" w14:textId="77777777" w:rsidR="00CA4BCC" w:rsidRDefault="00CA4BCC" w:rsidP="00CA4BCC">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Test Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="739967FE" w14:textId="77777777" w:rsidR="00CA4BCC" w:rsidRDefault="00CA4BCC">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00445925" w14:paraId="73996802" w14:textId="77777777" w:rsidTr="00F14E49">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="110"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
@@ -1812,141 +1806,133 @@
               </w:rPr>
               <w:t>(By Dispenser No. or Tank Number, Tank Size, Stored Product</w:t>
             </w:r>
             <w:r w:rsidR="00FE2D3D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidR="00FE2D3D" w:rsidRPr="00CD4143">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">e.g. </w:t>
             </w:r>
             <w:r w:rsidR="003051B2" w:rsidRPr="00CD4143">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">#1 </w:t>
             </w:r>
             <w:r w:rsidR="00FE2D3D" w:rsidRPr="00CD4143">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">10k Regular STP, </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>10k Regular STP, Disp</w:t>
+            </w:r>
             <w:r w:rsidR="00C228DF" w:rsidRPr="00CD4143">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> 1/2, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="73996804" w14:textId="77777777" w:rsidR="00E81AF6" w:rsidRDefault="00265EA6">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006C46C2">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996805" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00265EA6">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006C46C2">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996806" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00491535">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -2038,89 +2024,89 @@
           </w:tcPr>
           <w:p w14:paraId="73996807" w14:textId="77777777" w:rsidR="00E81AF6" w:rsidRDefault="00265EA6" w:rsidP="006C46C2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006C46C2">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00491535">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996808" w14:textId="77777777" w:rsidR="006C46C2" w:rsidRDefault="00265EA6" w:rsidP="006C46C2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006C46C2">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00491535">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996809" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00491535" w:rsidP="006C46C2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#:  </w:t>
@@ -2210,89 +2196,89 @@
           </w:tcPr>
           <w:p w14:paraId="7399680A" w14:textId="77777777" w:rsidR="00E81AF6" w:rsidRDefault="00265EA6" w:rsidP="006C46C2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006C46C2">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00491535">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7399680B" w14:textId="77777777" w:rsidR="006C46C2" w:rsidRDefault="00265EA6" w:rsidP="006C46C2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006C46C2">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00491535">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7399680C" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00491535" w:rsidP="006C46C2">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -2388,89 +2374,89 @@
           </w:tcPr>
           <w:p w14:paraId="7399680D" w14:textId="77777777" w:rsidR="00E81AF6" w:rsidRDefault="00265EA6" w:rsidP="006C46C2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006C46C2">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00491535">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7399680E" w14:textId="77777777" w:rsidR="006C46C2" w:rsidRDefault="00265EA6" w:rsidP="006C46C2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006C46C2">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00491535">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7399680F" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00491535" w:rsidP="006C46C2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#:  </w:t>
@@ -2561,89 +2547,89 @@
           </w:tcPr>
           <w:p w14:paraId="73996810" w14:textId="77777777" w:rsidR="00E81AF6" w:rsidRDefault="00265EA6" w:rsidP="006C46C2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006C46C2">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00491535">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996811" w14:textId="77777777" w:rsidR="006C46C2" w:rsidRDefault="00265EA6" w:rsidP="006C46C2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006C46C2">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00491535">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996812" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00491535" w:rsidP="006C46C2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#:  </w:t>
@@ -2734,89 +2720,89 @@
           </w:tcPr>
           <w:p w14:paraId="73996813" w14:textId="77777777" w:rsidR="00E81AF6" w:rsidRDefault="00265EA6" w:rsidP="006C46C2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006C46C2">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00491535">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996814" w14:textId="77777777" w:rsidR="006C46C2" w:rsidRDefault="00265EA6" w:rsidP="006C46C2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006C46C2">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00491535">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996815" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00491535" w:rsidP="006C46C2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#:  </w:t>
@@ -2981,440 +2967,440 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996822" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00265EA6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996823" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00265EA6">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996824" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00265EA6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996825" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00265EA6">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996826" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00265EA6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996827" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00265EA6">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996828" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00265EA6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996829" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00265EA6">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7399682A" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00265EA6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7399682B" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00265EA6">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7399682C" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00265EA6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7399682D" w14:textId="77777777" w:rsidR="00445925" w:rsidRDefault="00265EA6">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00445925">
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00003BE1" w14:paraId="7399684A" w14:textId="77777777" w:rsidTr="00F14E49">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3434,440 +3420,440 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7399683E" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:pPr>
               <w:spacing w:before="40"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Hydrostatic</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7399683F" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Vacuum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996840" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:pPr>
               <w:spacing w:before="40"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Hydrostatic</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996841" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Vacuum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996842" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:pPr>
               <w:spacing w:before="40"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Hydrostatic</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996843" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Vacuum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996844" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:pPr>
               <w:spacing w:before="40"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Hydrostatic</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996845" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Vacuum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996846" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:pPr>
               <w:spacing w:before="40"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Hydrostatic</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996847" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Vacuum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996848" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:pPr>
               <w:spacing w:before="40"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Hydrostatic</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73996849" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Vacuum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00003BE1" w14:paraId="7399684C" w14:textId="77777777" w:rsidTr="00003BE1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11250" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3914,408 +3900,408 @@
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7399684E" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7399684F" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996850" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996851" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996852" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996853" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00003BE1" w14:paraId="7399685C" w14:textId="77777777" w:rsidTr="00F14E49">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
@@ -4333,408 +4319,408 @@
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996856" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996857" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996858" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996859" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7399685A" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7399685B" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00003BE1" w14:paraId="73996864" w14:textId="77777777" w:rsidTr="00E81AF6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
@@ -7562,418 +7548,418 @@
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996889" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7399688A" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7399688B" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7399688C" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7399688D" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7399688E" w14:textId="77777777" w:rsidR="00003BE1" w:rsidRDefault="00003BE1" w:rsidP="00003BE1">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00003BE1" w14:paraId="73996891" w14:textId="77777777" w:rsidTr="00F14E49">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11250" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8202,96 +8188,102 @@
       </w:tr>
       <w:tr w:rsidR="00232B40" w14:paraId="7399689A" w14:textId="77777777" w:rsidTr="00232B40">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10327" w:type="dxa"/>
             <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73996897" w14:textId="77777777" w:rsidR="00232B40" w:rsidRDefault="00232B40" w:rsidP="00003BE1">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>NORTH CAROLINA DEPARTMENT OF ENVIRONMENTAL QUALITY, DIVISION OF WASTE MANAGEMENT, UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73996898" w14:textId="77777777" w:rsidR="00232B40" w:rsidRDefault="00232B40" w:rsidP="00003BE1">
+          <w:p w14:paraId="73996898" w14:textId="31F18237" w:rsidR="00232B40" w:rsidRDefault="00232B40" w:rsidP="00003BE1">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (919) 715-1117   </w:t>
+              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (9</w:t>
+            </w:r>
+            <w:r w:rsidR="00C35E84">
+              <w:t>84) 236-8310</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00FA5C66">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://www.wastenotnc.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73996899" w14:textId="1C3DD2BB" w:rsidR="00232B40" w:rsidRDefault="005B697A" w:rsidP="00003BE1">
+          <w:p w14:paraId="73996899" w14:textId="28B25AB9" w:rsidR="00232B40" w:rsidRDefault="00C35E84" w:rsidP="00003BE1">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>5</w:t>
-[...2 lines deleted...]
-              <w:t>/</w:t>
+              <w:t>3/</w:t>
             </w:r>
             <w:r w:rsidR="00193530">
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00485476">
-              <w:t>20</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7399689B" w14:textId="2C9544F5" w:rsidR="00445925" w:rsidRDefault="00445925">
       <w:pPr>
         <w:ind w:left="-1170"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="758330E9" w14:textId="2042FDE3" w:rsidR="00420563" w:rsidRDefault="00420563">
       <w:pPr>
         <w:ind w:left="-1170"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4512A2E4" w14:textId="18434ECA" w:rsidR="00420563" w:rsidRPr="00E441CC" w:rsidRDefault="00420563">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -8458,51 +8450,51 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="356BAE0B" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="342"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="765CFDD6" wp14:editId="6882EEBB">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="765CFDD6" wp14:editId="3439542B">
                   <wp:extent cx="720090" cy="256540"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="3" name="Picture 3"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="DEQLogo(2-color)_Small_1.5X0.5.png"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
@@ -8620,59 +8612,51 @@
             </w:pPr>
             <w:r>
               <w:t>If a UDC / containment sump fails a periodic tightness test, the sump must be replaced or repaired by the manufacturer, or the manufacturer’s authorized representative in accordance with the manufacturer’s specifications</w:t>
             </w:r>
             <w:r w:rsidR="00506095">
               <w:t>, or in accordance with a code of practice developed by a nationally recognized association</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E0057DC" w14:textId="4465B377" w:rsidR="00BD3067" w:rsidRDefault="00BD3067" w:rsidP="00420563">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Attach all setup reports </w:t>
             </w:r>
             <w:r w:rsidR="00F83838" w:rsidRPr="00F83838">
-              <w:t xml:space="preserve">(e.g. Veeder-Root:  Output Relay Setup, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+              <w:t xml:space="preserve">(e.g. Veeder-Root:  Output Relay Setup, Incon: </w:t>
             </w:r>
             <w:r w:rsidR="005C276F">
               <w:t>Main console setup</w:t>
             </w:r>
             <w:r w:rsidR="00F83838" w:rsidRPr="00F83838">
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">for the sensor alarms positive shut-down </w:t>
             </w:r>
             <w:r w:rsidR="00F83838">
               <w:t xml:space="preserve">to this form. </w:t>
             </w:r>
             <w:r w:rsidR="00F83838" w:rsidRPr="00F83838">
               <w:t>If the dispenser has a standalone sensor to shut-down the dispenser then annotate on the test form in the comments section.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00420563" w14:paraId="3C85CD19" w14:textId="77777777" w:rsidTr="00420563">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="280"/>
         </w:trPr>
         <w:tc>
@@ -9697,72 +9681,70 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="763D41ED" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="271726FF" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E3FCEE4" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
@@ -9819,51 +9801,50 @@
               <w:rPr>
                 <w:noProof/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30F0DAE5" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00420563" w14:paraId="2BAB330A" w14:textId="77777777" w:rsidTr="00420563">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -9968,84 +9949,81 @@
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="4ADBE934" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="718E436F" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1947" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79BDE777" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Test Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0565C109" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00420563" w14:paraId="5E861D79" w14:textId="77777777" w:rsidTr="00420563">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="110"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
@@ -10101,141 +10079,127 @@
           </w:tcPr>
           <w:p w14:paraId="5A258E63" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Identify UDC/sump </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">(By Dispenser No. or Tank Number, Tank Size, Stored Product; </w:t>
             </w:r>
             <w:r w:rsidRPr="00CD4143">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">e.g. #1 10k Regular STP, </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> 1/2, etc.)</w:t>
+              <w:t>e.g. #1 10k Regular STP, Disp 1/2, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6DD4473A" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03BD5F0E" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12F44D9E" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -10327,89 +10291,89 @@
           </w:tcPr>
           <w:p w14:paraId="41525C59" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FAD93C8" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="110B2425" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#:  </w:t>
@@ -10499,89 +10463,89 @@
           </w:tcPr>
           <w:p w14:paraId="737653AA" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D7491C1" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C08494B" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -10677,89 +10641,89 @@
           </w:tcPr>
           <w:p w14:paraId="04F09439" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C72F73F" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0183E9A2" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#:  </w:t>
@@ -10850,89 +10814,89 @@
           </w:tcPr>
           <w:p w14:paraId="3CA692BD" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D5840EA" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DBF37A9" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#:  </w:t>
@@ -11023,89 +10987,89 @@
           </w:tcPr>
           <w:p w14:paraId="4BC72264" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="317F218F" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75372C82" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#:  </w:t>
@@ -11263,440 +11227,440 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52994AD7" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DD8F2D2" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66E83E86" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76B38B85" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60FC5C49" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C6D36CF" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14DC7852" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6900A273" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58650C9D" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37A1C006" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5350699D" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EF09828" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00420563" w14:paraId="7601F2ED" w14:textId="77777777" w:rsidTr="00420563">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11250" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -11743,408 +11707,408 @@
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5114993D" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E47976C" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B88D10B" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AC85F6D" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44019690" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BF9F479" w14:textId="77777777" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00420563">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D641B" w14:paraId="718817FD" w14:textId="77777777" w:rsidTr="0063141D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
@@ -12159,408 +12123,408 @@
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3500CF56" w14:textId="15FD4646" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B1EE597" w14:textId="5E8AF8D9" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B5AB967" w14:textId="15261B00" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1287A5D2" w14:textId="35A0B78B" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78F13770" w14:textId="3DC5C455" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58E8AED5" w14:textId="7F003783" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B40693" w14:paraId="6998747D" w14:textId="77777777" w:rsidTr="0063141D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="674"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
@@ -12575,408 +12539,408 @@
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38C916DF" w14:textId="77777777" w:rsidR="00B40693" w:rsidRDefault="00B40693" w:rsidP="00B40693">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="157F2D80" w14:textId="77777777" w:rsidR="00B40693" w:rsidRDefault="00B40693" w:rsidP="00B40693">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B013BBA" w14:textId="77777777" w:rsidR="00B40693" w:rsidRDefault="00B40693" w:rsidP="00B40693">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="095D1934" w14:textId="77777777" w:rsidR="00B40693" w:rsidRDefault="00B40693" w:rsidP="00B40693">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="539C9012" w14:textId="77777777" w:rsidR="00B40693" w:rsidRDefault="00B40693" w:rsidP="00B40693">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="384FD483" w14:textId="77777777" w:rsidR="00B40693" w:rsidRDefault="00B40693" w:rsidP="00B40693">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D641B" w14:paraId="3CBAAA1F" w14:textId="77777777" w:rsidTr="00420563">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
@@ -12991,408 +12955,408 @@
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="298E6C35" w14:textId="2B66A583" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57D9EB25" w14:textId="39EB9F4E" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E1EC5A1" w14:textId="2461459A" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D908D80" w14:textId="2626A8AB" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D914371" w14:textId="040DB158" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18D4F4A9" w14:textId="26E61D18" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D641B" w14:paraId="2C6DC4EE" w14:textId="77777777" w:rsidTr="00420563">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
@@ -13418,408 +13382,408 @@
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="472D1CA8" w14:textId="11BE0C24" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28B144B4" w14:textId="42E46F02" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33A587E8" w14:textId="508386D4" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="705B92F0" w14:textId="60D84A75" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04210238" w14:textId="64AD435E" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="015EC9BB" w14:textId="65FE5752" w:rsidR="000D641B" w:rsidRDefault="000D641B" w:rsidP="000D641B">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009800A8" w14:paraId="5835C88F" w14:textId="77777777" w:rsidTr="00420563">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
@@ -16191,418 +16155,418 @@
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1960C077" w14:textId="77777777" w:rsidR="009800A8" w:rsidRDefault="009800A8" w:rsidP="009800A8">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FC44E7A" w14:textId="77777777" w:rsidR="009800A8" w:rsidRDefault="009800A8" w:rsidP="009800A8">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19036F78" w14:textId="77777777" w:rsidR="009800A8" w:rsidRDefault="009800A8" w:rsidP="009800A8">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33D81D92" w14:textId="77777777" w:rsidR="009800A8" w:rsidRDefault="009800A8" w:rsidP="009800A8">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04F32EC1" w14:textId="77777777" w:rsidR="009800A8" w:rsidRDefault="009800A8" w:rsidP="009800A8">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="005544E2" w14:textId="77777777" w:rsidR="009800A8" w:rsidRDefault="009800A8" w:rsidP="009800A8">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009800A8" w14:paraId="2C423C6F" w14:textId="77777777" w:rsidTr="00420563">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11250" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16831,93 +16795,102 @@
       </w:tr>
       <w:tr w:rsidR="009800A8" w14:paraId="46C9F565" w14:textId="77777777" w:rsidTr="00420563">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10327" w:type="dxa"/>
             <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FD7CAA0" w14:textId="77777777" w:rsidR="009800A8" w:rsidRDefault="009800A8" w:rsidP="009800A8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>NORTH CAROLINA DEPARTMENT OF ENVIRONMENTAL QUALITY, DIVISION OF WASTE MANAGEMENT, UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3485293A" w14:textId="77777777" w:rsidR="009800A8" w:rsidRDefault="009800A8" w:rsidP="009800A8">
+          <w:p w14:paraId="3485293A" w14:textId="0C7A5F4F" w:rsidR="009800A8" w:rsidRDefault="009800A8" w:rsidP="009800A8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (919) 715-1117   </w:t>
+              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (9</w:t>
+            </w:r>
+            <w:r w:rsidR="00C35E84">
+              <w:t>84) 236-8310</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00FA5C66">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://www.wastenotnc.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="923" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="738B6C63" w14:textId="313F4D68" w:rsidR="009800A8" w:rsidRDefault="005B697A" w:rsidP="009800A8">
+          <w:p w14:paraId="738B6C63" w14:textId="73ED1FC8" w:rsidR="009800A8" w:rsidRDefault="00C35E84" w:rsidP="009800A8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>5</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="009800A8">
               <w:t>/20</w:t>
             </w:r>
             <w:r w:rsidR="003306F7">
-              <w:t>20</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="03B70B8E" w14:textId="24181B1C" w:rsidR="00420563" w:rsidRDefault="00420563" w:rsidP="00CD6C0F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11317" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -17104,51 +17077,51 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E3F649A" w14:textId="77777777" w:rsidR="00BB7235" w:rsidRDefault="00BB7235" w:rsidP="00690979">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="342"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40C2CBAA" wp14:editId="0C0C13CD">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40C2CBAA" wp14:editId="46C2A4CE">
                   <wp:extent cx="720090" cy="256540"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="1" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="DEQLogo(2-color)_Small_1.5X0.5.png"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
@@ -18328,72 +18301,70 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="17C522DD" w14:textId="77777777" w:rsidR="00BB7235" w:rsidRDefault="00BB7235" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00D72745" w14:textId="77777777" w:rsidR="00BB7235" w:rsidRDefault="00BB7235" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="590A3145" w14:textId="77777777" w:rsidR="00BB7235" w:rsidRDefault="00BB7235" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
@@ -18450,51 +18421,50 @@
               <w:rPr>
                 <w:noProof/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77110E8A" w14:textId="77777777" w:rsidR="00BB7235" w:rsidRDefault="00BB7235" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD7D2A" w14:paraId="7CEF0078" w14:textId="77777777" w:rsidTr="00DD7D2A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -18598,84 +18568,81 @@
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="6814A8E7" w14:textId="77777777" w:rsidR="00BB7235" w:rsidRDefault="00BB7235" w:rsidP="00690979">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BA093D6" w14:textId="77777777" w:rsidR="00BB7235" w:rsidRDefault="00BB7235" w:rsidP="00690979"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A54647D" w14:textId="77777777" w:rsidR="00BB7235" w:rsidRDefault="00BB7235" w:rsidP="00690979">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Test Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="729FF10A" w14:textId="77777777" w:rsidR="00BB7235" w:rsidRDefault="00BB7235" w:rsidP="00690979">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009238E1" w14:paraId="11A797B1" w14:textId="77777777" w:rsidTr="00DD7D2A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="334"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5017" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
@@ -18801,83 +18768,80 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7170DD48" w14:textId="77777777" w:rsidR="009238E1" w:rsidRDefault="009238E1" w:rsidP="00690979"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11E5FDA2" w14:textId="77777777" w:rsidR="009238E1" w:rsidRDefault="009238E1" w:rsidP="00690979">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F3FE7AC" w14:textId="77777777" w:rsidR="009238E1" w:rsidRDefault="009238E1" w:rsidP="00690979">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009238E1" w14:paraId="3A00A5D8" w14:textId="77777777" w:rsidTr="00DD7D2A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="331"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5017" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
@@ -19003,83 +18967,80 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3AF2812E" w14:textId="77777777" w:rsidR="009238E1" w:rsidRDefault="009238E1" w:rsidP="00690979"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="045298A2" w14:textId="77777777" w:rsidR="009238E1" w:rsidRDefault="009238E1" w:rsidP="00690979">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FB626F0" w14:textId="77777777" w:rsidR="009238E1" w:rsidRDefault="009238E1" w:rsidP="00690979">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7235" w14:paraId="61A1AE0C" w14:textId="77777777" w:rsidTr="00DD7D2A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="110"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2317" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
@@ -19135,192 +19096,178 @@
           </w:tcPr>
           <w:p w14:paraId="129EFDB2" w14:textId="78D5A380" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Identify UDC/sump </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">(By Dispenser No. Transition Sump No. or Tank No., Tank Size, Stored Product; </w:t>
             </w:r>
             <w:r w:rsidRPr="00CD4143">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">e.g. #1 10k Regular STP, </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> 1/2, </w:t>
+              <w:t xml:space="preserve">e.g. #1 10k Regular STP, Disp 1/2, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">TS-1A </w:t>
             </w:r>
             <w:r w:rsidRPr="00CD4143">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="78774863" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1320FD0C" w14:textId="03A72EC1" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FB95524" w14:textId="36A7DF7A" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Transition</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73986B3B" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -19412,127 +19359,127 @@
           </w:tcPr>
           <w:p w14:paraId="57048AB2" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6449A907" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78E64DA0" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Transition</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04003E04" w14:textId="363CFC65" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#:  </w:t>
@@ -19623,127 +19570,127 @@
           </w:tcPr>
           <w:p w14:paraId="04EDDE24" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="346FCAFE" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FCB49CA" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Transition</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39EAD8D3" w14:textId="74DAAA37" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -19839,127 +19786,127 @@
           </w:tcPr>
           <w:p w14:paraId="7BF8FCC6" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A0636A3" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B6AC4AE" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Transition</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6559E81E" w14:textId="4A0853A0" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#:  </w:t>
@@ -20050,127 +19997,127 @@
           </w:tcPr>
           <w:p w14:paraId="6DBCFEE9" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="068C265C" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49A858AF" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Transition</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0945B39D" w14:textId="23660767" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00980248">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#:  </w:t>
@@ -20280,369 +20227,369 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06AD8688" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A0ED371" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35D26D31" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64B3D427" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61DED6D3" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CE443C1" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C081A8F" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DEF9273" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F9A3895" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="497ADFA6" w14:textId="7F99CFDA" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E24D4B" w14:paraId="1B9CA6AA" w14:textId="77777777" w:rsidTr="00DD7D2A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2317" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -20663,359 +20610,359 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C417D28" w14:textId="3EFE8BF2" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00CC7F2D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SW</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> DW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="676B4411" w14:textId="464B8E5E" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00CC7F2D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SW</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> DW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="191F2688" w14:textId="5BA1829D" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00CC7F2D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SW</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> DW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B15E787" w14:textId="5E1CB266" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00CC7F2D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SW</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> DW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68302F8A" w14:textId="0EF14044" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00CC7F2D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SW</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> DW</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E24D4B" w14:paraId="6B821B0F" w14:textId="77777777" w:rsidTr="00DD7D2A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2317" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
@@ -21031,343 +20978,343 @@
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B90F74D" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="736C09C1" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12BF2794" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A5E12FC" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45B929B7" w14:textId="33A7B192" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E24D4B" w14:paraId="0AAADAD6" w14:textId="77777777" w:rsidTr="00DD7D2A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2317" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -21387,351 +21334,351 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F864F78" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EA38BCD" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1337362E" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48263C2E" w14:textId="77777777" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05A79FD1" w14:textId="50D36E2C" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00690979">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E24D4B" w14:paraId="4E356036" w14:textId="77777777" w:rsidTr="00DD7D2A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2317" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -21751,351 +21698,351 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48D19BFE" w14:textId="22A96555" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00FA14BE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C5A4B3F" w14:textId="57A13330" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00FA14BE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F057FEA" w14:textId="5E3592F3" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00FA14BE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3108E72F" w14:textId="48535E4D" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00FA14BE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="512331AB" w14:textId="535756E3" w:rsidR="00E24D4B" w:rsidRDefault="00E24D4B" w:rsidP="00FA14BE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A45FD" w14:paraId="17202D46" w14:textId="77777777" w:rsidTr="00DD7D2A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2317" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -25383,677 +25330,677 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B56FD9D" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Dot (Pass)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A369DB7" w14:textId="134C3D97" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Line (Fail)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E0E706F" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Dot (Pass)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11479C34" w14:textId="0AFC3C34" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Line (Fail)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="206DB232" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Dot (Pass)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D4C0138" w14:textId="2B59E8D4" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Line (Fail)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3345DD7D" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Dot (Pass)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03403B74" w14:textId="1A4EE166" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Line (Fail)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CA6FB2D" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Dot (Pass)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68B674C1" w14:textId="3CFEBDF9" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Line (Fail)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13CABE05" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Dot (Pass)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52358C55" w14:textId="63E88102" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Line (Fail)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="507279C3" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Dot (Pass)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6057A22F" w14:textId="52B5FCE3" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Line (Fail)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AB38282" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Dot (Pass)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B5585C0" w14:textId="43A27A3C" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Line (Fail)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42F04068" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Dot (Pass)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3789EE91" w14:textId="15E39D57" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Line (Fail)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5817D7FD" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Dot (Pass)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E34FFF1" w14:textId="25C5E665" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Line (Fail)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0085462F" w14:paraId="0E706782" w14:textId="77777777" w:rsidTr="00DD7D2A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="197"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11317" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -26115,355 +26062,355 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="304ABAFC" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DF42100" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59A2D377" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56976D99" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60FE4CAC" w14:textId="3A4A07EF" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0085462F" w14:paraId="011D97B4" w14:textId="77777777" w:rsidTr="00DD7D2A">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11317" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26692,90 +26639,99 @@
       </w:tr>
       <w:tr w:rsidR="0085462F" w14:paraId="7F1B8738" w14:textId="77777777" w:rsidTr="00DD7D2A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10327" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7184A8EC" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>NORTH CAROLINA DEPARTMENT OF ENVIRONMENTAL QUALITY, DIVISION OF WASTE MANAGEMENT, UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="095163C4" w14:textId="77777777" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
+          <w:p w14:paraId="095163C4" w14:textId="692CDF8D" w:rsidR="0085462F" w:rsidRDefault="0085462F" w:rsidP="0085462F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (919) 715-1117   </w:t>
+              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (9</w:t>
+            </w:r>
+            <w:r w:rsidR="00C35E84">
+              <w:t>84) 236-8310</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00FA5C66">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://www.wastenotnc.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="126D1DC3" w14:textId="078AC169" w:rsidR="0085462F" w:rsidRDefault="005B697A" w:rsidP="0085462F">
+          <w:p w14:paraId="126D1DC3" w14:textId="74F12149" w:rsidR="0085462F" w:rsidRDefault="00C35E84" w:rsidP="0085462F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>5</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="0085462F">
-              <w:t>/2020</w:t>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4BD4CA74" w14:textId="05CF4E0B" w:rsidR="00BB7235" w:rsidRDefault="00BB7235" w:rsidP="00CD6C0F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -26907,59 +26863,57 @@
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Triennial UST Containment Sump / UDC Integrity Testing</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5334AD83" w14:textId="6F60A0EE" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="342"/>
               </w:tabs>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00163B07">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00AD4E76" w:rsidRPr="00316B4D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>DPleak</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00AD4E76" w:rsidRPr="00316B4D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r w:rsidR="002B53BB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00163B07">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Test)</w:t>
             </w:r>
           </w:p>
@@ -26973,51 +26927,51 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26F15CBF" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="342"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="503D0EC9" wp14:editId="516D2290">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="503D0EC9" wp14:editId="72872C7D">
                   <wp:extent cx="720090" cy="256540"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="4" name="Picture 4"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="DEQLogo(2-color)_Small_1.5X0.5.png"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
@@ -27047,58 +27001,56 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11317" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="093EF71C" w14:textId="3232F0C0" w:rsidR="000A1343" w:rsidRPr="00A73C62" w:rsidRDefault="00EF6AA6" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="000A1343">
               <w:t xml:space="preserve">ontainment sumps installed on or after 11/1/2007 that are not monitored continuously for releases using vacuum, pressure, or hydrostatic interstitial monitoring methods and all other containment sumps installed prior to 11/1/2007 that are used for interstitial monitoring can be tightness tested every three (3) years in accordance </w:t>
             </w:r>
             <w:r w:rsidR="000A1343" w:rsidRPr="00A73C62">
               <w:t xml:space="preserve">with the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="000A1343">
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="003F4D7E">
               <w:t>Pleak</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="003F4D7E" w:rsidRPr="003F4D7E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r w:rsidR="003F4D7E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000A1343">
               <w:t>sump testing method.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F9A9841" w14:textId="77777777" w:rsidR="000A1343" w:rsidRPr="00CA4BCC" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -28194,72 +28146,70 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="2C9D75A0" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FB63F3C" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1767" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DA4BEE7" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
@@ -28316,51 +28266,50 @@
               <w:rPr>
                 <w:noProof/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="343CA984" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A1343" w14:paraId="7F3D20D4" w14:textId="77777777" w:rsidTr="005735A1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -28465,84 +28414,81 @@
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="778C9790" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="679F7249" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1767" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AF047D6" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Test Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F00DD79" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A1343" w14:paraId="7509E4C3" w14:textId="77777777" w:rsidTr="00A55CCB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4747" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
@@ -28615,83 +28561,80 @@
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="04E7A1AE" w14:textId="69356CE2" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="40"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="453251FF" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1767" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36808FE9" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D1DA32D" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A1343" w14:paraId="6350721F" w14:textId="77777777" w:rsidTr="00FA4B5F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="110"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
@@ -28747,142 +28690,128 @@
           </w:tcPr>
           <w:p w14:paraId="2036EC7A" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Identify UDC/sump </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">(By Dispenser No. or Tank Number, Tank Size, Stored Product; </w:t>
             </w:r>
             <w:r w:rsidRPr="00CD4143">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">e.g. #1 10k Regular STP, </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> 1/2, etc.)</w:t>
+              <w:t>e.g. #1 10k Regular STP, Disp 1/2, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="761AB64B" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79D0615D" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A343262" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -28974,89 +28903,89 @@
           </w:tcPr>
           <w:p w14:paraId="4F7DAE58" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23965085" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="589BBD08" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#:  </w:t>
@@ -29146,89 +29075,89 @@
           </w:tcPr>
           <w:p w14:paraId="69AFB704" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="150D0FDD" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31264AFB" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -29324,89 +29253,89 @@
           </w:tcPr>
           <w:p w14:paraId="251753C8" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AF5D5E8" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="141BEC3E" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#:  </w:t>
@@ -29497,89 +29426,89 @@
           </w:tcPr>
           <w:p w14:paraId="0E42BA87" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30FA82C5" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15777C1D" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#:  </w:t>
@@ -29670,89 +29599,89 @@
           </w:tcPr>
           <w:p w14:paraId="23E10F06" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Dispenser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C0A0C49" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7885FB59" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">#:  </w:t>
@@ -29911,422 +29840,422 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EF703E2" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="355CAE93" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FA1FD17" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44774454" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E8536B7" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4790C90C" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="187D9E8A" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2637CB0F" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4575B765" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50097954" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16806AFA" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> FRP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5794BC08" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Plastic</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A1343" w14:paraId="36EBC084" w14:textId="77777777" w:rsidTr="00FA4B5F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -30347,428 +30276,428 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79EDC3BD" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SW</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> DW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="317B181B" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SW</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> DW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A5893C1" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SW</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> DW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13294C0D" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SW</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> DW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="325748A5" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SW</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> DW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="598AA513" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> SW</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> DW</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A1343" w14:paraId="44CBC148" w14:textId="77777777" w:rsidTr="00FA4B5F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
@@ -30784,408 +30713,408 @@
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="371C3912" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50C62C2C" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D997C82" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="644A6FF9" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16B6A11D" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="774FA076" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A1343" w14:paraId="1C7BB0DF" w14:textId="77777777" w:rsidTr="00FA4B5F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -31205,418 +31134,418 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="678F2FFE" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B311B88" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25FA1EB4" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0778A142" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39CF077E" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="565F2E2F" w14:textId="77777777" w:rsidR="000A1343" w:rsidRDefault="000A1343" w:rsidP="00FA4B5F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D3FC7" w14:paraId="4100775D" w14:textId="77777777" w:rsidTr="00C84EDE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -31648,593 +31577,593 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62862E12" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="002D3FC7">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A4A850B" w14:textId="7819C389" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00286420">
             <w:pPr>
               <w:spacing w:after="20"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55197071" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37DEC872" w14:textId="4BFB852D" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1BE4AD36" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78BC81E5" w14:textId="2ED59FE6" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7FA71D22" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72D02F24" w14:textId="491599FC" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="38FA9422" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37AD6925" w14:textId="00119DD8" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0FE394E9" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12A78E08" w14:textId="28D46CD6" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D3FC7" w14:paraId="4106DD22" w14:textId="77777777" w:rsidTr="00C84EDE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -32266,593 +32195,593 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="538C245B" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="002D3FC7">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CFA07BC" w14:textId="425B9252" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00286420">
             <w:pPr>
               <w:spacing w:after="20"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B30FF4B" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F07A093" w14:textId="71BEA1F5" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="546405A2" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52A7E2BF" w14:textId="1C38F1D8" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5CC14378" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DB28DD6" w14:textId="7D463426" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3EE11181" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15F7F30E" w14:textId="5B6957E2" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="78601E70" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64342F49" w14:textId="1A7CA095" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D3FC7" w14:paraId="39D78390" w14:textId="77777777" w:rsidTr="00C84EDE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -32884,593 +32813,593 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E0936C5" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="002D3FC7">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B80F1BA" w14:textId="5286FB62" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00286420">
             <w:pPr>
               <w:spacing w:after="20"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3958194F" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CC615EE" w14:textId="03CFB55C" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4FA2A4B7" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06442F7E" w14:textId="2D95D1A1" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="094B82AE" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00DEBB23" w14:textId="30E0FDD7" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="735D4E4B" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BBDD054" w14:textId="5D91813D" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3A292B34" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BEE2393" w14:textId="586B30C6" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D3FC7" w14:paraId="488C539E" w14:textId="77777777" w:rsidTr="00C84EDE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -33502,593 +33431,593 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F66B3F2" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="002D3FC7">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03A7303C" w14:textId="4212207B" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00286420">
             <w:pPr>
               <w:spacing w:after="20"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="526D2CBD" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FF21F06" w14:textId="415A2FD8" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6797DC76" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="469D0FFB" w14:textId="47F185F1" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4276F686" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="127AF21E" w14:textId="68DC4F37" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3217F3E0" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11A72BE3" w14:textId="5BF3B5BC" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="233AEF54" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="554B65C7" w14:textId="26FC235D" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D3FC7" w14:paraId="15A5FB6A" w14:textId="77777777" w:rsidTr="00C84EDE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -34114,594 +34043,594 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C74F928" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="002D3FC7">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79B5A4C2" w14:textId="76FD19EB" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00286420">
             <w:pPr>
               <w:spacing w:after="20"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BEA3B80" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="487E937F" w14:textId="23F962A9" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="17AC37AF" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AED5411" w14:textId="44E0F2D7" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="66D7D755" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DBEDD5A" w14:textId="016CB65E" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F8FD393" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E3EA2FB" w14:textId="3BB485EB" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="31E562F4" w14:textId="77777777" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23FF567F" w14:textId="4811FF02" w:rsidR="002D3FC7" w:rsidRDefault="002D3FC7" w:rsidP="00C84EDE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00254268" w14:paraId="3EB3D002" w14:textId="77777777" w:rsidTr="00C84EDE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -34804,593 +34733,593 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5486BB64" w14:textId="77777777" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FC1027B" w14:textId="4FCFC5D7" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00286420">
             <w:pPr>
               <w:spacing w:after="20"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3715D3A7" w14:textId="77777777" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A890693" w14:textId="5B657F6A" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2BE03FC1" w14:textId="77777777" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45CDD95E" w14:textId="54FA9B3D" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B15A677" w14:textId="77777777" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0518CC2F" w14:textId="289FD343" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="263BBB05" w14:textId="77777777" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="235DE32B" w14:textId="5C826BCE" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3CA8A0E0" w14:textId="77777777" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63E0B605" w14:textId="2C3088D1" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00254268" w14:paraId="719FA48E" w14:textId="77777777" w:rsidTr="00C84EDE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -35493,593 +35422,593 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C4A623B" w14:textId="77777777" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32B4D2BF" w14:textId="0CA737A5" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="20"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72EAF57A" w14:textId="77777777" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E05B01E" w14:textId="3AD84ED8" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00286420">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="46755310" w14:textId="77777777" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B425AB9" w14:textId="1E006D66" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4E48AB27" w14:textId="77777777" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B9F2D4B" w14:textId="54DAE71C" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0F932731" w14:textId="77777777" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04997808" w14:textId="1B534C75" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1CA00542" w14:textId="77777777" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E9E7FF5" w14:textId="41F67F02" w:rsidR="00254268" w:rsidRDefault="00254268" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E51E6D" w14:paraId="4616BFF3" w14:textId="77777777" w:rsidTr="00254268">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -36187,593 +36116,593 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AEFD61C" w14:textId="77777777" w:rsidR="00E51E6D" w:rsidRDefault="00E51E6D" w:rsidP="00E51E6D">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EE0747D" w14:textId="7DF5ACEF" w:rsidR="00E51E6D" w:rsidRDefault="00E51E6D" w:rsidP="00286420">
             <w:pPr>
               <w:spacing w:after="20"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="54F858F0" w14:textId="77777777" w:rsidR="00E51E6D" w:rsidRDefault="00E51E6D" w:rsidP="00E51E6D">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03E1D6A0" w14:textId="5678E2CD" w:rsidR="00E51E6D" w:rsidRDefault="00E51E6D" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76A1B6B9" w14:textId="77777777" w:rsidR="00E51E6D" w:rsidRDefault="00E51E6D" w:rsidP="00E51E6D">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09F36B4E" w14:textId="34EBD8C2" w:rsidR="00E51E6D" w:rsidRDefault="00E51E6D" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="56E76690" w14:textId="77777777" w:rsidR="00E51E6D" w:rsidRDefault="00E51E6D" w:rsidP="00E51E6D">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A684522" w14:textId="06568539" w:rsidR="00E51E6D" w:rsidRDefault="00E51E6D" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="40418631" w14:textId="77777777" w:rsidR="00E51E6D" w:rsidRDefault="00E51E6D" w:rsidP="00E51E6D">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D311339" w14:textId="2CC5DF44" w:rsidR="00E51E6D" w:rsidRDefault="00E51E6D" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3E1308E6" w14:textId="77777777" w:rsidR="00E51E6D" w:rsidRDefault="00E51E6D" w:rsidP="00E51E6D">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0EBB64CD" w14:textId="7B49272F" w:rsidR="00E51E6D" w:rsidRDefault="00E51E6D" w:rsidP="00254268">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00286420" w14:paraId="40A7AF30" w14:textId="77777777" w:rsidTr="00963CBE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -36881,720 +36810,718 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74A15B83" w14:textId="77777777" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48202BF9" w14:textId="6D40A0D4" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00963CBE">
             <w:pPr>
               <w:spacing w:after="20"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6366E91D" w14:textId="77777777" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1543C16E" w14:textId="7E09E05D" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00963CBE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5BF14007" w14:textId="77777777" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="636067DC" w14:textId="51322A47" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00963CBE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0C8CC88D" w14:textId="77777777" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="047D4708" w14:textId="0FF68C23" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00963CBE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="006AD610" w14:textId="77777777" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="551AA4CB" w14:textId="1DA2D1E5" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00963CBE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A5B0CDF" w14:textId="77777777" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:pPr>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A30E3FF" w14:textId="62097B59" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00963CBE">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00286420" w14:paraId="7A6E88CB" w14:textId="77777777" w:rsidTr="00FA4B5F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="197"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11317" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FAE3D33" w14:textId="2CFB0E0E" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:r>
               <w:t>Pass/Fail criteria:  Must pass visual inspection. Test is not valid if liquid or debris was not removed from sump. No areas of sump that fail.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00286420" w14:paraId="32A80CE8" w14:textId="77777777" w:rsidTr="00AE083B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="197"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00479F07" w14:textId="0B023608" w:rsidR="00286420" w:rsidRPr="000E0C73" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>LDT test report with addendums attached</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B5B2505" w14:textId="5CB74743" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00286420" w14:paraId="4708DC3E" w14:textId="77777777" w:rsidTr="00730772">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -37625,423 +37552,423 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D2F9871" w14:textId="77777777" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45F7DD86" w14:textId="77777777" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50FA398B" w14:textId="77777777" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A7E5780" w14:textId="77777777" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BEF8059" w14:textId="77777777" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E1BAEAC" w14:textId="77777777" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Pass</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Fail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00286420" w14:paraId="30A7C868" w14:textId="77777777" w:rsidTr="00FA4B5F">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11317" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -38270,245 +38197,253 @@
       </w:tr>
       <w:tr w:rsidR="00286420" w14:paraId="66C0E151" w14:textId="77777777" w:rsidTr="00FA4B5F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10327" w:type="dxa"/>
             <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="123BEA8C" w14:textId="77777777" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>NORTH CAROLINA DEPARTMENT OF ENVIRONMENTAL QUALITY, DIVISION OF WASTE MANAGEMENT, UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FA1ACF7" w14:textId="77777777" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
+          <w:p w14:paraId="1FA1ACF7" w14:textId="7E4BE91E" w:rsidR="00286420" w:rsidRDefault="00286420" w:rsidP="00286420">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (919) 715-1117   </w:t>
+              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (9</w:t>
+            </w:r>
+            <w:r w:rsidR="00C35E84">
+              <w:t>84) 236-8310</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="00FA5C66">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://www.wastenotnc.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18754ABD" w14:textId="085EA191" w:rsidR="00286420" w:rsidRDefault="005B697A" w:rsidP="00286420">
+          <w:p w14:paraId="18754ABD" w14:textId="19EEA045" w:rsidR="00286420" w:rsidRDefault="00C35E84" w:rsidP="00286420">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>5</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00286420">
               <w:t>/20</w:t>
             </w:r>
             <w:r w:rsidR="003306F7">
-              <w:t>20</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7CF1AE0B" w14:textId="77777777" w:rsidR="000A1343" w:rsidRPr="009800A8" w:rsidRDefault="000A1343" w:rsidP="00CD6C0F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="000A1343" w:rsidRPr="009800A8" w:rsidSect="008076CC">
+    <w:sectPr w:rsidR="000A1343" w:rsidRPr="009800A8" w:rsidSect="002F610B">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="432" w:right="360" w:bottom="274" w:left="432" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DFB6D7E" w14:textId="77777777" w:rsidR="008076CC" w:rsidRDefault="008076CC">
+    <w:p w14:paraId="11871DC3" w14:textId="77777777" w:rsidR="00B23C7F" w:rsidRDefault="00B23C7F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48321E00" w14:textId="77777777" w:rsidR="008076CC" w:rsidRDefault="008076CC">
+    <w:p w14:paraId="588719D9" w14:textId="77777777" w:rsidR="00B23C7F" w:rsidRDefault="00B23C7F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="68E968A3" w14:textId="77777777" w:rsidR="008076CC" w:rsidRDefault="008076CC"/>
+    <w:p w14:paraId="1DB5B84E" w14:textId="77777777" w:rsidR="00B23C7F" w:rsidRDefault="00B23C7F"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="339025CA" w14:textId="77777777" w:rsidR="008076CC" w:rsidRDefault="008076CC">
+    <w:p w14:paraId="0A06007A" w14:textId="77777777" w:rsidR="00B23C7F" w:rsidRDefault="00B23C7F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60F4C21B" w14:textId="77777777" w:rsidR="008076CC" w:rsidRDefault="008076CC">
+    <w:p w14:paraId="5CDD21D7" w14:textId="77777777" w:rsidR="00B23C7F" w:rsidRDefault="00B23C7F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="03E0F2A7" w14:textId="77777777" w:rsidR="008076CC" w:rsidRDefault="008076CC"/>
+    <w:p w14:paraId="74969125" w14:textId="77777777" w:rsidR="00B23C7F" w:rsidRDefault="00B23C7F"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30D645FD"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1055547269">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="1"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="188"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="RL3khrPg0X2hlWRVgcXayjsiWsVtpc7uU8k+hzRgUvlF6UT0unr1kqQpu0hmiuB3UIkpQShkWrnUZYfkGTWNrg==" w:salt="u+lG4AeN+0cTzZNSx/Z7oA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -38642,89 +38577,87 @@
     <w:rsid w:val="005735A1"/>
     <w:rsid w:val="00576EE4"/>
     <w:rsid w:val="0058539C"/>
     <w:rsid w:val="00585733"/>
     <w:rsid w:val="00597149"/>
     <w:rsid w:val="00597629"/>
     <w:rsid w:val="005A434F"/>
     <w:rsid w:val="005A45FD"/>
     <w:rsid w:val="005A5BE8"/>
     <w:rsid w:val="005B142F"/>
     <w:rsid w:val="005B6426"/>
     <w:rsid w:val="005B697A"/>
     <w:rsid w:val="005C276F"/>
     <w:rsid w:val="005C4368"/>
     <w:rsid w:val="005C5524"/>
     <w:rsid w:val="005E581B"/>
     <w:rsid w:val="005E5862"/>
     <w:rsid w:val="005F7E10"/>
     <w:rsid w:val="0061786C"/>
     <w:rsid w:val="0063141D"/>
     <w:rsid w:val="00652D7F"/>
     <w:rsid w:val="00653D49"/>
     <w:rsid w:val="00662B13"/>
     <w:rsid w:val="00670A2B"/>
     <w:rsid w:val="006846EC"/>
-    <w:rsid w:val="00693BB3"/>
     <w:rsid w:val="006B272E"/>
     <w:rsid w:val="006B29F3"/>
     <w:rsid w:val="006B739F"/>
     <w:rsid w:val="006C3370"/>
     <w:rsid w:val="006C46C2"/>
     <w:rsid w:val="006D0C41"/>
     <w:rsid w:val="006D107B"/>
     <w:rsid w:val="006D65B4"/>
     <w:rsid w:val="006E3596"/>
     <w:rsid w:val="006E67EE"/>
     <w:rsid w:val="006E6C5C"/>
     <w:rsid w:val="006F06A4"/>
     <w:rsid w:val="006F1165"/>
     <w:rsid w:val="006F3D9F"/>
     <w:rsid w:val="006F4DD6"/>
     <w:rsid w:val="00713F99"/>
     <w:rsid w:val="0072414C"/>
     <w:rsid w:val="00730772"/>
     <w:rsid w:val="00732AB7"/>
     <w:rsid w:val="007429CF"/>
     <w:rsid w:val="00754733"/>
     <w:rsid w:val="0076047E"/>
     <w:rsid w:val="00774C21"/>
     <w:rsid w:val="00776DEC"/>
     <w:rsid w:val="00785DEB"/>
     <w:rsid w:val="00793225"/>
     <w:rsid w:val="00794087"/>
     <w:rsid w:val="007A4DE3"/>
     <w:rsid w:val="007B2801"/>
     <w:rsid w:val="007B46F5"/>
     <w:rsid w:val="007B6BDA"/>
     <w:rsid w:val="007D60DF"/>
     <w:rsid w:val="007E70E4"/>
     <w:rsid w:val="007E7AEA"/>
     <w:rsid w:val="007F067E"/>
     <w:rsid w:val="007F4350"/>
     <w:rsid w:val="007F463F"/>
-    <w:rsid w:val="008076CC"/>
     <w:rsid w:val="00816FC4"/>
     <w:rsid w:val="008255FD"/>
     <w:rsid w:val="00826800"/>
     <w:rsid w:val="00830C05"/>
     <w:rsid w:val="00831638"/>
     <w:rsid w:val="00835EC5"/>
     <w:rsid w:val="00840510"/>
     <w:rsid w:val="008460D1"/>
     <w:rsid w:val="00850253"/>
     <w:rsid w:val="00853A45"/>
     <w:rsid w:val="0085462F"/>
     <w:rsid w:val="008551D6"/>
     <w:rsid w:val="0085784B"/>
     <w:rsid w:val="00872CE5"/>
     <w:rsid w:val="00876E49"/>
     <w:rsid w:val="008855D2"/>
     <w:rsid w:val="008A3739"/>
     <w:rsid w:val="008A5AAC"/>
     <w:rsid w:val="008B16EF"/>
     <w:rsid w:val="008D25BF"/>
     <w:rsid w:val="008F0182"/>
     <w:rsid w:val="008F451C"/>
     <w:rsid w:val="008F4754"/>
     <w:rsid w:val="009012C7"/>
     <w:rsid w:val="00902947"/>
@@ -38764,71 +38697,72 @@
     <w:rsid w:val="00A512F7"/>
     <w:rsid w:val="00A51FD5"/>
     <w:rsid w:val="00A55CCB"/>
     <w:rsid w:val="00A61EE4"/>
     <w:rsid w:val="00A621BA"/>
     <w:rsid w:val="00A62243"/>
     <w:rsid w:val="00A643BF"/>
     <w:rsid w:val="00A66CDC"/>
     <w:rsid w:val="00A73C62"/>
     <w:rsid w:val="00A748A9"/>
     <w:rsid w:val="00A83083"/>
     <w:rsid w:val="00A9255A"/>
     <w:rsid w:val="00AA33D0"/>
     <w:rsid w:val="00AC0108"/>
     <w:rsid w:val="00AC19BD"/>
     <w:rsid w:val="00AC63BE"/>
     <w:rsid w:val="00AD4E76"/>
     <w:rsid w:val="00AD71FF"/>
     <w:rsid w:val="00AE083B"/>
     <w:rsid w:val="00AE2618"/>
     <w:rsid w:val="00AE2B7C"/>
     <w:rsid w:val="00AE5544"/>
     <w:rsid w:val="00AF33BE"/>
     <w:rsid w:val="00AF7D6E"/>
     <w:rsid w:val="00B15E5C"/>
+    <w:rsid w:val="00B23C7F"/>
     <w:rsid w:val="00B27C1C"/>
     <w:rsid w:val="00B32AE3"/>
     <w:rsid w:val="00B3403B"/>
     <w:rsid w:val="00B36049"/>
     <w:rsid w:val="00B40693"/>
     <w:rsid w:val="00B47B3F"/>
     <w:rsid w:val="00B47B59"/>
     <w:rsid w:val="00B9300E"/>
     <w:rsid w:val="00BA2A78"/>
     <w:rsid w:val="00BB7235"/>
     <w:rsid w:val="00BD3067"/>
     <w:rsid w:val="00BD3C13"/>
     <w:rsid w:val="00BE6C5B"/>
     <w:rsid w:val="00C00F6C"/>
     <w:rsid w:val="00C07874"/>
     <w:rsid w:val="00C20A19"/>
     <w:rsid w:val="00C228DF"/>
     <w:rsid w:val="00C32182"/>
+    <w:rsid w:val="00C35E84"/>
     <w:rsid w:val="00C37ADA"/>
     <w:rsid w:val="00C74A8F"/>
-    <w:rsid w:val="00C75697"/>
     <w:rsid w:val="00C83475"/>
     <w:rsid w:val="00C84EDE"/>
     <w:rsid w:val="00C92DB0"/>
     <w:rsid w:val="00CA4BCC"/>
     <w:rsid w:val="00CB3A47"/>
     <w:rsid w:val="00CC7441"/>
     <w:rsid w:val="00CC7D12"/>
     <w:rsid w:val="00CC7F2D"/>
     <w:rsid w:val="00CD1760"/>
     <w:rsid w:val="00CD4143"/>
     <w:rsid w:val="00CD6C0F"/>
     <w:rsid w:val="00CE0FD6"/>
     <w:rsid w:val="00CF6F32"/>
     <w:rsid w:val="00D4002C"/>
     <w:rsid w:val="00D46511"/>
     <w:rsid w:val="00D57978"/>
     <w:rsid w:val="00D674C4"/>
     <w:rsid w:val="00D74EE3"/>
     <w:rsid w:val="00D90B88"/>
     <w:rsid w:val="00D9263C"/>
     <w:rsid w:val="00D979C0"/>
     <w:rsid w:val="00DA61A8"/>
     <w:rsid w:val="00DC435C"/>
     <w:rsid w:val="00DC4673"/>
     <w:rsid w:val="00DD3321"/>
@@ -38856,87 +38790,88 @@
     <w:rsid w:val="00EE4739"/>
     <w:rsid w:val="00EE69A1"/>
     <w:rsid w:val="00EF28CA"/>
     <w:rsid w:val="00EF6AA6"/>
     <w:rsid w:val="00F04AE1"/>
     <w:rsid w:val="00F04E68"/>
     <w:rsid w:val="00F1394D"/>
     <w:rsid w:val="00F14E49"/>
     <w:rsid w:val="00F221E2"/>
     <w:rsid w:val="00F2424F"/>
     <w:rsid w:val="00F2507E"/>
     <w:rsid w:val="00F27D2B"/>
     <w:rsid w:val="00F31A3E"/>
     <w:rsid w:val="00F546B8"/>
     <w:rsid w:val="00F578FD"/>
     <w:rsid w:val="00F603C2"/>
     <w:rsid w:val="00F63FB8"/>
     <w:rsid w:val="00F71B62"/>
     <w:rsid w:val="00F83838"/>
     <w:rsid w:val="00FA14BE"/>
     <w:rsid w:val="00FA4830"/>
     <w:rsid w:val="00FB1A40"/>
     <w:rsid w:val="00FB3549"/>
     <w:rsid w:val="00FB617C"/>
     <w:rsid w:val="00FC3D2A"/>
+    <w:rsid w:val="00FD7BAB"/>
     <w:rsid w:val="00FE2D3D"/>
     <w:rsid w:val="00FE6727"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="739967C7"/>
   <w15:docId w15:val="{EEDF433A-B7C6-4535-9811-719E74F3C846}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -39477,51 +39412,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009A19DE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A73C62"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1017730313">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wastenotnc.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wastenotnc.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wastenotnc.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wastenotnc.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -39801,149 +39736,180 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6501bee3-079a-4d16-b86e-fb182ea31b14" xmlns:ns3="f6855a82-f00c-40c4-bd13-a8482faef0a2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="84155fe6754be07be9fb923d575adfe7" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004F141538DCF7D94EBFA87CE86FF5C875" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69fdabd8ab1c5a25f26ef343b68aa347">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6501bee3-079a-4d16-b86e-fb182ea31b14" xmlns:ns3="f6855a82-f00c-40c4-bd13-a8482faef0a2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0badd0cc8447c29ac78bc4934c6cc6a1" ns2:_="" ns3:_="">
     <xsd:import namespace="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
     <xsd:import namespace="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6501bee3-079a-4d16-b86e-fb182ea31b14" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="4" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="5" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6c5d24a8-8e51-491c-9eb5-efc955b8ec30}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6501bee3-079a-4d16-b86e-fb182ea31b14">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f6855a82-f00c-40c4-bd13-a8482faef0a2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="6" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="7" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="8" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
@@ -40004,137 +39970,156 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6501bee3-079a-4d16-b86e-fb182ea31b14" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f6855a82-f00c-40c4-bd13-a8482faef0a2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A880BCA-0885-46A4-92AB-4F568F9211D3}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{941332DF-B679-4139-847D-2915B38CB89C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5B9D14E-4B69-4E81-91EB-09C5AA6552C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
     <ds:schemaRef ds:uri="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A880BCA-0885-46A4-92AB-4F568F9211D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{492D0281-37CA-4E77-A2E1-6CAD8FAEAB90}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7304BAB-CBAF-4E02-A49F-8A6A64AFFC63}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <ds:schemaRef ds:uri="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7304BAB-CBAF-4E02-A49F-8A6A64AFFC63}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{492D0281-37CA-4E77-A2E1-6CAD8FAEAB90}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>4457</Words>
-  <Characters>25411</Characters>
+  <Words>5362</Words>
+  <Characters>24506</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>211</Lines>
-  <Paragraphs>59</Paragraphs>
+  <Lines>1531</Lines>
+  <Paragraphs>1357</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>UST-6F/23B</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>WSRO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29809</CharactersWithSpaces>
+  <CharactersWithSpaces>28511</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>UST-6F/23B</dc:title>
   <dc:creator>mphelps</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004F141538DCF7D94EBFA87CE86FF5C875</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>