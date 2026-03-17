--- v0 (2025-10-02)
+++ v1 (2026-03-17)
@@ -1,172 +1,175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="175" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1463"/>
-        <w:gridCol w:w="450"/>
+        <w:gridCol w:w="409"/>
+        <w:gridCol w:w="41"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="360"/>
-        <w:gridCol w:w="337"/>
+        <w:gridCol w:w="116"/>
+        <w:gridCol w:w="221"/>
         <w:gridCol w:w="383"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="157"/>
         <w:gridCol w:w="203"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="525"/>
         <w:gridCol w:w="285"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="1422"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AF29C5" w14:paraId="7FD0AA8D" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1913" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E34D4A3" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>UST-7A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
-            <w:gridSpan w:val="19"/>
+            <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BCE2FDB" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>NORTH CAROLINA CATHODIC PROTECTION SYSTEM EVALUATION FOR GALVANIC (SACRIFICIAL ANODE) SYSTEMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1422" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="700EB8B3" w14:textId="65D855A7" w:rsidR="00AF29C5" w:rsidRDefault="00F77269">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E01D597" wp14:editId="540C1303">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E01D597" wp14:editId="1ADAB3D3">
                   <wp:extent cx="700838" cy="250190"/>
                   <wp:effectExtent l="0" t="0" r="4445" b="0"/>
                   <wp:docPr id="1" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="NC DEQ Logo B-W"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
@@ -180,51 +183,51 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="54CBEBB4" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="775"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11255" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
+            <w:gridSpan w:val="24"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="032BE96C" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5" w:rsidP="00AF29C5">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>This form must be utilized to evaluate underground storage tank (UST) cathodic protection systems in the State of North Carolina.</w:t>
@@ -293,102 +296,102 @@
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>A site drawing depicting the UST cathodic protection system and all reference electrode placements must be completed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="361588A2" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5063" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E1E493C" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>I. UST OWNER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6192" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="14"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AEC4B67" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>II. UST FACILITY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="2653A80C" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5063" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="73277D00" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CF35426" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
@@ -415,112 +418,110 @@
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-[...45 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2DF0060E" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
@@ -745,51 +746,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="3432477A" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5063" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7262929F" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A9FDBCA" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
@@ -873,51 +874,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6192" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="71BFC24D" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -1011,51 +1012,51 @@
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="08876693" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3623" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="07ECE0CD" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>City:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2578C4E8" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
@@ -1275,51 +1276,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3405" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="38229C49" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>City:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22D28067" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
@@ -1536,243 +1537,252 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="5EE5E9DA" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11255" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
+            <w:gridSpan w:val="24"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D76BAB7" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">III. REASON SURVEY WAS CONDUCTED </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(mark only one)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF29C5" w14:paraId="0A369908" w14:textId="77777777" w:rsidTr="008D696D">
+      <w:tr w:rsidR="00AF29C5" w14:paraId="0A369908" w14:textId="77777777" w:rsidTr="003537AB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2093" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35493533" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Check1"/>
+            <w:bookmarkStart w:id="1" w:name="Check1"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Routine – 3 year</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> Routine – 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>year</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3307" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="548AB9AC" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
+          <w:p w14:paraId="548AB9AC" w14:textId="5447E176" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Routine – within 6 months of installation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5855" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:tcW w:w="6071" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6901D4A6" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="342"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
@@ -1798,440 +1808,440 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">state polarization design standards after repair/modification (complete </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Section IX)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="77E04A23" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11255" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
+            <w:gridSpan w:val="24"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B996C65" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">IV. CATHODIC PROTECTION TESTER’S EVALUATION </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(mark only one)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="356DE9A2" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72890CD5" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...4 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>PASS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9162" w:type="dxa"/>
-            <w:gridSpan w:val="19"/>
+            <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EBE4BC8" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>All protected structures at this facility pass the cathodic protection and continuity survey (indicate all criteria applicable by completion of Section VI).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="64151F35" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54A8CB9C" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...4 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>FAIL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9162" w:type="dxa"/>
-            <w:gridSpan w:val="19"/>
+            <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A97FEC1" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>One or more protected structures at this facility fail the cathodic protection and/or continuity survey (complete Section VII).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="55A59B7A" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="603"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="195B2014" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...4 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>INCONCLUSIVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9162" w:type="dxa"/>
-            <w:gridSpan w:val="19"/>
+            <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57EA615A" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>If the remote and the local do not both indicate the same test result on all protected structures (both pass or both fail), inconclusive is indicated and/or if the continuity survey indicates inconclusive or continuous results the survey must be evaluated and/or conducted by a corrosion expert (Section V must be completed by a Corrosion Expert).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="4A73DAEB" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5063" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D4A72BB" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Tester Name:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C2060DA" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
@@ -2315,51 +2325,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6192" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="41305AC5" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Name of Certifying Organization (e.g., NACE):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77170DA8" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
@@ -2449,51 +2459,51 @@
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="6C32B3AD" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5063" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="59A250FF" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Company Name:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="430A287E" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
@@ -2577,51 +2587,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6192" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="77C04C27" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Certification Type (e.g., CP Tester, CP Technician):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="273660F7" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
@@ -2710,51 +2720,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="56ED37F7" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5063" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7023ECC8" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D3F9517" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
@@ -2839,51 +2849,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6192" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7B476480" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Certification Number:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CE777D6" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
@@ -2974,51 +2984,51 @@
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="400C05C6" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3353" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6588D5DF" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>City:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D81AF5E" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
@@ -3232,51 +3242,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="30D1929D" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Zip:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72F25A89" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
@@ -3496,51 +3506,51 @@
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="5465647C" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="532"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6413" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="28464922" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>CP Tester’s Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3572,51 +3582,51 @@
           </w:p>
           <w:p w14:paraId="1309D674" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text4"/>
+            <w:bookmarkStart w:id="2" w:name="Text4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3649,51 +3659,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2412" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7B74D08A" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
@@ -3793,95 +3803,95 @@
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="5D1D9073" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11255" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
+            <w:gridSpan w:val="24"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50CCD53E" w14:textId="031B5554" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>V. CORROSION EXPERT’S EVALUATION</w:t>
             </w:r>
             <w:r w:rsidR="00665CBA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(mark only one)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="4F9023B6" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="560"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11255" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
+            <w:gridSpan w:val="24"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="523B7F51" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5" w:rsidP="00B42CFD">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>The survey must be conducted and/or evaluated by a corrosion expert when: a) an inconclusive is indicated for any protected structure since both the local and the remote structure-to-soil potentials do not result in the same outcome; b) repairs to steel piping protected by galvanic systems are conducted; c) supplemental anodes are added to the tanks and/or piping without following an accepted industry code; or d) when required by NCDE</w:t>
             </w:r>
             <w:r w:rsidR="00B42CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
@@ -3920,87 +3930,87 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...5 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>PASS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9792" w:type="dxa"/>
-            <w:gridSpan w:val="21"/>
+            <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D331D3C" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>All protected structures at this facility are judged to have adequate cathodic protection and therefore pass the cathodic protection and continuity survey (indicate all criteria applicable by completion of Section VI).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="78B8C9C5" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
@@ -4025,119 +4035,119 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...5 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>FAIL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9792" w:type="dxa"/>
-            <w:gridSpan w:val="21"/>
+            <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12198966" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>One or more protected structures at this facility fail or do not pass the cathodic protection and/or continuity survey and it is judged that adequate cathodic protection is not currently being provided to the UST system (indicate what action is necessary by completion of Section VII).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="7CED7F5B" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5783" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="642181DA" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Corrosion Expert’s Name:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="747F68A0" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
@@ -4357,51 +4367,51 @@
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="3264D2CF" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5783" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3E3BD34D" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Company Name:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1825F396" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
@@ -4621,51 +4631,51 @@
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="79C92F46" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="60F81D33" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29850ABD" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
@@ -4750,51 +4760,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6FF9CCFF" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>City:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D3A58C2" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
@@ -5271,51 +5281,51 @@
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006657FC" w14:paraId="6225DB80" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="36278984" w14:textId="77777777" w:rsidR="006657FC" w:rsidRDefault="006657FC">
             <w:pPr>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Corrosion Expert’s Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5582,762 +5592,778 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006657FC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="205CFEDF" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11255" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
+            <w:gridSpan w:val="24"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6162A4E6" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">VI. CRITERIA APPLICABLE TO EVALUATION </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(mark all that apply)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="3ACE2384" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AAA7965" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...5 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>850 mV ON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8982" w:type="dxa"/>
-            <w:gridSpan w:val="18"/>
+            <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68FFDCFF" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>Structure-to-soil potential more negative than –850 mV with respect to a Cu/CuSO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve"> reference electrode with the protective current applied (This criterion is applicable to any galvanically protected structure).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="704FB39F" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1135429E" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...5 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>850 mV Instant OFF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8982" w:type="dxa"/>
-            <w:gridSpan w:val="18"/>
+            <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43495BB3" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>Structure-to-soil potential more negative than –850 mV with respect to a Cu/CuSO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve"> reference electrode with protective current temporarily interrupted (This criterion is applicable only to those galvanic systems where the anodes can be disconnected).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="27B0E0A2" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CAAD38C" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...5 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>100 mV Polarization</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8982" w:type="dxa"/>
-            <w:gridSpan w:val="18"/>
+            <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00827436" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>Structure tested exhibits at least 100 mV of cathodic polarization (This criterion is applicable to galvanic systems where the anodes can be temporarily disconnected).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="58173552" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11255" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
+            <w:gridSpan w:val="24"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47A6765A" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">VII. ACTION REQUIRED AS A RESULT OF THIS EVALUATION </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(mark only one)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="14155F76" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="370"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D656C0D" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...5 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NONE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8982" w:type="dxa"/>
-            <w:gridSpan w:val="18"/>
+            <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06EED95C" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
-              <w:t>Cathodic protection is adequate. No further action is necessary at this time.</w:t>
+              <w:t xml:space="preserve">Cathodic protection is adequate. No further action is necessary </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t>at this time</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="001A39CC" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12FBFED2" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...5 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>REPAIR &amp; RETEST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8982" w:type="dxa"/>
-            <w:gridSpan w:val="18"/>
+            <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="686B86AB" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>Cathodic protection is not adequate. Immediately repair and/or modify cathodic protection system so that adequate cathodic protection is provided and then have the system re-tested as soon as the cathodic protection system reaches steady-state polarization design standards.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="7132AD82" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4703" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0927FB43" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Date next cathodic protection survey must be conducted by </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5DDEFD00" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Text2"/>
+            <w:bookmarkStart w:id="3" w:name="Text2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6370,98 +6396,98 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4932" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4E9CD20A" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(required every 3 years)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="3E8DF022" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="560"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11255" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
+            <w:gridSpan w:val="24"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4037594D" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NORTH CAR</w:t>
             </w:r>
             <w:r w:rsidR="00B42CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -6469,51 +6495,51 @@
               </w:rPr>
               <w:t>OLINA DEPARTMENT OF ENVIRONMENT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00B42CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>L QUALITY</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>, DIVISION OF WASTE MANAGEMENT, UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2669A93A" w14:textId="58231A9C" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5" w:rsidP="00B42CFD">
+          <w:p w14:paraId="2669A93A" w14:textId="102D1BE3" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5" w:rsidP="00B42CFD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r w:rsidR="00411E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
@@ -6524,131 +6550,175 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   PHONE (919) 7</w:t>
             </w:r>
             <w:r w:rsidR="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>07</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>-8</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>171</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00532012">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">FAX (919) 715-1117 </w:t>
+              <w:t>FAX</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00532012">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (9</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA40CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>84) 236-8310</w:t>
+            </w:r>
+            <w:r w:rsidR="00532012">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00D06283" w:rsidRPr="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>http://</w:t>
             </w:r>
             <w:r w:rsidR="00B42CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>www.wastenotnc.org</w:t>
             </w:r>
             <w:r w:rsidR="00D06283" w:rsidRPr="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00B42CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00DA40CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
             <w:r w:rsidR="00CD2FB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>1/2020</w:t>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA40CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="66422EED" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="175" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -7110,51 +7180,51 @@
           <w:p w14:paraId="7A4B7FCF" w14:textId="77777777" w:rsidR="0075753E" w:rsidRDefault="0075753E" w:rsidP="0075753E">
             <w:pPr>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text3"/>
+            <w:bookmarkStart w:id="4" w:name="Text3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7187,81 +7257,81 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D732A80" w14:textId="77777777" w:rsidR="0075753E" w:rsidRDefault="0075753E" w:rsidP="0075753E">
+          <w:p w14:paraId="3D732A80" w14:textId="25704B71" w:rsidR="0075753E" w:rsidRDefault="0075753E" w:rsidP="0075753E">
             <w:pPr>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text3"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
@@ -7312,68 +7382,68 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0632458C" w14:textId="77777777" w:rsidR="0075753E" w:rsidRDefault="0075753E" w:rsidP="0075753E">
+          <w:p w14:paraId="0632458C" w14:textId="794C2A42" w:rsidR="0075753E" w:rsidRDefault="0075753E" w:rsidP="0075753E">
             <w:pPr>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text3"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
@@ -7424,68 +7494,68 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51A2C58E" w14:textId="77777777" w:rsidR="0075753E" w:rsidRDefault="0075753E" w:rsidP="0075753E">
+          <w:p w14:paraId="51A2C58E" w14:textId="18F57771" w:rsidR="0075753E" w:rsidRDefault="0075753E" w:rsidP="0075753E">
             <w:pPr>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text3"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
@@ -7564,140 +7634,140 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Dropdown1"/>
+            <w:bookmarkStart w:id="5" w:name="Dropdown1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="6"/>
+        <w:bookmarkEnd w:id="5"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C81AD2D" w14:textId="67416978" w:rsidR="0075753E" w:rsidRDefault="0075753E" w:rsidP="0075753E">
             <w:pPr>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075753E" w14:paraId="2BA61D21" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8202,58 +8272,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -8275,58 +8345,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075753E" w14:paraId="1945EB93" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8831,58 +8901,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -8904,58 +8974,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075753E" w14:paraId="35879A1F" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9460,58 +9530,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -9533,58 +9603,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075753E" w14:paraId="71483466" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10089,58 +10159,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -10162,58 +10232,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075753E" w14:paraId="4E0CAD11" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10718,58 +10788,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -10791,58 +10861,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075753E" w14:paraId="3DD715BD" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11347,58 +11417,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -11420,58 +11490,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075753E" w14:paraId="593A2D67" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11976,58 +12046,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -12049,58 +12119,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075753E" w14:paraId="100F3768" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12605,58 +12675,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -12678,58 +12748,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075753E" w14:paraId="1B926AD2" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13234,58 +13304,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
@@ -13307,58 +13377,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="    "/>
                     <w:listEntry w:val="Yes"/>
                     <w:listEntry w:val="No"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075753E" w14:paraId="5BDF4123" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13452,57 +13522,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...5 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="23305359" wp14:editId="109D7CF7">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
@@ -13539,51 +13609,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="28DEE283" id="Rectangle 1819" o:spid="_x0000_s1026" style="position:absolute;margin-left:-52pt;margin-top:5.15pt;width:8.25pt;height:7.15pt;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUDae7IAIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GP0zAMfkfiP0R5Z22njW3VutNpxxDS&#10;wZ04+AFemq4RaRKcbN349TjpbuyAJ0Qforh2Pn/+bC9vjp1mB4leWVPxYpRzJo2wtTK7in/9snkz&#10;58wHMDVoa2TFT9Lzm9XrV8velXJsW6triYxAjC97V/E2BFdmmRet7MCPrJOGnI3FDgKZuMtqhJ7Q&#10;O52N8/xt1lusHVohvae/d4OTrxJ+00gRHprGy8B0xYlbSCemcxvPbLWEcofgWiXONOAfWHSgDCW9&#10;QN1BALZH9QdUpwRab5swErbLbNMoIVMNVE2R/1bNUwtOplpIHO8uMvn/Bys+HR6RqbriE84MdNSi&#10;zyQamJ2WrJgXi6hQ73xJgU/uEWON3t1b8c0zY9ctBcpbRNu3EmriVcT47MWDaHh6yrb9R1tTAtgH&#10;m8Q6NthFQJKBHVNPTpeeyGNggn4W+WQ2m3ImyLXI5/k0JYDy+a1DH95L27F4qTgS+YQNh3sfIhco&#10;n0MSd6tVvVFaJwN327VGdgCajk36zuj+Okwb1lPy6XiakF/4/DVEnr6/QXQq0Jhr1VV8fgmCMor2&#10;ztRpCAMoPdyJsjZnFaNwQwO2tj6RiGiHGaado0tr8QdnPc1vxf33PaDkTH8w1IhFMZnEgU/GZDob&#10;k4HXnu21B4wgqIoHzobrOgxLsneodi1lKlLtxt5S8xqVlI2NHVidydKMJsHP+xSX4NpOUb+2fvUT&#10;AAD//wMAUEsDBBQABgAIAAAAIQBV+pH14AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NA&#10;FITvJv6HzTPxRndLa62UpTGamnhs6cXbA14BZd8SdmnRX+96qsfJTGa+SbeT6cSZBtda1jCfKRDE&#10;pa1arjUc8120BuE8coWdZdLwTQ622e1NikllL7yn88HXIpSwS1BD432fSOnKhgy6me2Jg3eyg0Ef&#10;5FDLasBLKDedjJVaSYMth4UGe3ppqPw6jEZD0cZH/Nnnb8o87Rb+fco/x49Xre/vpucNCE+Tv4bh&#10;Dz+gQxaYCjty5USnIZqrZTjjg6MWIEIiWj8+gCg0xMsVyCyV/y9kvwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCUDae7IAIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBV+pH14AAAAAoBAAAPAAAAAAAAAAAAAAAAAHoEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" o:allowincell="f"/>
+                    <v:rect w14:anchorId="324D5DFB" id="Rectangle 1819" o:spid="_x0000_s1026" style="position:absolute;margin-left:-52pt;margin-top:5.15pt;width:8.25pt;height:7.15pt;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUDae7IAIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GP0zAMfkfiP0R5Z22njW3VutNpxxDS&#10;wZ04+AFemq4RaRKcbN349TjpbuyAJ0Qforh2Pn/+bC9vjp1mB4leWVPxYpRzJo2wtTK7in/9snkz&#10;58wHMDVoa2TFT9Lzm9XrV8velXJsW6triYxAjC97V/E2BFdmmRet7MCPrJOGnI3FDgKZuMtqhJ7Q&#10;O52N8/xt1lusHVohvae/d4OTrxJ+00gRHprGy8B0xYlbSCemcxvPbLWEcofgWiXONOAfWHSgDCW9&#10;QN1BALZH9QdUpwRab5swErbLbNMoIVMNVE2R/1bNUwtOplpIHO8uMvn/Bys+HR6RqbriE84MdNSi&#10;zyQamJ2WrJgXi6hQ73xJgU/uEWON3t1b8c0zY9ctBcpbRNu3EmriVcT47MWDaHh6yrb9R1tTAtgH&#10;m8Q6NthFQJKBHVNPTpeeyGNggn4W+WQ2m3ImyLXI5/k0JYDy+a1DH95L27F4qTgS+YQNh3sfIhco&#10;n0MSd6tVvVFaJwN327VGdgCajk36zuj+Okwb1lPy6XiakF/4/DVEnr6/QXQq0Jhr1VV8fgmCMor2&#10;ztRpCAMoPdyJsjZnFaNwQwO2tj6RiGiHGaado0tr8QdnPc1vxf33PaDkTH8w1IhFMZnEgU/GZDob&#10;k4HXnu21B4wgqIoHzobrOgxLsneodi1lKlLtxt5S8xqVlI2NHVidydKMJsHP+xSX4NpOUb+2fvUT&#10;AAD//wMAUEsDBBQABgAIAAAAIQBV+pH14AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NA&#10;FITvJv6HzTPxRndLa62UpTGamnhs6cXbA14BZd8SdmnRX+96qsfJTGa+SbeT6cSZBtda1jCfKRDE&#10;pa1arjUc8120BuE8coWdZdLwTQ622e1NikllL7yn88HXIpSwS1BD432fSOnKhgy6me2Jg3eyg0Ef&#10;5FDLasBLKDedjJVaSYMth4UGe3ppqPw6jEZD0cZH/Nnnb8o87Rb+fco/x49Xre/vpucNCE+Tv4bh&#10;Dz+gQxaYCjty5USnIZqrZTjjg6MWIEIiWj8+gCg0xMsVyCyV/y9kvwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCUDae7IAIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBV+pH14AAAAAoBAAAPAAAAAAAAAAAAAAAAAHoEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" o:allowincell="f"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Supplemental anodes for a </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>sti-P</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:vertAlign w:val="subscript"/>
@@ -13635,57 +13705,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...5 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="0FFA432B" wp14:editId="2EF47C23">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
@@ -13722,51 +13792,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="1F051241" id="Rectangle 1820" o:spid="_x0000_s1026" style="position:absolute;margin-left:-52.25pt;margin-top:5.75pt;width:8.25pt;height:7.15pt;z-index:251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxaKrrIAIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOkiU14hRFugwD&#10;uq1Ytw9gZNkWptsoJU729aWVNE23PQ3zgyCa1OHhIbm43hvNdhKDcrbixSjnTFrhamXbin//tn4z&#10;5yxEsDVoZ2XFDzLw6+XrV4vel3LsOqdriYxAbCh7X/EuRl9mWRCdNBBGzktLzsahgUgmtlmN0BO6&#10;0dk4z99lvcPaoxMyBPp7e3TyZcJvGinil6YJMjJdceIW04np3AxntlxA2SL4TokTDfgHFgaUpaRn&#10;qFuIwLao/oAySqALrokj4UzmmkYJmWqgaor8t2oeOvAy1ULiBH+WKfw/WPF5d49M1RV/y5kFQy36&#10;SqKBbbVkxXycFOp9KCnwwd/jUGPwd078CMy6VUeB8gbR9Z2EmngVg6LZiweDEegp2/SfXE0JYBtd&#10;EmvfoBkASQa2Tz05nHsi95EJ+lnkk9lsypkg11U+z6cpAZRPbz2G+EE6w4ZLxZHIJ2zY3YU4cIHy&#10;KSRxd1rVa6V1MrDdrDSyHdB0rNN3Qg+XYdqynpJPx9OE/MIXLiHy9P0NwqhIY66Vqfj8HATlINp7&#10;W6chjKD08U6UtT2pOAg3DHMoN64+kIjojjNMO0eXzuEvznqa34qHn1tAyZn+aKkRV8VkMgx8MibT&#10;GXWS4aVnc+kBKwiq4pGz43UVj0uy9ajajjIVqXbrbqh5jUrKPrM6kaUZTYKf9mlYgks7RT1v/fIR&#10;AAD//wMAUEsDBBQABgAIAAAAIQAzhVjJ3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NA&#10;EIXvJv6HzZh4owtoDVKWxmhq4rGlF28DuwWUnSXs0qK/3vGkp8nL+/LmvWK72EGczeR7RwqSVQzC&#10;UON0T62CY7WLMhA+IGkcHBkFX8bDtry+KjDX7kJ7cz6EVnAI+RwVdCGMuZS+6YxFv3KjIfZObrIY&#10;WE6t1BNeONwOMo3jB2mxJ/7Q4WieO9N8HmaroO7TI37vq9fYPu7uwttSfczvL0rd3ixPGxDBLOEP&#10;ht/6XB1K7lS7mbQXg4Ioie/XzLKT8GUiyjJeVytI1xnIspD/J5Q/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAPFoqusgAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhADOFWMnfAAAACgEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" o:allowincell="f"/>
+                    <v:rect w14:anchorId="5B3B7DA7" id="Rectangle 1820" o:spid="_x0000_s1026" style="position:absolute;margin-left:-52.25pt;margin-top:5.75pt;width:8.25pt;height:7.15pt;z-index:251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxaKrrIAIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOkiU14hRFugwD&#10;uq1Ytw9gZNkWptsoJU729aWVNE23PQ3zgyCa1OHhIbm43hvNdhKDcrbixSjnTFrhamXbin//tn4z&#10;5yxEsDVoZ2XFDzLw6+XrV4vel3LsOqdriYxAbCh7X/EuRl9mWRCdNBBGzktLzsahgUgmtlmN0BO6&#10;0dk4z99lvcPaoxMyBPp7e3TyZcJvGinil6YJMjJdceIW04np3AxntlxA2SL4TokTDfgHFgaUpaRn&#10;qFuIwLao/oAySqALrokj4UzmmkYJmWqgaor8t2oeOvAy1ULiBH+WKfw/WPF5d49M1RV/y5kFQy36&#10;SqKBbbVkxXycFOp9KCnwwd/jUGPwd078CMy6VUeB8gbR9Z2EmngVg6LZiweDEegp2/SfXE0JYBtd&#10;EmvfoBkASQa2Tz05nHsi95EJ+lnkk9lsypkg11U+z6cpAZRPbz2G+EE6w4ZLxZHIJ2zY3YU4cIHy&#10;KSRxd1rVa6V1MrDdrDSyHdB0rNN3Qg+XYdqynpJPx9OE/MIXLiHy9P0NwqhIY66Vqfj8HATlINp7&#10;W6chjKD08U6UtT2pOAg3DHMoN64+kIjojjNMO0eXzuEvznqa34qHn1tAyZn+aKkRV8VkMgx8MibT&#10;GXWS4aVnc+kBKwiq4pGz43UVj0uy9ajajjIVqXbrbqh5jUrKPrM6kaUZTYKf9mlYgks7RT1v/fIR&#10;AAD//wMAUEsDBBQABgAIAAAAIQAzhVjJ3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NA&#10;EIXvJv6HzZh4owtoDVKWxmhq4rGlF28DuwWUnSXs0qK/3vGkp8nL+/LmvWK72EGczeR7RwqSVQzC&#10;UON0T62CY7WLMhA+IGkcHBkFX8bDtry+KjDX7kJ7cz6EVnAI+RwVdCGMuZS+6YxFv3KjIfZObrIY&#10;WE6t1BNeONwOMo3jB2mxJ/7Q4WieO9N8HmaroO7TI37vq9fYPu7uwttSfczvL0rd3ixPGxDBLOEP&#10;ht/6XB1K7lS7mbQXg4Ioie/XzLKT8GUiyjJeVytI1xnIspD/J5Q/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAPFoqusgAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhADOFWMnfAAAACgEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" o:allowincell="f"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Supplemental anodes for metallic pipe or flex-connectors were added (attach corrosion expert’s design or document industry standard </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>used).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -13796,57 +13866,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...5 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="0EEF8731" wp14:editId="60424A41">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
@@ -13883,51 +13953,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="685EA9B1" id="Rectangle 1821" o:spid="_x0000_s1026" style="position:absolute;margin-left:-52.1pt;margin-top:5.8pt;width:8.25pt;height:7.15pt;z-index:251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCJh+sPHwIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01zU0m7UdLXqUoS0&#10;sCsWPsB1nMTC8Zix27R8PROnLV3gCeEHy+MZH585M7O8PXSG7RV6Dbbk2STlTFkJlbZNyb9+2bxZ&#10;cOaDsJUwYFXJj8rz29XrV8veFSqHFkylkBGI9UXvSt6G4Iok8bJVnfATcMqSswbsRCATm6RC0RN6&#10;Z5I8Td8mPWDlEKTynm7vRydfRfy6VjI81rVXgZmSE7cQd4z7dtiT1VIUDQrXanmiIf6BRSe0pU8v&#10;UPciCLZD/QdUpyWChzpMJHQJ1LWWKuZA2WTpb9k8t8KpmAuJ491FJv//YOWn/RMyXZU858yKjkr0&#10;mUQTtjGKZYs8GxTqnS8o8Nk94ZCjdw8gv3lmYd1SoLpDhL5VoiJeMT558WAwPD1l2/4jVPSB2AWI&#10;Yh1q7AZAkoEdYk2Ol5qoQ2CSLrN0Op/POJPkukkX6WwglIji/NahD+8VdGw4lByJfMQW+wcfxtBz&#10;SOQORlcbbUw0sNmuDbK9oO7YxHVC99dhxrKePp/ls4j8wuevIdK4/gbR6UBtbnRX8sUlSBSDaO9s&#10;FZswCG3GM2VnLCV5Fm4swBaqI4mIMPYwzRwdWsAfnPXUvyX333cCFWfmg6VC3GTT6dDw0ZjO5jkZ&#10;eO3ZXnuElQRV8sDZeFyHcUh2DnXT0k9ZzN3CHRWv1lHZgd/I6kSWejTW5jRPwxBc2zHq19SvfgIA&#10;AP//AwBQSwMEFAAGAAgAAAAhAIaK8XfgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01Pg0AQ&#10;hu8m/ofNmHijC6j9QJbGaGrisaUXbwM7AsruEnZp0V/v9KTHyfvkfZ/Jt7PpxYlG3zmrIFnEIMjW&#10;Tne2UXAsd9EahA9oNfbOkoJv8rAtrq9yzLQ72z2dDqERXGJ9hgraEIZMSl+3ZNAv3ECWsw83Ggx8&#10;jo3UI5653PQyjeOlNNhZXmhxoOeW6q/DZBRUXXrEn335GpvN7i68zeXn9P6i1O3N/PQIItAc/mC4&#10;6LM6FOxUuclqL3oFURLfp8xykixBMBGtVysQlYL0YQOyyOX/F4pfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAImH6w8fAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAIaK8XfgAAAACgEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" o:allowincell="f"/>
+                    <v:rect w14:anchorId="65CE2B0C" id="Rectangle 1821" o:spid="_x0000_s1026" style="position:absolute;margin-left:-52.1pt;margin-top:5.8pt;width:8.25pt;height:7.15pt;z-index:251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCJh+sPHwIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01zU0m7UdLXqUoS0&#10;sCsWPsB1nMTC8Zix27R8PROnLV3gCeEHy+MZH585M7O8PXSG7RV6Dbbk2STlTFkJlbZNyb9+2bxZ&#10;cOaDsJUwYFXJj8rz29XrV8veFSqHFkylkBGI9UXvSt6G4Iok8bJVnfATcMqSswbsRCATm6RC0RN6&#10;Z5I8Td8mPWDlEKTynm7vRydfRfy6VjI81rVXgZmSE7cQd4z7dtiT1VIUDQrXanmiIf6BRSe0pU8v&#10;UPciCLZD/QdUpyWChzpMJHQJ1LWWKuZA2WTpb9k8t8KpmAuJ491FJv//YOWn/RMyXZU858yKjkr0&#10;mUQTtjGKZYs8GxTqnS8o8Nk94ZCjdw8gv3lmYd1SoLpDhL5VoiJeMT558WAwPD1l2/4jVPSB2AWI&#10;Yh1q7AZAkoEdYk2Ol5qoQ2CSLrN0Op/POJPkukkX6WwglIji/NahD+8VdGw4lByJfMQW+wcfxtBz&#10;SOQORlcbbUw0sNmuDbK9oO7YxHVC99dhxrKePp/ls4j8wuevIdK4/gbR6UBtbnRX8sUlSBSDaO9s&#10;FZswCG3GM2VnLCV5Fm4swBaqI4mIMPYwzRwdWsAfnPXUvyX333cCFWfmg6VC3GTT6dDw0ZjO5jkZ&#10;eO3ZXnuElQRV8sDZeFyHcUh2DnXT0k9ZzN3CHRWv1lHZgd/I6kSWejTW5jRPwxBc2zHq19SvfgIA&#10;AP//AwBQSwMEFAAGAAgAAAAhAIaK8XfgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01Pg0AQ&#10;hu8m/ofNmHijC6j9QJbGaGrisaUXbwM7AsruEnZp0V/v9KTHyfvkfZ/Jt7PpxYlG3zmrIFnEIMjW&#10;Tne2UXAsd9EahA9oNfbOkoJv8rAtrq9yzLQ72z2dDqERXGJ9hgraEIZMSl+3ZNAv3ECWsw83Ggx8&#10;jo3UI5653PQyjeOlNNhZXmhxoOeW6q/DZBRUXXrEn335GpvN7i68zeXn9P6i1O3N/PQIItAc/mC4&#10;6LM6FOxUuclqL3oFURLfp8xykixBMBGtVysQlYL0YQOyyOX/F4pfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAImH6w8fAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAIaK8XfgAAAACgEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" o:allowincell="f"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t>Galvanically protected tanks/piping not electrically isolated (explain repairs/modifications completed in “Remarks/Other” below).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075753E" w14:paraId="6BC1AAB7" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="6355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11255" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
@@ -14067,102 +14137,146 @@
             <w:tcW w:w="11255" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FBF2B9B" w14:textId="77777777" w:rsidR="0075753E" w:rsidRDefault="0075753E" w:rsidP="0075753E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NORTH CAROLINA DEPARTMENT OF ENVIRONMENTAL QUALITY, DIVISION OF WASTE MANAGEMENT, UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63F8E6B2" w14:textId="0052DAE0" w:rsidR="0075753E" w:rsidRDefault="0075753E" w:rsidP="0075753E">
+          <w:p w14:paraId="63F8E6B2" w14:textId="4F062113" w:rsidR="0075753E" w:rsidRDefault="0075753E" w:rsidP="0075753E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (919) 715-1117   </w:t>
+              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>8171  FAX</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (9</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA40CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>84) 236-8310</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>http://</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>www.wastenotnc.org</w:t>
             </w:r>
             <w:r w:rsidRPr="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
+            <w:r w:rsidR="00DA40CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
             <w:r w:rsidR="00CD2FB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>1/2020</w:t>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA40CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34F5B85C" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="175" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1553"/>
         <w:gridCol w:w="8550"/>
         <w:gridCol w:w="1152"/>
@@ -14292,165 +14406,233 @@
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="13177"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11255" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2523AAFC" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
               </w:rPr>
-              <w:t>Attach detailed drawing or use the space provided to draw a sketch of the UST and cathodic protection systems. Sufficient detail must be given in order to clearly indicate where the reference electrode was placed for each structure-to-soil potential that is recorded on the survey forms. Any pertinent data must also be included. At a minimum you should indicate the following: All tanks, piping and dispensers; All buildings and streets; All anodes and wires; Location of CP test stations; Each reference electrode placement must be indicated by a code (e.g., 1,2,3… T-1, T-2, P-1, P-2… etc.) corresponding with the appropriate line number in Section XII of this form.</w:t>
+              <w:t xml:space="preserve">Attach detailed drawing or use the space provided to draw a sketch of the UST and cathodic protection systems. Sufficient detail must be given </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t>in order to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> clearly indicate where the reference electrode was placed for each structure-to-soil potential that is recorded on the survey forms. Any pertinent data must also be included. At a minimum you should indicate the following: All tanks, piping and dispensers; All buildings and streets; All anodes and wires; Location of CP test stations; Each reference electrode placement must be indicated by a code (e.g., 1,2,3… T-1, T-2, P-1, P-2… etc.) corresponding with the appropriate line number in Section XII of this form.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64634203" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>AN EVALUATION OF THE CATHODIC PROTECTION SYSTEM IS NOT COMPLETE WITHOUT AN ACCEPTABLE SITE DRAWING</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AN</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EVALUATION OF THE CATHODIC PROTECTION SYSTEM IS NOT COMPLETE WITHOUT AN ACCEPTABLE SITE DRAWING</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00532012" w14:paraId="506C3AE0" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="560"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11255" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43516377" w14:textId="77777777" w:rsidR="00B42CFD" w:rsidRDefault="00B42CFD" w:rsidP="00B42CFD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NORTH CAROLINA DEPARTMENT OF ENVIRONMENTAL QUALITY, DIVISION OF WASTE MANAGEMENT, UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2461A10D" w14:textId="6A9661E7" w:rsidR="00532012" w:rsidRDefault="00B42CFD" w:rsidP="00B42CFD">
+          <w:p w14:paraId="2461A10D" w14:textId="15548CF2" w:rsidR="00532012" w:rsidRDefault="00B42CFD" w:rsidP="00B42CFD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (919) 715-1117   </w:t>
+              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>8171  FAX</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (9</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA40CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>84) 236-8310</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>http://</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>www.wastenotnc.org</w:t>
             </w:r>
             <w:r w:rsidRPr="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
+            <w:r w:rsidR="00DA40CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
             <w:r w:rsidR="00CD2FB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>1/2020</w:t>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA40CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="631B8455" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
       <w:pPr>
         <w:ind w:left="540"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11453" w:type="dxa"/>
         <w:tblInd w:w="175" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -14658,84 +14840,116 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Conduct point-to-point test between any two structures for which the fixed cell-moving ground survey is inconclusive or indicates possible continuity.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="571BBA59" w14:textId="03673577" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5" w:rsidP="00AF29C5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>For galvanic systems, the structure that is to be protected must be isolated from any other metallic structure in order to pass the continuity survey.</w:t>
+              <w:t xml:space="preserve">For galvanic systems, the structure that is to be protected must be isolated from any other metallic structure </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>in order to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pass the continuity survey.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="297AD0E7" w14:textId="2CF146F6" w:rsidR="00974D1B" w:rsidRDefault="00974D1B" w:rsidP="00AF29C5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>For Sti</w:t>
             </w:r>
             <w:r w:rsidR="00640170">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>-P3 tanks only</w:t>
             </w:r>
             <w:r w:rsidR="00100B7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">, continuity testing is not required if the tanks local and remote </w:t>
+              <w:t xml:space="preserve">, continuity testing is not required if the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00100B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>tanks</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00100B7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> local and remote </w:t>
             </w:r>
             <w:r w:rsidR="00987E1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">tank-to-soil </w:t>
             </w:r>
             <w:r w:rsidR="00790183">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>potentials are -850 mV or more negative</w:t>
             </w:r>
             <w:r w:rsidR="00987E1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DC8C158" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
@@ -15324,68 +15538,87 @@
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BDED202" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
               </w:rPr>
-              <w:t>ISOLATED/</w:t>
+              <w:t>ISOLATED</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t xml:space="preserve">6 </w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
               </w:rPr>
               <w:t>CONTINUOUS/ INCONCLUSIVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="2804827E" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -16476,83 +16709,83 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Isolated"/>
                     <w:listEntry w:val="Continuous"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Dropdown2"/>
+            <w:bookmarkStart w:id="6" w:name="Dropdown2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="0D396D49" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6094098C" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRPr="00603C33" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -17177,58 +17410,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Isolated"/>
                     <w:listEntry w:val="Continuous"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="128DB878" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -17868,58 +18101,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Isolated"/>
                     <w:listEntry w:val="Continuous"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="34934E47" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18559,58 +18792,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Isolated"/>
                     <w:listEntry w:val="Continuous"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="4DA034CB" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -19250,58 +19483,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Isolated"/>
                     <w:listEntry w:val="Continuous"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="3854A9D7" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -19941,58 +20174,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Isolated"/>
                     <w:listEntry w:val="Continuous"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="058CB87B" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -20632,58 +20865,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Isolated"/>
                     <w:listEntry w:val="Continuous"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="36DF61A8" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21323,58 +21556,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Isolated"/>
                     <w:listEntry w:val="Continuous"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="21138F97" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -22014,58 +22247,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Isolated"/>
                     <w:listEntry w:val="Continuous"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="3513EC54" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -22705,58 +22938,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Isolated"/>
                     <w:listEntry w:val="Continuous"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="64219BA9" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23396,58 +23629,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Isolated"/>
                     <w:listEntry w:val="Continuous"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="6F5490B7" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -24087,58 +24320,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Isolated"/>
                     <w:listEntry w:val="Continuous"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="3EF37456" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -24778,58 +25011,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Isolated"/>
                     <w:listEntry w:val="Continuous"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="536EC220" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -25469,58 +25702,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="Isolated"/>
                     <w:listEntry w:val="Continuous"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="3E2E59FB" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -25666,95 +25899,127 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="133EC189" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>1)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
-              <w:t>Describe the cathodically protected structure that you are attempting to demonstrate is isolated from unprotected structures (e.g., premium tank).</w:t>
+              <w:t xml:space="preserve">Describe the cathodically protected structure that you are attempting to demonstrate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>is isolated</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from unprotected structures (e.g., premium tank).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="69020B54" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11453" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56BB42E4" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="540"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>2)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:tab/>
-              <w:t>Describe the unprotected structure that you are attempting to demonstrate is isolated from the protected structure (e.g., premium tank fill riser).</w:t>
+              <w:t xml:space="preserve">Describe the unprotected structure that you are attempting to demonstrate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>is isolated</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from the protected structure (e.g., premium tank fill riser).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF29C5" w14:paraId="667AA7A8" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11453" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E7981F1" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:rPr>
@@ -26156,102 +26421,146 @@
             <w:tcW w:w="11453" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20EA9E1D" w14:textId="77777777" w:rsidR="00B42CFD" w:rsidRDefault="00B42CFD" w:rsidP="00B42CFD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NORTH CAROLINA DEPARTMENT OF ENVIRONMENTAL QUALITY, DIVISION OF WASTE MANAGEMENT, UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63C076BB" w14:textId="09B044C4" w:rsidR="00532012" w:rsidRDefault="00B42CFD" w:rsidP="00B42CFD">
+          <w:p w14:paraId="63C076BB" w14:textId="3A8CBC2A" w:rsidR="00532012" w:rsidRDefault="00B42CFD" w:rsidP="00B42CFD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (919) 715-1117   </w:t>
+              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>8171  FAX</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (9</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA40CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>84) 236-8310</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>http://</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>www.wastenotnc.org</w:t>
             </w:r>
             <w:r w:rsidRPr="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
+            <w:r w:rsidR="00DA40CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
             <w:r w:rsidR="00CD2FB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>1/2020</w:t>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA40CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7EAB5756" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="175" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="468"/>
         <w:gridCol w:w="900"/>
@@ -27492,56 +27801,65 @@
           </w:tcPr>
           <w:p w14:paraId="4E1C6BCC" w14:textId="77777777" w:rsidR="00070A28" w:rsidRDefault="00070A28">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>(example)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3360548A" w14:textId="77777777" w:rsidR="00070A28" w:rsidRDefault="00070A28">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="17"/>
               </w:rPr>
-              <w:t>PLUS TANK</w:t>
+              <w:t>PLUS</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TANK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="11980D66" w14:textId="77777777" w:rsidR="00070A28" w:rsidRDefault="00070A28">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
@@ -27577,56 +27895,65 @@
           </w:tcPr>
           <w:p w14:paraId="620DA44C" w14:textId="77777777" w:rsidR="00070A28" w:rsidRDefault="00070A28">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>(example)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4064F351" w14:textId="77777777" w:rsidR="00070A28" w:rsidRDefault="00070A28">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="17"/>
               </w:rPr>
-              <w:t>SOIL @ PLUS TANK STP MANWAY</w:t>
+              <w:t>SOIL @</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PLUS TANK STP MANWAY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="7BD73FFE" w14:textId="77777777" w:rsidR="00070A28" w:rsidRDefault="00070A28">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
@@ -27853,56 +28180,65 @@
           </w:tcPr>
           <w:p w14:paraId="7138AE4F" w14:textId="77777777" w:rsidR="00070A28" w:rsidRDefault="00070A28">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>(example)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="268400C4" w14:textId="77777777" w:rsidR="00070A28" w:rsidRDefault="00070A28">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="17"/>
               </w:rPr>
-              <w:t>PLUS PIPING</w:t>
+              <w:t>PLUS</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PIPING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="311E2E41" w14:textId="77777777" w:rsidR="00070A28" w:rsidRDefault="00070A28">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="14"/>
               </w:rPr>
@@ -29026,83 +29362,83 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Dropdown3"/>
+            <w:bookmarkStart w:id="7" w:name="Dropdown3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="628CAA14" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5818AA85" w14:textId="77777777" w:rsidR="00070A28" w:rsidRPr="008A4368" w:rsidRDefault="00070A28">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
@@ -29955,58 +30291,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="4A02E454" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -30874,58 +31210,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="0BB82FE3" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -31793,58 +32129,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="74C2E0CD" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -32712,58 +33048,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="5A018F06" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -33631,58 +33967,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="2A14B8B1" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -34550,58 +34886,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="6667BF2F" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -35469,58 +35805,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="408D836B" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -36388,58 +36724,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="10FD1615" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -37307,58 +37643,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="639B27E3" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -38226,58 +38562,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="2A4D4D70" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -39145,58 +39481,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="535B5F1D" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -40064,58 +40400,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="67D45FEA" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -40983,58 +41319,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="2AACD1E7" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -41902,58 +42238,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="1158EC15" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -42821,58 +43157,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="44156F5F" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -43740,58 +44076,58 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="      "/>
                     <w:listEntry w:val="Pass"/>
                     <w:listEntry w:val="Fail"/>
                     <w:listEntry w:val="Inconclusive"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D4FB0">
-[...6 lines deleted...]
-            <w:r w:rsidR="001D4FB0">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="6FAEDBC9" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:trHeight w:val="1133"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11268" w:type="dxa"/>
@@ -44024,51 +44360,99 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71412B7A" w14:textId="77777777" w:rsidR="00070A28" w:rsidRDefault="00070A28">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:t>3)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="15"/>
               </w:rPr>
               <w:tab/>
-              <w:t>Describe where contact with the structure that is being tested is made (e.g., plus tank @ test lead; diesel piping @ dispenser 5/6; tank test lead; pp4, etc).</w:t>
+              <w:t>Describe where contact with the structure that is being tested is made (e.g.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t>, plus tank @</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> test lead; diesel </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t>piping @</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dispenser 5/6; tank test lead; pp4, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t>etc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="15"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00070A28" w14:paraId="382F1E67" w14:textId="77777777" w:rsidTr="008D696D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11268" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36ECDEE1" w14:textId="77777777" w:rsidR="00070A28" w:rsidRDefault="00070A28">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
@@ -44250,225 +44634,269 @@
             <w:tcW w:w="11268" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7933F0D5" w14:textId="77777777" w:rsidR="00B42CFD" w:rsidRDefault="00B42CFD" w:rsidP="00B42CFD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NORTH CAROLINA DEPARTMENT OF ENVIRONMENTAL QUALITY, DIVISION OF WASTE MANAGEMENT, UST SECTION</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58AB1A15" w14:textId="72D757FC" w:rsidR="00070A28" w:rsidRDefault="00B42CFD" w:rsidP="00B42CFD">
+          <w:p w14:paraId="58AB1A15" w14:textId="0B89D304" w:rsidR="00070A28" w:rsidRDefault="00B42CFD" w:rsidP="00B42CFD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-8171  FAX (919) 715-1117   </w:t>
+              <w:t>1646 MAIL SERVICE CENTER, RALEIGH, NC 27699-1646   PHONE (919) 707-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>8171  FAX</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (9</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA40CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>84) 236-8310</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>http://</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>www.wastenotnc.org</w:t>
             </w:r>
             <w:r w:rsidRPr="00D06283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
+            <w:r w:rsidR="00DA40CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
             <w:r w:rsidR="00CD2FB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>1/2020</w:t>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA40CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2737CFEC" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
       <w:pPr>
         <w:ind w:left="540"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AF29C5">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="450" w:right="360" w:bottom="288" w:left="360" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FDB8531" w14:textId="77777777" w:rsidR="003401A1" w:rsidRDefault="003401A1">
+    <w:p w14:paraId="0E33964E" w14:textId="77777777" w:rsidR="00942CFD" w:rsidRDefault="00942CFD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F566A5F" w14:textId="77777777" w:rsidR="003401A1" w:rsidRDefault="003401A1">
+    <w:p w14:paraId="3729C38C" w14:textId="77777777" w:rsidR="00942CFD" w:rsidRDefault="00942CFD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3256BE18" w14:textId="77777777" w:rsidR="003401A1" w:rsidRDefault="003401A1">
+    <w:p w14:paraId="166B283D" w14:textId="77777777" w:rsidR="00942CFD" w:rsidRDefault="00942CFD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33E19DB1" w14:textId="77777777" w:rsidR="003401A1" w:rsidRDefault="003401A1">
+    <w:p w14:paraId="41914064" w14:textId="77777777" w:rsidR="00942CFD" w:rsidRDefault="00942CFD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5EA1FB51" w14:textId="77777777" w:rsidR="00AF29C5" w:rsidRDefault="00AF29C5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="160D3715"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16613A57"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
@@ -44485,224 +44913,236 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="698274B0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="758525286">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="383986317">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1038311749">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="8" w:dllVersion="513" w:checkStyle="1"/>
-  <w:proofState w:spelling="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="TIjPUOJe9U8XijIa7NYV0ge3sqUFmaC9zHeu09TmHMu9X3TqKVxiVvLVxuGAhiANfAayEeHXbQ8+VVTi5lh6fw==" w:salt="D6unHsc0PU9CtO5n5hvSfQ=="/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:evenAndOddHeaders/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D06283"/>
+    <w:rsid w:val="00003EAE"/>
     <w:rsid w:val="00011EE0"/>
+    <w:rsid w:val="00042297"/>
     <w:rsid w:val="000708F4"/>
     <w:rsid w:val="00070A28"/>
     <w:rsid w:val="00081991"/>
     <w:rsid w:val="00092455"/>
     <w:rsid w:val="000A4898"/>
     <w:rsid w:val="000C17CA"/>
     <w:rsid w:val="00100B7C"/>
     <w:rsid w:val="00147D3E"/>
     <w:rsid w:val="00174D87"/>
+    <w:rsid w:val="00184D88"/>
+    <w:rsid w:val="00192CC0"/>
     <w:rsid w:val="001A7EB0"/>
-    <w:rsid w:val="001D4FB0"/>
     <w:rsid w:val="001D7246"/>
     <w:rsid w:val="001F4CE3"/>
     <w:rsid w:val="002070CA"/>
     <w:rsid w:val="002275E3"/>
     <w:rsid w:val="00261639"/>
     <w:rsid w:val="003401A1"/>
+    <w:rsid w:val="00352CBD"/>
+    <w:rsid w:val="003537AB"/>
     <w:rsid w:val="00361CE7"/>
     <w:rsid w:val="00362065"/>
     <w:rsid w:val="00394CCE"/>
     <w:rsid w:val="003B5780"/>
     <w:rsid w:val="00411E2F"/>
     <w:rsid w:val="004120B9"/>
     <w:rsid w:val="004470C6"/>
+    <w:rsid w:val="00454548"/>
     <w:rsid w:val="00475670"/>
     <w:rsid w:val="004764B8"/>
     <w:rsid w:val="0047671E"/>
     <w:rsid w:val="00490E5C"/>
     <w:rsid w:val="004B2D62"/>
     <w:rsid w:val="004C012B"/>
     <w:rsid w:val="004D130C"/>
     <w:rsid w:val="005319B9"/>
     <w:rsid w:val="00532012"/>
     <w:rsid w:val="00534735"/>
     <w:rsid w:val="00536A6E"/>
     <w:rsid w:val="005B0638"/>
     <w:rsid w:val="00603C33"/>
     <w:rsid w:val="00607461"/>
     <w:rsid w:val="00640170"/>
     <w:rsid w:val="006643BE"/>
     <w:rsid w:val="006657FC"/>
     <w:rsid w:val="00665CBA"/>
     <w:rsid w:val="006F0DC2"/>
     <w:rsid w:val="006F6FDB"/>
     <w:rsid w:val="0075753E"/>
     <w:rsid w:val="00790183"/>
     <w:rsid w:val="007F59EB"/>
     <w:rsid w:val="00890F74"/>
+    <w:rsid w:val="00895161"/>
     <w:rsid w:val="008A4368"/>
     <w:rsid w:val="008C4F5C"/>
     <w:rsid w:val="008D696D"/>
     <w:rsid w:val="008E67EB"/>
     <w:rsid w:val="008F2F9C"/>
     <w:rsid w:val="009147FD"/>
     <w:rsid w:val="009428BC"/>
+    <w:rsid w:val="00942CFD"/>
     <w:rsid w:val="00962F48"/>
     <w:rsid w:val="00974D1B"/>
     <w:rsid w:val="00987E1B"/>
     <w:rsid w:val="00992E14"/>
     <w:rsid w:val="009C4F90"/>
     <w:rsid w:val="00A03A85"/>
     <w:rsid w:val="00A31D43"/>
     <w:rsid w:val="00A74678"/>
     <w:rsid w:val="00A9116A"/>
     <w:rsid w:val="00AD1B3B"/>
     <w:rsid w:val="00AF29C5"/>
     <w:rsid w:val="00AF6DB5"/>
     <w:rsid w:val="00B42CFD"/>
     <w:rsid w:val="00B85740"/>
     <w:rsid w:val="00BC26EC"/>
     <w:rsid w:val="00BD0BEA"/>
+    <w:rsid w:val="00BD22CE"/>
     <w:rsid w:val="00BF563C"/>
     <w:rsid w:val="00C11056"/>
     <w:rsid w:val="00C625E7"/>
     <w:rsid w:val="00CA23CE"/>
     <w:rsid w:val="00CA5559"/>
     <w:rsid w:val="00CB6B43"/>
     <w:rsid w:val="00CC6161"/>
     <w:rsid w:val="00CD2FB6"/>
+    <w:rsid w:val="00CF3DE8"/>
     <w:rsid w:val="00D06283"/>
     <w:rsid w:val="00D43B8B"/>
     <w:rsid w:val="00DA1BF7"/>
+    <w:rsid w:val="00DA40CC"/>
+    <w:rsid w:val="00DA7EDA"/>
     <w:rsid w:val="00DD55A1"/>
     <w:rsid w:val="00E66123"/>
     <w:rsid w:val="00E77C24"/>
     <w:rsid w:val="00E830E6"/>
     <w:rsid w:val="00E84D6F"/>
     <w:rsid w:val="00EF4AA5"/>
     <w:rsid w:val="00F7092C"/>
     <w:rsid w:val="00F71881"/>
     <w:rsid w:val="00F77269"/>
     <w:rsid w:val="00FB380B"/>
     <w:rsid w:val="00FE3496"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2BC860B1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{481D8926-70A9-456C-999A-67B543FC2ED4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -45365,51 +45805,51 @@
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocumentMap">
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -45692,131 +46132,206 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <TaxCatchAll xmlns="6501bee3-079a-4d16-b86e-fb182ea31b14" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f6855a82-f00c-40c4-bd13-a8482faef0a2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B6CD68AECF3A0943B0E87571F3098C5A" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0965f6a837e8ae0df155807fb9c7df50">
-[...2 lines deleted...]
-    <xsd:import namespace="c4dcbf7f-0705-49bc-965d-2f216784eeac"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004F141538DCF7D94EBFA87CE86FF5C875" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69fdabd8ab1c5a25f26ef343b68aa347">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6501bee3-079a-4d16-b86e-fb182ea31b14" xmlns:ns3="f6855a82-f00c-40c4-bd13-a8482faef0a2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0badd0cc8447c29ac78bc4934c6cc6a1" ns2:_="" ns3:_="">
+    <xsd:import namespace="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <xsd:import namespace="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6501bee3-079a-4d16-b86e-fb182ea31b14" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="4" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="5" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6c5d24a8-8e51-491c-9eb5-efc955b8ec30}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6501bee3-079a-4d16-b86e-fb182ea31b14">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c4dcbf7f-0705-49bc-965d-2f216784eeac" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f6855a82-f00c-40c4-bd13-a8482faef0a2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="6" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="7" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="8" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -45874,97 +46389,98 @@
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEC53EBE-EB54-4311-833F-836E5588FE5E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58858B53-4403-4B0D-AC76-7E5AFC449558}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6501bee3-079a-4d16-b86e-fb182ea31b14"/>
+    <ds:schemaRef ds:uri="f6855a82-f00c-40c4-bd13-a8482faef0a2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB2C2CAD-554D-49BA-9339-F788B32854A0}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AC4A09D-3B29-4969-BD03-D4216F841364}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>3004</Words>
-  <Characters>17123</Characters>
+  <Words>2305</Words>
+  <Characters>12736</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>142</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>618</Lines>
+  <Paragraphs>553</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>August 15, 1996</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of  NC-DENR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20087</CharactersWithSpaces>
+  <CharactersWithSpaces>14544</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>UST-7A</dc:title>
   <dc:subject/>
   <dc:creator>UST Branch</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101004F141538DCF7D94EBFA87CE86FF5C875</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>