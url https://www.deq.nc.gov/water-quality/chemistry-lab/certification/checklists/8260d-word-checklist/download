--- v0 (2025-10-03)
+++ v1 (2026-02-22)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="07B6B4D7" w14:textId="3B7BFD91" w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidRDefault="00C37462" w:rsidP="00D811E9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000808F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">NC </w:t>
       </w:r>
       <w:r w:rsidR="00EC0C07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DEQ/DWR</w:t>
@@ -109,385 +109,373 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="000808F0" w14:paraId="4725E55F" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6207204D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidRDefault="00C37462" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="466F0C34" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidRDefault="00C37462" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D3405C0" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidRDefault="00C37462" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FCD6EF1" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidRDefault="00C37462" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="000808F0" w14:paraId="11083399" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13DD54D7" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidRDefault="00C37462" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D0C8217" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidRDefault="00C37462" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53E778DB" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidRDefault="00C37462" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="721454DA" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidRDefault="00C37462" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="000808F0" w14:paraId="1067CDD8" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02B02690" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidRDefault="00C37462" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AC41BB5" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidRDefault="00C37462" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="000808F0" w14:paraId="5781D158" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79508ED6" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidRDefault="00C37462" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2284B0DD" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidRDefault="00C37462" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A490C9D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidRDefault="00C37462" w:rsidP="00150F78">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
@@ -728,282 +716,275 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk98331417"/>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Apparatus:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="341B644A" w14:textId="77777777" w:rsidR="005D5D1B" w:rsidRPr="000808F0" w:rsidRDefault="005D5D1B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5D1B" w:rsidRPr="000808F0" w14:paraId="0531EFAF" w14:textId="77777777" w:rsidTr="00094397">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3AB42E36" w14:textId="77777777" w:rsidR="005D5D1B" w:rsidRPr="000808F0" w:rsidRDefault="005D5D1B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D5DB326" w14:textId="77777777" w:rsidR="005D5D1B" w:rsidRPr="000808F0" w:rsidRDefault="005D5D1B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Purge &amp; Trap System - Model:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EAE70FF" w14:textId="77777777" w:rsidR="005D5D1B" w:rsidRPr="000808F0" w:rsidRDefault="005D5D1B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5D1B" w:rsidRPr="000808F0" w14:paraId="71C1DAF8" w14:textId="77777777" w:rsidTr="00094397">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="67C4C897" w14:textId="77777777" w:rsidR="005D5D1B" w:rsidRPr="000808F0" w:rsidRDefault="005D5D1B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="035035A8" w14:textId="77777777" w:rsidR="005D5D1B" w:rsidRPr="000808F0" w:rsidRDefault="005D5D1B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gas Chromatograph - Model:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3727179E" w14:textId="77777777" w:rsidR="005D5D1B" w:rsidRPr="000808F0" w:rsidRDefault="005D5D1B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5D1B" w:rsidRPr="00351488" w14:paraId="115720F6" w14:textId="77777777" w:rsidTr="00094397">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="34FA5361" w14:textId="77777777" w:rsidR="005D5D1B" w:rsidRPr="000808F0" w:rsidRDefault="005D5D1B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="025D90AD" w14:textId="77777777" w:rsidR="005D5D1B" w:rsidRPr="00351488" w:rsidRDefault="005D5D1B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351488">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mass Spectrometer - Model:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A83E78E" w14:textId="77777777" w:rsidR="005D5D1B" w:rsidRPr="00351488" w:rsidRDefault="005D5D1B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="569836D6" w14:textId="77777777" w:rsidR="005D5D1B" w:rsidRPr="00351488" w:rsidRDefault="005D5D1B" w:rsidP="00150F78">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2400,109 +2381,105 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11207" w:type="dxa"/>
         <w:tblInd w:w="97" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11207"/>
       </w:tblGrid>
       <w:tr w:rsidR="0055440B" w:rsidRPr="000808F0" w14:paraId="4C20B585" w14:textId="77777777" w:rsidTr="0055440B">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11207" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="057D7F6F" w14:textId="77777777" w:rsidR="0055440B" w:rsidRPr="000808F0" w:rsidRDefault="0055440B" w:rsidP="00B05727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B2791E1" w14:textId="77777777" w:rsidR="00DA2E81" w:rsidRPr="00F811DA" w:rsidRDefault="00DA2E81" w:rsidP="00DA2E81">
+          <w:p w14:paraId="6B2791E1" w14:textId="77777777" w:rsidR="00DA2E81" w:rsidRPr="00693735" w:rsidRDefault="00DA2E81" w:rsidP="00DA2E81">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F811DA">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00693735">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06DFA099" w14:textId="282EBAB6" w:rsidR="0055440B" w:rsidRPr="000808F0" w:rsidRDefault="00DA2E81" w:rsidP="00B05727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F811DA">
+            <w:r w:rsidRPr="00693735">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and in the column labeled SOP to indicate whether it is addressed in the SOP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DE0820A" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidRDefault="00C37462" w:rsidP="00150F78">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11268" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2833,51 +2810,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4EE7DFB2" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="000808F0" w:rsidRDefault="00CD61FE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="307D86F5" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="000808F0" w:rsidRDefault="00CD61FE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="188CAFE7" w14:textId="77777777" w:rsidR="001467B1" w:rsidRDefault="001467B1" w:rsidP="001467B1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -3000,51 +2976,50 @@
               <w:t>Are all review/revision dates and procedural edits tracked and documented? [15A NCAC 02H .0805 (a) (7)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7C02C85D" w14:textId="77777777" w:rsidR="00E21C3D" w:rsidRPr="000808F0" w:rsidRDefault="00E21C3D" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="11CD85EF" w14:textId="77777777" w:rsidR="00E21C3D" w:rsidRPr="000808F0" w:rsidRDefault="00E21C3D" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="1497D5E7" w14:textId="7F2D5DF2" w:rsidR="00E21C3D" w:rsidRPr="000808F0" w:rsidRDefault="001467B1" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
@@ -3492,80 +3467,78 @@
           <w:p w14:paraId="29039FFF" w14:textId="77777777" w:rsidR="00BD7522" w:rsidRPr="00042F3E" w:rsidRDefault="00BD7522" w:rsidP="00042F3E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="00827693" w14:paraId="01953D2B" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FCD27E3" w14:textId="483E9C03" w:rsidR="00827693" w:rsidRPr="00827693" w:rsidRDefault="00827693" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3C8008DB" w14:textId="37D34DEF" w:rsidR="00827693" w:rsidRPr="00827693" w:rsidRDefault="00827693" w:rsidP="00B4498C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827693">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples verified to be free of residual chlorine</w:t>
             </w:r>
             <w:r w:rsidR="00042F3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3584,97 +3557,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [SW-846 Chapter 4, Section 4.1.3.3] </w:t>
             </w:r>
             <w:r w:rsidR="00042F3E" w:rsidRPr="00042F3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 Chapter Four, Table 4-1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="16E087C9" w14:textId="77777777" w:rsidR="00827693" w:rsidRPr="00827693" w:rsidRDefault="00827693" w:rsidP="00B4498C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3EC5F5C6" w14:textId="77777777" w:rsidR="00827693" w:rsidRPr="00827693" w:rsidRDefault="00827693" w:rsidP="00B4498C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="538B012E" w14:textId="050A9890" w:rsidR="00827693" w:rsidRDefault="00042F3E" w:rsidP="00042F3E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00042F3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aqueous samples containing free chlorine should also be preserved with a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3733,80 +3703,78 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00042F3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> with 4 drops of 10% sodium thiosulfate solution. Gently swirl to mix sample and transfer to a 40­mL VOA vial.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="4E744F2D" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1343652E" w14:textId="3D542323" w:rsidR="00D5194B" w:rsidRPr="000808F0" w:rsidRDefault="00D5194B" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1B8D539B" w14:textId="0BE638A3" w:rsidR="00D5194B" w:rsidRPr="000808F0" w:rsidRDefault="00827693" w:rsidP="00827693">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If samples are free of residual chlorine, then a</w:t>
             </w:r>
             <w:r w:rsidR="00D5194B" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3927,97 +3895,94 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 4.1.3.2 &amp; </w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Table 4-1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="17CD1623" w14:textId="77777777" w:rsidR="00D5194B" w:rsidRPr="000808F0" w:rsidRDefault="00D5194B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="31D6F25D" w14:textId="77777777" w:rsidR="00D5194B" w:rsidRPr="000808F0" w:rsidRDefault="00D5194B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6019D8D1" w14:textId="079029C5" w:rsidR="00DD52C9" w:rsidRDefault="00774DFA" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 4.1.3.2: </w:t>
             </w:r>
             <w:r w:rsidRPr="00774DFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4115,80 +4080,78 @@
             </w:r>
             <w:r w:rsidR="00072E3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2 vials are required, 3 vials are recommended.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="53703374" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F0E4A70" w14:textId="5FD4BA6C" w:rsidR="00D5194B" w:rsidRPr="000808F0" w:rsidRDefault="00D5194B" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="24A7C998" w14:textId="77777777" w:rsidR="00D5194B" w:rsidRDefault="00C45510" w:rsidP="00827693">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless otherwise stated in the method, a</w:t>
             </w:r>
             <w:r w:rsidR="00D5194B" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4301,97 +4264,94 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="424A8367" w14:textId="0B47AB0C" w:rsidR="00D5194B" w:rsidRPr="000808F0" w:rsidRDefault="00D5194B" w:rsidP="00827693">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3F9FE2A8" w14:textId="77777777" w:rsidR="00D5194B" w:rsidRPr="000808F0" w:rsidRDefault="00D5194B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="73C71182" w14:textId="77777777" w:rsidR="00D5194B" w:rsidRPr="000808F0" w:rsidRDefault="00D5194B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0944E4E8" w14:textId="47DB7CD1" w:rsidR="00D5194B" w:rsidRDefault="00A53716" w:rsidP="00CA5404">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Chapter 4, Table 4-1: </w:t>
             </w:r>
             <w:r w:rsidR="005C6DE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4539,80 +4499,78 @@
             </w:r>
             <w:r w:rsidR="0067561D" w:rsidRPr="0067561D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chemical preservation may be inappropriate for highly reactive compounds (e.g., 2-chloroethyl vinyl ether, acrylamide, etc.), since it may accelerate loss by rapid chemical reaction. Aqueous samples containing free chlorine should also be preserved with a dechlorinating agent in order to minimize formation of trihalomethanes and other possible chemical reactions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="293A5446" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1272BE43" w14:textId="7F00B0B9" w:rsidR="00D5194B" w:rsidRPr="000808F0" w:rsidRDefault="00D5194B" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="56F9D100" w14:textId="77777777" w:rsidR="00D5194B" w:rsidRPr="000808F0" w:rsidRDefault="00D5194B" w:rsidP="00827693">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples preserved at time of collection with ice to a temperature of </w:t>
             </w:r>
             <w:r w:rsidR="00827693">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4658,170 +4616,165 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00827693" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table 4-1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="48D3E3D6" w14:textId="77777777" w:rsidR="00D5194B" w:rsidRPr="000808F0" w:rsidRDefault="00D5194B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="03D865BB" w14:textId="77777777" w:rsidR="00D5194B" w:rsidRPr="000808F0" w:rsidRDefault="00D5194B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FC37A5F" w14:textId="77777777" w:rsidR="00D5194B" w:rsidRPr="000808F0" w:rsidRDefault="00827693" w:rsidP="00827693">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cool to 0 -</w:t>
             </w:r>
             <w:r w:rsidR="00D5194B" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6ºC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="606C5EFB" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34929CCE" w14:textId="2BC53994" w:rsidR="00FE48F2" w:rsidRDefault="00FE48F2" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7796620D" w14:textId="7597049D" w:rsidR="00FE48F2" w:rsidRPr="000808F0" w:rsidRDefault="00FE48F2" w:rsidP="00827693">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are aqueous samples collected and stored with </w:t>
             </w:r>
             <w:r w:rsidR="000B6EC6" w:rsidRPr="000B6EC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4896,97 +4849,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; 8.3</w:t>
             </w:r>
             <w:r w:rsidR="00E97F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5F3C828C" w14:textId="77777777" w:rsidR="00FE48F2" w:rsidRPr="000808F0" w:rsidRDefault="00FE48F2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2F6913CB" w14:textId="77777777" w:rsidR="00FE48F2" w:rsidRPr="000808F0" w:rsidRDefault="00FE48F2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B80A7E1" w14:textId="081CF67C" w:rsidR="00FE48F2" w:rsidRDefault="00FE48F2" w:rsidP="00827693">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE48F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Aqueous samples </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE48F2" w:rsidDel="008862D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5102,80 +5052,78 @@
             </w:r>
             <w:r w:rsidRPr="00F34EEC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">be collected in air-tight containers compatible with closed-system sample preparation and analysis techniques, if possible. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="3C592FA4" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DBFB907" w14:textId="4FCDF88E" w:rsidR="00827693" w:rsidRPr="000808F0" w:rsidRDefault="00827693" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F2A12D6" w14:textId="77777777" w:rsidR="00827693" w:rsidRPr="000808F0" w:rsidRDefault="00827693" w:rsidP="00827693">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples analyzed within 14 days of collection?</w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -5190,97 +5138,94 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table 4-1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0C219F05" w14:textId="77777777" w:rsidR="00827693" w:rsidRPr="000808F0" w:rsidRDefault="00827693" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="00DE3F4A" w14:textId="77777777" w:rsidR="00827693" w:rsidRPr="000808F0" w:rsidRDefault="00827693" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="692E9D66" w14:textId="0A5456E9" w:rsidR="00827693" w:rsidRDefault="003D4A83" w:rsidP="00827693">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Table 4-1</w:t>
             </w:r>
             <w:r w:rsidR="00241298">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5296,80 +5241,78 @@
             </w:r>
             <w:r w:rsidRPr="003D4A83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> A longer holding time may be appropriate if it can be demonstrated that the reported analyte concentrations are not adversely affected from preservation, storage and analyses performed outside the recommended holding times.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="298F3C76" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="448586DC" w14:textId="475CD7C2" w:rsidR="00827693" w:rsidRPr="000808F0" w:rsidRDefault="00827693" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="51938F6C" w14:textId="77777777" w:rsidR="00827693" w:rsidRPr="000808F0" w:rsidRDefault="00827693" w:rsidP="00827693">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples</w:t>
             </w:r>
             <w:r w:rsidR="003C4C82">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -5427,170 +5370,165 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table 4-1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="24F1F27C" w14:textId="77777777" w:rsidR="00827693" w:rsidRPr="000808F0" w:rsidRDefault="00827693" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="70F04720" w14:textId="77777777" w:rsidR="00827693" w:rsidRPr="000808F0" w:rsidRDefault="00827693" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29C5EFDA" w14:textId="3637101F" w:rsidR="00827693" w:rsidRDefault="00827693" w:rsidP="00827693">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827693">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If carbonaceous materials are present, or if MTBE and other fuel oxygenate ethers are present and a high temperature sample preparative method is to be used, do not </w:t>
             </w:r>
             <w:r w:rsidR="003C4C82">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>acid preserve the samples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="7875A763" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="770F5288" w14:textId="3CE20EC1" w:rsidR="00C147F5" w:rsidRPr="000808F0" w:rsidRDefault="00C147F5" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="21DE192E" w14:textId="77777777" w:rsidR="00C147F5" w:rsidRPr="000808F0" w:rsidRDefault="003C4C82" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a second set of samples collected without acid preservation and analyzed within 7 days if </w:t>
             </w:r>
             <w:r w:rsidRPr="00827693">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5656,97 +5594,94 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table 4-1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="6078B13B" w14:textId="77777777" w:rsidR="00C147F5" w:rsidRPr="000808F0" w:rsidRDefault="00C147F5" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="11341521" w14:textId="77777777" w:rsidR="00C147F5" w:rsidRPr="000808F0" w:rsidRDefault="00C147F5" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="147570D0" w14:textId="48735667" w:rsidR="003C4C82" w:rsidRPr="000808F0" w:rsidRDefault="003C4C82" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827693">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If compounds that readily degrade in acidified water (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5924,80 +5859,78 @@
           <w:p w14:paraId="695F4112" w14:textId="77777777" w:rsidR="00B07491" w:rsidRDefault="00B07491" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="56BA5CF3" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F2A05CE" w14:textId="2F778413" w:rsidR="001B1AA7" w:rsidRDefault="001B1AA7" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="6A2D8AF2" w14:textId="0ADE92AD" w:rsidR="001B1AA7" w:rsidRDefault="001B1AA7" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are soil samples collected</w:t>
             </w:r>
             <w:r w:rsidR="009E6B10">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -6061,97 +5994,94 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5035, Sections 6.1.1 – 6.1.4</w:t>
             </w:r>
             <w:r w:rsidR="009E6B10" w:rsidRPr="009E6B10">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="70386151" w14:textId="77777777" w:rsidR="001B1AA7" w:rsidRPr="000808F0" w:rsidRDefault="001B1AA7" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3DFA66D9" w14:textId="77777777" w:rsidR="001B1AA7" w:rsidRPr="000808F0" w:rsidRDefault="001B1AA7" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B69ADB3" w14:textId="4030E1D1" w:rsidR="001B1AA7" w:rsidRPr="009E61CD" w:rsidRDefault="00924305" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">6.1.1 </w:t>
             </w:r>
             <w:r w:rsidR="009E61CD" w:rsidRPr="009E61CD">
               <w:rPr>
@@ -7203,77 +7133,75 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="624D3A01" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3505CA24" w14:textId="4BD186A3" w:rsidR="00491600" w:rsidRPr="000808F0" w:rsidRDefault="00491600" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A28A62A" w14:textId="1C95A870" w:rsidR="00491600" w:rsidRPr="000808F0" w:rsidRDefault="00491600" w:rsidP="00CA5404">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
             <w:r w:rsidR="00D87C0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7362,87 +7290,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
             <w:r w:rsidR="005C1878">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7.6.1</w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="447B5FFD" w14:textId="77777777" w:rsidR="00491600" w:rsidRPr="000808F0" w:rsidRDefault="00491600" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C1E58BB" w14:textId="77777777" w:rsidR="00491600" w:rsidRPr="000808F0" w:rsidRDefault="00491600" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61D5CE03" w14:textId="4A942890" w:rsidR="00DB4754" w:rsidRPr="000808F0" w:rsidRDefault="005C1878" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C1878">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Stock standard solutions prepared in-house must be replaced after one year, or sooner if comparison with QC check samples indicates a problem. When solutions are mixed together, regardless of the source, they must be replaced after the manufacturer’s expiration date or one year (whichever occurs first) or sooner if problems are indicated. The assigned expiration date of the mixed standard </w:t>
             </w:r>
             <w:r w:rsidRPr="005C1878" w:rsidDel="006D1296">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7471,155 +7396,150 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidRPr="005C1878">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> correspond to that of the stock that expires the earliest.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="7F6BE0AB" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="075DE752" w14:textId="67CDDAA7" w:rsidR="008F047A" w:rsidRDefault="008F047A" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="387FE784" w14:textId="23BA2445" w:rsidR="008F047A" w:rsidRPr="000808F0" w:rsidRDefault="008F047A" w:rsidP="00CA5404">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F047A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are Initial calibration standards (ICAL) mixed from fresh stock standards and dilution standards when generating an ICAL curve? [SW-846 Method 8260D, </w:t>
             </w:r>
             <w:r w:rsidR="00297F30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Section</w:t>
             </w:r>
             <w:r w:rsidRPr="008F047A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 7.11.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DE18BAC" w14:textId="77777777" w:rsidR="008F047A" w:rsidRPr="000808F0" w:rsidRDefault="008F047A" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70B7FB5B" w14:textId="77777777" w:rsidR="008F047A" w:rsidRPr="000808F0" w:rsidRDefault="008F047A" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D32C2E6" w14:textId="0C9C7DB8" w:rsidR="008F047A" w:rsidRPr="005C1878" w:rsidRDefault="008F047A" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F047A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ICAL standards </w:t>
             </w:r>
             <w:r w:rsidRPr="008F047A" w:rsidDel="006D1296">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7645,74 +7565,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidRPr="008F047A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> be mixed from fresh stock standards and dilution standards when generating an ICAL curve.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="1FD5560A" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47B72E4D" w14:textId="48CA94ED" w:rsidR="00491600" w:rsidRPr="000808F0" w:rsidRDefault="00491600" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59781610" w14:textId="02316C4D" w:rsidR="00491600" w:rsidRPr="000808F0" w:rsidRDefault="00C50753" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are non-gaseous </w:t>
             </w:r>
             <w:r w:rsidR="005C1878">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7774,87 +7692,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
             <w:r w:rsidR="005C1878">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7.7</w:t>
             </w:r>
             <w:r w:rsidR="008119FB" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EF358B3" w14:textId="77777777" w:rsidR="00491600" w:rsidRPr="000808F0" w:rsidRDefault="00491600" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="089EB2A8" w14:textId="77777777" w:rsidR="00491600" w:rsidRPr="000808F0" w:rsidRDefault="00491600" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A2DF324" w14:textId="2E9F8290" w:rsidR="00DB4754" w:rsidRPr="000808F0" w:rsidRDefault="00B2370C" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2370C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Working standards – Using stock standard solutions, prepare working standards in methanol (or other appropriate solvent), containing the compounds of interest, either singly or mixed together. Working standards </w:t>
             </w:r>
             <w:r w:rsidRPr="00B2370C" w:rsidDel="006D1296">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7976,74 +7891,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2370C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> be replaced after four weeks unless the integrity of the standard is suspected of being compromised prior to that time.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="5023AC67" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56528CAE" w14:textId="43F91FF6" w:rsidR="00EA3E48" w:rsidRPr="000808F0" w:rsidRDefault="00EA3E48" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37EBE141" w14:textId="0954C3B7" w:rsidR="00EA3E48" w:rsidRPr="000808F0" w:rsidRDefault="00EB7E73" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
             <w:r w:rsidR="005C1878">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8181,51 +8094,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35EE9BC4" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="000808F0" w:rsidRDefault="00EA3E48" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61229F20" w14:textId="77777777" w:rsidR="00DB4754" w:rsidRDefault="005C1878" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C1878">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Working standards for gases </w:t>
             </w:r>
             <w:r w:rsidRPr="005C1878" w:rsidDel="00B76150">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8271,74 +8183,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="17270CD3" w14:textId="083F8B62" w:rsidR="00BF0138" w:rsidRPr="000808F0" w:rsidRDefault="00BF0138" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="478D3992" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0399DCA3" w14:textId="7C031A88" w:rsidR="001A7975" w:rsidRPr="000808F0" w:rsidRDefault="001A7975" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="733F605A" w14:textId="7B3C8161" w:rsidR="001A7975" w:rsidRDefault="00DC26E2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What surrogate standards are used? </w:t>
             </w:r>
             <w:r w:rsidR="008119FB" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8400,93 +8310,90 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="40B21E4D" w14:textId="13C7F1D6" w:rsidR="00DD142C" w:rsidRPr="00DD142C" w:rsidRDefault="00DD142C" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0C413596" w14:textId="77777777" w:rsidR="001A7975" w:rsidRPr="000808F0" w:rsidRDefault="001A7975" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3CB16527" w14:textId="77777777" w:rsidR="001A7975" w:rsidRPr="000808F0" w:rsidRDefault="001A7975" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AB11C09" w14:textId="5713C40E" w:rsidR="00DB4754" w:rsidRPr="000808F0" w:rsidRDefault="001A7975" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Surrogate</w:t>
             </w:r>
             <w:r w:rsidR="00C147F5" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8622,95 +8529,93 @@
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="007A3957" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00C147F5" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007A3957" w:rsidRPr="007A3957">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Other compounds with physicochemical properties better resembling the analyte classes of interest may be used as surrogates (e.g., deuterated monitoring </w:t>
+              <w:t xml:space="preserve">Other compounds with physicochemical properties better resembling the analyte classes of interest may be used as surrogates (e.g., deuterated monitoring compounds in the EPA Contract Laboratory Program's (CLP) current </w:t>
             </w:r>
             <w:r w:rsidR="007A3957" w:rsidRPr="007A3957">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>compounds in the EPA Contract Laboratory Program's (CLP) current statement of work, which can be found in Reference 14 in Sec. 16), provided they can be unambiguously identified and meet any applicable acceptance criteria described in Sec. 11 for ICAL and continuing calibration verification (CCV).</w:t>
+              <w:t>statement of work, which can be found in Reference 14 in Sec. 16), provided they can be unambiguously identified and meet any applicable acceptance criteria described in Sec. 11 for ICAL and continuing calibration verification (CCV).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="260E865C" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7279BDAF" w14:textId="6B0A8C69" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="13A27E77" w14:textId="29AD915E" w:rsidR="00DC26E2" w:rsidRDefault="0024283A" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What internal standards are used? </w:t>
             </w:r>
             <w:r w:rsidR="00DC26E2" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8796,68 +8701,66 @@
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0E4CB17F" w14:textId="77777777" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2F4210A2" w14:textId="77777777" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1484D2DF" w14:textId="13E4F2C3" w:rsidR="00DC26E2" w:rsidRDefault="00DC26E2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Internal standards - The recommended internal standards are fluorobenzene, chlorobenzene-d</w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -8927,74 +8830,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2F7E945D" w14:textId="4A136000" w:rsidR="00DD53AD" w:rsidRPr="000808F0" w:rsidRDefault="00DD53AD" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="6B270F35" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02679755" w14:textId="243A5498" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B253CE4" w14:textId="122AF831" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00EF2201" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is BFB </w:t>
             </w:r>
             <w:r w:rsidR="001C2410">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9040,218 +8941,210 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
             <w:r w:rsidR="001C2410">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7.10</w:t>
             </w:r>
             <w:r w:rsidR="00DC26E2" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E9DECB1" w14:textId="77777777" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B8E286D" w14:textId="77777777" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27B1CD8B" w14:textId="3345EC77" w:rsidR="001C2410" w:rsidRPr="000808F0" w:rsidRDefault="001C2410" w:rsidP="005858C1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C2410">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4-Bromofluorobenzene (BFB) tune verification standard – A standard solution of BFB in methanol (or other appropriate solvent) may be prepared for direct injection. If BFB is used as a surrogate, the surrogate solution may be used for this purpose.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="784D12F9" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BB85FDB" w14:textId="5005FA87" w:rsidR="005858C1" w:rsidRDefault="005858C1" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B424493" w14:textId="57CCEB0E" w:rsidR="005858C1" w:rsidRPr="000808F0" w:rsidRDefault="005858C1" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IF BFB is not used as the tuning standard are other acceptable reference compounds used to meet manufacturer’s tuning specifications? [SW-846 8260D</w:t>
             </w:r>
             <w:r w:rsidR="008E6AA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, Section</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 11.3.1] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="384DAA72" w14:textId="77777777" w:rsidR="005858C1" w:rsidRPr="000808F0" w:rsidRDefault="005858C1" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1690B8C0" w14:textId="77777777" w:rsidR="005858C1" w:rsidRPr="000808F0" w:rsidRDefault="005858C1" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="490C4F5A" w14:textId="4CAE690D" w:rsidR="005858C1" w:rsidRPr="001C2410" w:rsidRDefault="005858C1" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005858C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Acceptable system performance may also be demonstrated by meeting manufacturer specifications for mass resolution, mass accuracy, and sensitivity using the internal calibrant (e.g., perfluorotributylamine, also known as PFTBA). Other reference compounds may also be appropriate for demonstrating acceptable MS performance depending on the system or conditions used for analysis (e.g., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005858C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9295,74 +9188,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidRPr="005858C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> be performed. If CI, SIM or tandem MS is used, the manufacturer's MS tuning criteria or one of the alternative procedures listed above may be substituted for the BFB tune verification requirement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="4D6D4DA8" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7287212C" w14:textId="4E4BAA50" w:rsidR="00DD53AD" w:rsidRDefault="00DD53AD" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45109A95" w14:textId="73A86623" w:rsidR="00DD53AD" w:rsidRPr="000808F0" w:rsidRDefault="00DD53AD" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the BFB Tune check performed prior to </w:t>
             </w:r>
             <w:r w:rsidR="005C6B0D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9387,218 +9278,210 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
             <w:r w:rsidR="005C6B0D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.4</w:t>
             </w:r>
             <w:r w:rsidR="005C6B0D" w:rsidRPr="005C6B0D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29071AE0" w14:textId="77777777" w:rsidR="00DD53AD" w:rsidRPr="000808F0" w:rsidRDefault="00DD53AD" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="109EC790" w14:textId="77777777" w:rsidR="00DD53AD" w:rsidRPr="000808F0" w:rsidRDefault="00DD53AD" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="365A9E07" w14:textId="0C36F48D" w:rsidR="00DD53AD" w:rsidRPr="001C2410" w:rsidRDefault="005C6B0D" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C6B0D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NOTE: Tune checks (Sec. 11.3.1) are only required prior to ICAL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="53D00901" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="3437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4969CEF7" w14:textId="305DA02D" w:rsidR="00781FE3" w:rsidRDefault="00781FE3" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B35B5AA" w14:textId="53D5F8B5" w:rsidR="00781FE3" w:rsidRDefault="00781FE3" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00781FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What acceptance criteria is utilized for the BFB tune standard? [SW-846 Method 8260D, </w:t>
             </w:r>
             <w:r w:rsidR="00C0664C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00781FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.3.1.2 &amp; Table 3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56873617" w14:textId="77777777" w:rsidR="00781FE3" w:rsidRPr="000808F0" w:rsidRDefault="00781FE3" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C32E999" w14:textId="77777777" w:rsidR="00781FE3" w:rsidRPr="000808F0" w:rsidRDefault="00781FE3" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74A7B9D2" w14:textId="6AA6BC35" w:rsidR="00B86BDD" w:rsidRDefault="00B86BDD" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B86BDD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Compare BFB mass intensities to the criteria in Table 3 (below). Alternatively, other documented ion ratio criteria may be used provided that method performance is not adversely affected. If hydrogen is used as a carrier gas, the Table 3 criterion for 96/95 m/z ratio of BFB will be difficult to achieve. A relative abundance of 5 to 15% for 96/95 m/z is acceptable due to interactions with the carrier gas and water vapor. The analyst is free to choose criteria that are tighter than those included in this method or to use other documented criteria provided they are used consistently throughout the ICAL, calibration verification, and sample analyses.</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-236"/>
               <w:tblOverlap w:val="never"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
@@ -10225,74 +10108,72 @@
                     <w:t>176</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="683852DE" w14:textId="15D95456" w:rsidR="00B86BDD" w:rsidRPr="005C6B0D" w:rsidRDefault="00B86BDD" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="1A300DE9" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="547F498E" w14:textId="77BD1066" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3235BC9B" w14:textId="54EF3A45" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="001C2410" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For the </w:t>
             </w:r>
             <w:r w:rsidR="008F047A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10426,87 +10307,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7.11.1</w:t>
             </w:r>
             <w:r w:rsidR="008A0638">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; 11.3.5.1</w:t>
             </w:r>
             <w:r w:rsidR="00DC26E2" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52914EFD" w14:textId="77777777" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B902118" w14:textId="77777777" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D385D91" w14:textId="77777777" w:rsidR="00DC26E2" w:rsidRDefault="001C2410" w:rsidP="00CC42E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C2410">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ICAL standards must be prepared at a minimum of five different concentrations from the working dilution of stock standards or from premixed certified solutions. Prepare these solutions in organic-free reagent water or in a solvent appropriate for the specific sample preparation method used. Include a minimum of five different concentrations in the calibration for average response factor (RF) or linear (first-order) calibration models or six different concentrations for a quadratic (second-order) model, with the low standard at or below the LLOQ</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FE1DA04" w14:textId="77777777" w:rsidR="00C21F16" w:rsidRDefault="00C21F16" w:rsidP="00CC42E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10553,74 +10431,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Forcing the calibration model through the origin (for analytes that are consistently detected in the laboratory reagent blanks) allows for a better estimate of the background level of blank contaminants. An accurate estimate of background contamination is </w:t>
             </w:r>
             <w:r w:rsidRPr="00C21F16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>necessary to set method reporting limits for method analytes when blank levels are problematic.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="70B7CE3B" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40927039" w14:textId="28A307CF" w:rsidR="00EF2201" w:rsidRPr="000808F0" w:rsidRDefault="00EF2201" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CE8069C" w14:textId="3B7A2870" w:rsidR="00EF2201" w:rsidRPr="000808F0" w:rsidRDefault="006A5492" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is at least one of the calibration standards prepared at or below the concentration necessary to meet the data quality objectives?</w:t>
             </w:r>
             <w:r w:rsidR="00F35EBE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10674,87 +10550,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
             <w:r w:rsidR="001C2410">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7.11.1</w:t>
             </w:r>
             <w:r w:rsidR="00E50827" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C526895" w14:textId="77777777" w:rsidR="00EF2201" w:rsidRPr="000808F0" w:rsidRDefault="00EF2201" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00831B23" w14:textId="77777777" w:rsidR="00EF2201" w:rsidRPr="000808F0" w:rsidRDefault="00EF2201" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B3DBA32" w14:textId="0D4DDE27" w:rsidR="00164FA8" w:rsidRDefault="00164FA8" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rules: One of the standards shall have a concentration equal to or less than the laboratory’s lowest reporting concentration for the parameter involved. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FC85BD4" w14:textId="77777777" w:rsidR="00164FA8" w:rsidRDefault="00164FA8" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10816,74 +10689,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidR="001C2410" w:rsidRPr="001C2410">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> correspond to a sample concentration at or below that necessary to meet the DQOs of the project.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="1C954977" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="566FA35F" w14:textId="73CFCFB3" w:rsidR="00917C7C" w:rsidRPr="000808F0" w:rsidRDefault="00917C7C" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13DB49C2" w14:textId="3EE69260" w:rsidR="00917C7C" w:rsidRPr="000808F0" w:rsidRDefault="006A5492" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Do the remaining calibration standards bracket the concentrations of typical samples? </w:t>
             </w:r>
             <w:r w:rsidR="00164FA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10921,87 +10792,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
             <w:r w:rsidR="001C2410">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7.11</w:t>
             </w:r>
             <w:r w:rsidR="00E50827" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EA94D93" w14:textId="77777777" w:rsidR="00917C7C" w:rsidRPr="000808F0" w:rsidRDefault="00917C7C" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2011DFCA" w14:textId="77777777" w:rsidR="00917C7C" w:rsidRPr="000808F0" w:rsidRDefault="00917C7C" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CD97A1F" w14:textId="6E303FCC" w:rsidR="00164FA8" w:rsidRDefault="00164FA8" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rules: For analytical procedures requiring analysis of a series of standards, the concentrations of these standards shall bracket the range of the sample concentrations measured. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40D17564" w14:textId="77777777" w:rsidR="00164FA8" w:rsidRDefault="00164FA8" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11143,74 +11011,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidR="001C2410" w:rsidRPr="001C2410">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> be mixed from fresh stock standards and dilution standards when generating an ICAL curve.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="76FEB5D5" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43DF7781" w14:textId="54F4E721" w:rsidR="00D570E6" w:rsidRDefault="00D570E6" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BD890F4" w14:textId="77777777" w:rsidR="00D570E6" w:rsidRDefault="00C242B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are all </w:t>
             </w:r>
             <w:r w:rsidRPr="00C242B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11460,87 +11326,84 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6EF86DD2" w14:textId="5A1B61FA" w:rsidR="00D570E6" w:rsidRPr="00753575" w:rsidRDefault="00D570E6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B9A08F3" w14:textId="77777777" w:rsidR="00D570E6" w:rsidRPr="000808F0" w:rsidRDefault="00D570E6" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F562F43" w14:textId="77777777" w:rsidR="00D570E6" w:rsidRPr="000808F0" w:rsidRDefault="00D570E6" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="117C2968" w14:textId="309D1A12" w:rsidR="00E30F0F" w:rsidRDefault="00E30F0F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rules: Laboratories shall analyze or back-calculate a standard at the same concentration as the lowest reporting concentration each day samples are analyzed. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23CEE1D2" w14:textId="77777777" w:rsidR="00E30F0F" w:rsidRDefault="00E30F0F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11826,74 +11689,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D570E6" w:rsidRPr="00D570E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(See Method 8000 Sec. 11.5.4 for calculations).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="3648AC28" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F6096A8" w14:textId="1E974568" w:rsidR="005858C1" w:rsidRDefault="005858C1" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="078058E4" w14:textId="064EB4C7" w:rsidR="005858C1" w:rsidRPr="00560508" w:rsidRDefault="000A6B7D" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the ICAL </w:t>
             </w:r>
             <w:r w:rsidRPr="000A6B7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11960,87 +11821,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
             <w:r w:rsidR="006F3540">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7.11.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61DEDC99" w14:textId="77777777" w:rsidR="005858C1" w:rsidRPr="000808F0" w:rsidRDefault="005858C1" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DC1B525" w14:textId="77777777" w:rsidR="005858C1" w:rsidRPr="000808F0" w:rsidRDefault="005858C1" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2045F13E" w14:textId="77777777" w:rsidR="006F3540" w:rsidRPr="006F3540" w:rsidRDefault="006F3540" w:rsidP="006F3540">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3540">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Second source standards for ICV must be prepared using source</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B4F24EE" w14:textId="7E2BAB26" w:rsidR="005858C1" w:rsidRPr="00560508" w:rsidRDefault="006F3540" w:rsidP="006F3540">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12135,74 +11993,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006F3540">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>acceptance limits.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="10B17FB6" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2773205D" w14:textId="77777777" w:rsidR="00DD142C" w:rsidRDefault="00DD142C" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68BEF51F" w14:textId="1CD3A93C" w:rsidR="00DD142C" w:rsidRDefault="00DD142C" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion for the ICV?</w:t>
             </w:r>
             <w:r w:rsidR="005E1C14" w:rsidRPr="00CC4FC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12299,122 +12155,118 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42307989" w14:textId="77777777" w:rsidR="00DD142C" w:rsidRPr="000808F0" w:rsidRDefault="00DD142C" w:rsidP="00585817">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58B34FF0" w14:textId="77777777" w:rsidR="00DD142C" w:rsidRPr="000808F0" w:rsidRDefault="00DD142C" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="720E9BDA" w14:textId="74CB4751" w:rsidR="00DD142C" w:rsidRPr="006F3540" w:rsidRDefault="00DD142C" w:rsidP="006F3540">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD142C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Suggested acceptance criteria for the analyte concentrations in this standard are 70 - 130% of the expected analyte concentration(s). Alternative criteria may be appropriate based on project-specific DQOs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="3EADC047" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0459ABD2" w14:textId="77777777" w:rsidR="00DD142C" w:rsidRDefault="00DD142C" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B1479A1" w14:textId="5D282741" w:rsidR="00DD142C" w:rsidRDefault="00DD142C" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action is taken if the ICV exceeds the acceptance criterion?</w:t>
             </w:r>
             <w:r w:rsidR="005E1C14">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12519,138 +12371,134 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D54BAD2" w14:textId="77777777" w:rsidR="00DD142C" w:rsidRPr="000808F0" w:rsidRDefault="00DD142C" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="768FE46D" w14:textId="77777777" w:rsidR="00DD142C" w:rsidRPr="000808F0" w:rsidRDefault="00DD142C" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="093B1726" w14:textId="190CF0D3" w:rsidR="00DD142C" w:rsidRPr="006F3540" w:rsidRDefault="005E1C14" w:rsidP="006F3540">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1C14">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quantitative sample analyses should not proceed for those analytes that do not meet the ICAL verification criteria. However, analyses may continue for those analytes that do not meet the criteria with an understanding that these results could be used for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1C14">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>screening purposes and would be considered estimated values.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="71576F65" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36F17260" w14:textId="7F2309D8" w:rsidR="00560508" w:rsidRPr="000808F0" w:rsidRDefault="00560508" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67BD8C90" w14:textId="4B8CCD30" w:rsidR="00560508" w:rsidRPr="00560508" w:rsidRDefault="00560508" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00052815">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12691,148 +12539,143 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 Method 8260D,</w:t>
             </w:r>
             <w:r w:rsidR="00851954">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Section</w:t>
             </w:r>
             <w:r w:rsidRPr="00560508">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 7.11.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DC65949" w14:textId="77777777" w:rsidR="00560508" w:rsidRPr="000808F0" w:rsidRDefault="00560508" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D5C31B7" w14:textId="77777777" w:rsidR="00560508" w:rsidRPr="000808F0" w:rsidRDefault="00560508" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04EC1E6A" w14:textId="303751A4" w:rsidR="00560508" w:rsidRPr="00560508" w:rsidRDefault="00560508" w:rsidP="00560508">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560508">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The standard must contain all calibrated target analytes that will be reported for the project, if readily available</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="435DDB8E" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="238B17F2" w14:textId="48719AFD" w:rsidR="00900B0A" w:rsidRPr="000808F0" w:rsidRDefault="00900B0A" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A2251A4" w14:textId="7E7B1F37" w:rsidR="00900B0A" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Does each standard curve have a correlation coefficient of ≥0.995? [NC WW/GW LC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -12846,90 +12689,87 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Correlation Coefficient for Linear Calibration Curves</w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01A2D94C" w14:textId="77777777" w:rsidR="00900B0A" w:rsidRPr="000808F0" w:rsidRDefault="00900B0A" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F76EE7B" w14:textId="77777777" w:rsidR="00900B0A" w:rsidRPr="000808F0" w:rsidRDefault="00900B0A" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2554DAE2" w14:textId="5469811B" w:rsidR="00900B0A" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">When linear regression is used, use the minimum correlation coefficient specified in the method. If the minimum correlation coefficient is not </w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -12945,74 +12785,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, of 0.99) is required.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="1910A2C3" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16183A31" w14:textId="15054425" w:rsidR="000F614B" w:rsidRPr="000808F0" w:rsidRDefault="000F614B" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A7D2A17" w14:textId="5FDB03A0" w:rsidR="000F614B" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are all standards prepared in methanol and stored </w:t>
             </w:r>
             <w:r w:rsidRPr="00730875">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
@@ -13076,89 +12914,86 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Section 7.13</w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EC48859" w14:textId="77777777" w:rsidR="000F614B" w:rsidRPr="000808F0" w:rsidRDefault="000F614B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04AFAFED" w14:textId="77777777" w:rsidR="000F614B" w:rsidRPr="000808F0" w:rsidRDefault="000F614B" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62FCD8A8" w14:textId="22CE37D9" w:rsidR="000F614B" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00730875">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Great care must be taken to maintain the integrity of all standard solutions. It is recommended that standards be stored with minimal headspace, protected from light, at </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13185,74 +13020,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C, or as recommended by the standard manufacturer using screw-cap or crimp-top amb</w:t>
             </w:r>
             <w:r w:rsidRPr="00730875">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>er containers equipped with PTFE liners.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="6F332601" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E40E4BD" w14:textId="3C7CBDA3" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="50D7FBA4" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What method of sample introduction is utilized? [SW-846 Method 8260</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13349,68 +13182,66 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="6834FF14" w14:textId="77777777" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="542A9581" w14:textId="77777777" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="145878C0" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-Direct injection</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="211D0C22" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13468,74 +13299,72 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-Cartridge desorption</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="55725C71" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="1115"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D6646E0" w14:textId="6316A2F5" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17B9C390" w14:textId="4C875FE7" w:rsidR="00863AD3" w:rsidRPr="00863AD3" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are the </w:t>
             </w:r>
             <w:r w:rsidRPr="00E94026">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -13593,140 +13422,135 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Section 11.3.1.2</w:t>
             </w:r>
             <w:r w:rsidRPr="0031513E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C902A07" w14:textId="77777777" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51A929A8" w14:textId="77777777" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5404C124" w14:textId="70DA867F" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E94026">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">All subsequent standards, field samples, and QC samples associated with this analysis must use identical MS instrument conditions with the exception of SIM analysis. BFB may be analyzed in full scan mode while standards, samples, and QC are analyzed in SIM. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="51553346" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="1115"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F513724" w14:textId="1B7F3E92" w:rsidR="0031513E" w:rsidRPr="000808F0" w:rsidRDefault="0031513E" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09BD1CA0" w14:textId="1F1E0985" w:rsidR="0031513E" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="0031513E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For SIM and SRM analysis, are</w:t>
             </w:r>
             <w:r w:rsidRPr="00322C04">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13836,140 +13660,135 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.3.3</w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36FFD09C" w14:textId="77777777" w:rsidR="0031513E" w:rsidRPr="000808F0" w:rsidRDefault="0031513E" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EF2CA24" w14:textId="77777777" w:rsidR="0031513E" w:rsidRPr="000808F0" w:rsidRDefault="0031513E" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="134175E9" w14:textId="05E1ECD0" w:rsidR="0031513E" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00322C04">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Monitor at least two ions for each target analyte and use the mid-point of the calibration curve to establish proper ion ratios for each compound. The ratios of primary and secondary ions are the only qualitative tools available in SIM and SRM runs (other than RT), which increases their importance in proper identification. When interferences are expected or observed in a given matrix, acquiring multiple secondary ions may aid in qualitative identification.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="4A15E47A" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="1408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="307F0044" w14:textId="6FA1E442" w:rsidR="005D35F5" w:rsidRPr="000808F0" w:rsidRDefault="005D35F5" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="47BA6C18" w14:textId="78245DEB" w:rsidR="005D35F5" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How is the</w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14044,200 +13863,211 @@
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55D1B261" w14:textId="77777777" w:rsidR="005D35F5" w:rsidRPr="000808F0" w:rsidRDefault="005D35F5" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68B50F06" w14:textId="77777777" w:rsidR="005D35F5" w:rsidRPr="000808F0" w:rsidRDefault="005D35F5" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AE6FBB0" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Calculate the standard deviation (SD) and relative standard deviation (RSD) of the response factors for all target analytes from the initial calibration, as follows:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A5268D9" w14:textId="2BA3E9BC" w:rsidR="00F00EBE" w:rsidRPr="000808F0" w:rsidRDefault="005149A9" w:rsidP="00150F78">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="6A5268D9" w14:textId="796902D3" w:rsidR="00F00EBE" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <m:oMath>
+              <m:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                  <w:i/>
+                  <w:noProof/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B5FB104" wp14:editId="3116D127">
+                    <wp:extent cx="1095375" cy="552450"/>
+                    <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                    <wp:docPr id="49" name="Picture 49" descr="equation for the standard deviation"/>
+                    <wp:cNvGraphicFramePr>
+                      <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                    </wp:cNvGraphicFramePr>
+                    <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="49" name="Picture 49" descr="equation for the standard deviation"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId11">
+                              <a:extLst>
+                                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                </a:ext>
+                              </a:extLst>
+                            </a:blip>
+                            <a:srcRect/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="1095375" cy="552450"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </m:r>
+            </m:oMath>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 </w:t>
+            </w:r>
+            <w:r w:rsidR="005149A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="31A8545D" wp14:editId="1712145D">
-                  <wp:extent cx="1095375" cy="552450"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21B9405D" wp14:editId="1FAA496C">
+                  <wp:extent cx="914400" cy="361950"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="49" name="Picture 49"/>
+                  <wp:docPr id="50" name="Picture 50" descr="equation for the RSD"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 49"/>
-[...76 lines deleted...]
-                          <pic:cNvPr id="0" name="Picture 50"/>
+                          <pic:cNvPr id="50" name="Picture 50" descr="equation for the RSD"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="914400" cy="361950"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -14369,74 +14199,72 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SD = Standard Deviation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="0A906BD9" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="2753"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12763378" w14:textId="1C71B5AC" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BA12F79" w14:textId="12A5A15F" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the RSD acceptance criteri</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14507,87 +14335,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Section 11.3.4.2</w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51A72D97" w14:textId="77777777" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="158CE4A2" w14:textId="77777777" w:rsidR="00DC26E2" w:rsidRPr="000808F0" w:rsidRDefault="00DC26E2" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CBD2A55" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRPr="00CC4FC0" w:rsidRDefault="00F00EBE" w:rsidP="00CC4FC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC4FC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
@@ -14665,74 +14490,72 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC4FC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>calibration standards are prepared correctly.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="529EEA5C" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0057AB93" w14:textId="5833BDAF" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="0066571A" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E5DD8FB" w14:textId="12238987" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00983631">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the average response factor is used for quantitation, is the RSD for all target analytes ≤ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14786,87 +14609,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="0066571A" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3159DFF7" w14:textId="77777777" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="0066571A" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FF1D33B" w14:textId="77777777" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="0066571A" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AECA1B1" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRPr="00D611A2" w:rsidRDefault="00F00EBE" w:rsidP="00D611A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D611A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Linearity of target analytes </w:t>
             </w:r>
             <w:r w:rsidRPr="00D611A2">
               <w:rPr>
@@ -14947,74 +14767,72 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>may be used for quantitation (Sec. 11.7.2).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="778208F7" w14:textId="785FB696" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="0066571A" w:rsidP="00CC4FC0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="359DF67D" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08A64DD4" w14:textId="3DB8C41E" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="0066571A" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F0475FC" w14:textId="10D9494D" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="009215B7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005626E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When the RSD of a compound</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15044,87 +14862,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">20%, is the concentration of the extract determined using the average response factor (RF) from the initial calibration data? [SW-846 Method 8260D, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
             <w:r w:rsidRPr="005626E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.7.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="192F38B0" w14:textId="77777777" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="0066571A" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="439E8065" w14:textId="77777777" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="0066571A" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="103C0DE6" w14:textId="77777777" w:rsidR="00A87327" w:rsidRDefault="00A87327" w:rsidP="00D611A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="46AD51E9" w14:textId="77777777" w:rsidR="00A87327" w:rsidRDefault="00A87327" w:rsidP="00D611A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -15220,74 +15035,72 @@
               </w:rPr>
               <w:t>11.3.4). See Method 8000 for the equations describing IS calibration and either linear or non-linear calibrations.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32B06EF8" w14:textId="7D97952D" w:rsidR="00A87327" w:rsidRPr="000808F0" w:rsidRDefault="00A87327" w:rsidP="00D611A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="515092D0" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AEF5E30" w14:textId="0525D1B6" w:rsidR="005626E7" w:rsidRDefault="005626E7" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BFD20DE" w14:textId="1F98E726" w:rsidR="005626E7" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="009215B7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005626E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What action is taken when more than 10% of the compounds included with the ICAL (or more than 10% of those that will be reported) exceed the 20% RSD limit and do not meet the minimum correlation criteria (r</w:t>
             </w:r>
             <w:r w:rsidRPr="00325152">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15351,87 +15164,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r alternate curve fits? [SW-846 Method 8260D</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, Section</w:t>
             </w:r>
             <w:r w:rsidRPr="005626E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 11.3.5.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68E2CA49" w14:textId="77777777" w:rsidR="005626E7" w:rsidRPr="000808F0" w:rsidRDefault="005626E7" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F774ED3" w14:textId="77777777" w:rsidR="005626E7" w:rsidRPr="000808F0" w:rsidRDefault="005626E7" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F17DB9A" w14:textId="3670CAEC" w:rsidR="005626E7" w:rsidRPr="00D611A2" w:rsidRDefault="00F00EBE" w:rsidP="00D611A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005626E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>If more than 10% of the compounds included with the ICAL (or more than 10% of those that will be reported) exceed the 20% RSD limit and do not meet the minimum correlation criteria (r</w:t>
             </w:r>
             <w:r w:rsidRPr="00325152">
               <w:rPr>
@@ -15636,74 +15446,72 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E94232" w:rsidRPr="000808F0" w14:paraId="72C3197A" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0805DD73" w14:textId="77777777" w:rsidR="00636182" w:rsidRPr="000808F0" w:rsidRDefault="00636182" w:rsidP="00585817">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1447FF7D" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="00135414">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is Method 5035 </w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15756,141 +15564,136 @@
           <w:p w14:paraId="29211EDA" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="00135414">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="640D358E" w14:textId="6652DF28" w:rsidR="00636182" w:rsidRPr="000808F0" w:rsidRDefault="00636182" w:rsidP="008924FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69CC6BF0" w14:textId="76A94CC3" w:rsidR="00636182" w:rsidRPr="000808F0" w:rsidRDefault="00636182" w:rsidP="008924FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="6255D0D8" w14:textId="57F2BE30" w:rsidR="00636182" w:rsidRPr="000808F0" w:rsidRDefault="00636182" w:rsidP="008924FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1139D593" w14:textId="731D8899" w:rsidR="00636182" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00585817">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C203D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Method 5035 also provides techniques for extraction of high concentration solid and oily waste samples by methanol (and other water-miscible solvents) with subsequent purge and trap from an aqueous matrix using Method 5030.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="150DCB95" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41B55C8C" w14:textId="521DDA81" w:rsidR="00135414" w:rsidRPr="000808F0" w:rsidRDefault="00135414" w:rsidP="00135414">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5EE7805C" w14:textId="4F0E42C1" w:rsidR="00135414" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00135414">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a method blank (MB) included with each preparation batch? [SW-846 </w:t>
             </w:r>
             <w:r w:rsidR="00135414" w:rsidRPr="0003310B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15945,122 +15748,118 @@
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="723443B4" w14:textId="77777777" w:rsidR="00135414" w:rsidRPr="000808F0" w:rsidRDefault="00135414" w:rsidP="00135414">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5A163B03" w14:textId="77777777" w:rsidR="00135414" w:rsidRPr="000808F0" w:rsidRDefault="00135414" w:rsidP="00135414">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21E2CE37" w14:textId="01881C56" w:rsidR="00135414" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00135414">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00075E69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A MB must be included with each preparation batch. MBs consist of an aliquot of clean (control) matrix similar to the sample and of a similar weight or volume.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="29AB3F7F" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3258B9BD" w14:textId="77777777" w:rsidR="00CB5B69" w:rsidRPr="000808F0" w:rsidRDefault="00CB5B69" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10DA5A29" w14:textId="54E2D746" w:rsidR="00CB5B69" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are all of the internal standards, surrogates, and matrix spiking compounds added to the samples before introduction into the GC/MS? [SW-846 Method 8260</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -16074,152 +15873,147 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Section 11.1</w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23C189D9" w14:textId="77777777" w:rsidR="00CB5B69" w:rsidRPr="000808F0" w:rsidRDefault="00CB5B69" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52D21117" w14:textId="77777777" w:rsidR="00CB5B69" w:rsidRPr="000808F0" w:rsidRDefault="00CB5B69" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72E120C2" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All internal standards, surrogates, and matrix spiking compounds (when applicable) must be added to the samples before introduction into the GC/MS system.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FE66F3A" w14:textId="1D697CB0" w:rsidR="00CB5B69" w:rsidRPr="002C203D" w:rsidRDefault="00CB5B69" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="6C7CCBC6" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D47BE10" w14:textId="665F2770" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="0066571A" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="545348B9" w14:textId="7FD0EB21" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C93CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a heated purge is used are</w:t>
             </w:r>
             <w:r w:rsidR="00AB314E" w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -16316,143 +16110,138 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.2.2</w:t>
             </w:r>
             <w:r w:rsidRPr="00C93CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A19C40A" w14:textId="77777777" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="0066571A" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69827D83" w14:textId="77777777" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="0066571A" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3978DB2B" w14:textId="0751BF08" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C93CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aqueous and soil/solid samples may also be purged at higher temperatures as long as all calibration standards, field samples, and associated QC samples are purged at the same temperature, and the laboratory demonstrates acceptable method performance for the project.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E315E9" w:rsidRPr="000808F0" w14:paraId="0E30CE3D" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AA24BE4" w14:textId="1A1484CC" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="0066571A" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F461F1B" w14:textId="1B699029" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a Laboratory Control Sample (LCS) included with each preparation batch? </w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -16477,157 +16266,152 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Section 9.6.2</w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="102407E8" w14:textId="77777777" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="0066571A" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5150127E" w14:textId="77777777" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="0066571A" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07E242FE" w14:textId="25C4CD30" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00793BC2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>An LCS must be included with each preparation batch. The LCS consists of an aliquot of a clean (control) matrix similar to the sample matrix and of the same weight or volume</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F00EBE" w:rsidRPr="000808F0" w14:paraId="203AD95A" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0149EC40" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55BAD051" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidRPr="006949C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -16830,127 +16614,124 @@
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6234087B" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01364AC0" w14:textId="41E55AB5" w:rsidR="00F00EBE" w:rsidRPr="00C93CA6" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445A8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The LCS is spiked with the same analytes at the same concentrations as the matrix spike, when appropriate.</w:t>
             </w:r>
             <w:r w:rsidRPr="00793BC2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00793BC2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When the results of the matrix spike analysis indicate a potential problem due to the sample matrix itself, the LCS results are used to verify that the laboratory can perform the analysis in a clean matrix.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="5434A198" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E4DE662" w14:textId="0204FD08" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="0066571A" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D8C3509" w14:textId="20639E07" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Do dilutions keep the response of major constituents (i.e., previously saturated peaks) </w:t>
             </w:r>
             <w:r w:rsidRPr="007A7C0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -17042,51 +16823,50 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F15C47C" w14:textId="77777777" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="0066571A" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="211F98C6" w14:textId="584EFE1F" w:rsidR="0066571A" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00150F78">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7C0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dilutions should be targeted so the response of the major constituents (previously saturated peaks) falls near the middle of the calibration range.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="0B8AD8FA" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
@@ -17211,74 +16991,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A4618" w:rsidRPr="000808F0" w14:paraId="13EFE242" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68B2A7FD" w14:textId="77777777" w:rsidR="00636182" w:rsidRPr="000808F0" w:rsidRDefault="00636182" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28E38574" w14:textId="286F59AA" w:rsidR="00636182" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00585817">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the</w:t>
             </w:r>
             <w:r w:rsidRPr="00781FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -17440,120 +17218,117 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FC1967F" w14:textId="0313AC4D" w:rsidR="00636182" w:rsidRPr="000808F0" w:rsidRDefault="00636182" w:rsidP="00585817">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00B752CB" w14:textId="516DD6AF" w:rsidR="00636182" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00585817">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001643FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The RT is within ±10 seconds of the RT for this analyte in the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001643FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>midpoint ICAL standard or CCV standard analyzed at the beginning of the 12-hour period (delta RT 0.17 minute), or within ±10 seconds relative to the shift of the associated IS (delta RT of the IS ±10 seconds). Chromatograms should be carefully inspected to minimize the occurrence of both false positive and false negative results. If the RT for the IS has shifted, the sample should be inspected for similar shifts for the associated target analytes. If RT drift is significant, relative retention time (RRT) may be useful as an alternative to delta retention times. See Section 11.4 of Method 8000 for additional information.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="0370DCD6" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B069E0E" w14:textId="08F5422E" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77EA673C" w14:textId="7447AD98" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are the acceptance criteria for the relative intensities of the secondary characteristic ions </w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -17601,112 +17376,109 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40DD18E4" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D10AAAE" w14:textId="0CA6CF06" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="001643FB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E5E8E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The relative intensities of the qualifier ion(s) (i.e., secondary characteristic ions or alternate MS/MS transitions) should agree within 30% of the relative intensities of these ions in the reference spectrum. For example, for a qualifier ion with a response of 50% of the quantitation ion in the reference spectrum, the corresponding qualifier ion ratio in a sample spectrum can range between 20% and 80%. The reference mass spectrum used for this comparison should be generated by the laboratory using the conditions of this method (typically a mid-level calibration standard). Qualitative identification of sample mass spectra not acquired in limited ion acquisition modes (i.e., SIM or SRM) may also be supported by comparison to a reference library as described in Sec. 11.6.2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="3122D4B4" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BD4A887" w14:textId="30B6FC80" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48521204" w14:textId="7CF97F48" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are structural isomers that produce very similar mass spectra but have sufficiently different retention times identified as individual isomers? [SW-846 Method 8260D, Section 11.6.1.4</w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -17738,51 +17510,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E5C1A2C" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E64EE9C" w14:textId="0FA4A5B0" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0093728C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Unresolved structural isomers with similar mass spectra are identified as isomeric pairs. Isomers are considered resolved if the peaks are at least 50% resolved (i.e., the height of the valley between two isomer peaks is </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -17817,74 +17588,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50%). The resolution should be verified on the mid-point concentration of the ICAL as well as the laboratory-designated CCV level if closely eluting isomers are to be reported. It is important to check the separation of structural isomers in the ICV and the daily CCV check standards to verify if the instrument performance is </w:t>
             </w:r>
             <w:r w:rsidRPr="0093728C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>adequate regarding separation of compounds of interest which are structural isomers.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="08A2C575" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2046C4F3" w14:textId="11544E69" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55FE63A9" w14:textId="37033F00" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is analyte quantitation based on the integrated abundance from the EICP of the primary characteristic ion? </w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -17948,104 +17717,101 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="549A1647" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36557CD5" w14:textId="6B716011" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Once a compound has been identified, the quantitation of that compound will be based on the integrated abundance from the EICP of the primary characteristic ion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="2CA5B0B3" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73735661" w14:textId="3AF05172" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AC5ACD8" w14:textId="695771A4" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r w:rsidR="00F00EBE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -18165,51 +17931,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0606BA6A" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B2A30F9" w14:textId="1ECEE94C" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The internal standard used shall be the one nearest the retention time of that of a given analyte.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="101547DB" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
@@ -18325,74 +18090,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A4618" w:rsidRPr="000808F0" w14:paraId="088FE02E" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FAF1B2B" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BB20AA7" w14:textId="55B2205D" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="007B01B7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the lab perform IDOCs for new staff or when significant instrumentation changes are made? </w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -18453,51 +18216,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A352A98" w14:textId="1733FC2E" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7928B9E1" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="003A21BC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A21BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Initial demonstration of proficiency (IDP) - Prior to implementation of a method, each laboratory must perform an IDP consisting of at least four replicate reference samples spiked into a clean matrix taken through the entire sample preparation and analysis.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A6FE1DA" w14:textId="697DC9BB" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="003A21BC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -18731,51 +18493,50 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07D5915F" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="414B7555" w14:textId="4A65E7C4" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F802B7" w:rsidDel="00EA74E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MBs, trip blanks, and other field blanks must be carried through all stages of sample preparation and analysis</w:t>
             </w:r>
             <w:r w:rsidRPr="00F802B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19016,51 +18777,50 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6191080E" w14:textId="77777777" w:rsidR="00046C18" w:rsidRPr="000808F0" w:rsidRDefault="00046C18" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E6B4DB0" w14:textId="3B8B27B1" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rules: </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB467D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19331,51 +19091,50 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="488CAA86" w14:textId="77777777" w:rsidR="00BB467D" w:rsidRPr="000808F0" w:rsidRDefault="00BB467D" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BF923D8" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 11.4.2: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B55C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19582,51 +19341,50 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55032C07" w14:textId="77777777" w:rsidR="00731E1A" w:rsidRPr="000808F0" w:rsidRDefault="00731E1A" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75BCFD81" w14:textId="42789A57" w:rsidR="00731E1A" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005678E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">IS responses and RTs should be monitored in all field samples and associated QC samples in order to provide sample-specific QA of proper analyte introduction to the GC/MS system and to anticipate the need for system inspection and/or maintenance. If the response of the primary m/z for any of the ISs in the field samples or associated QC samples varies by more than a factor of two (50% - 200%) from that of the same IS in the mid-point ICAL standard, average of ICAL standards, or most </w:t>
             </w:r>
             <w:r w:rsidRPr="005678E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19774,51 +19532,50 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="064E3C01" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="026094FC" w14:textId="2A3E72C1" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Internal standard retention time - If the retention time for any internal standard changes by more than 30 seconds from </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19848,51 +19605,50 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29B08217" w14:textId="77777777" w:rsidR="00A64E6E" w:rsidRPr="000808F0" w:rsidRDefault="00A64E6E" w:rsidP="00A64E6E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="140530DC" w14:textId="77777777" w:rsidR="00A64E6E" w:rsidRDefault="00A64E6E" w:rsidP="00A64E6E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC4FC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the ICAL for each compound of interest verified once every twelve hours</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D1E1E">
               <w:rPr>
@@ -19956,87 +19712,84 @@
           </w:p>
           <w:p w14:paraId="2630304E" w14:textId="77777777" w:rsidR="00A64E6E" w:rsidRDefault="00A64E6E" w:rsidP="00A64E6E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="737B65BF" w14:textId="77777777" w:rsidR="00A64E6E" w:rsidRPr="000808F0" w:rsidRDefault="00A64E6E" w:rsidP="00A64E6E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FFB55D5" w14:textId="77777777" w:rsidR="00A64E6E" w:rsidRPr="000808F0" w:rsidRDefault="00A64E6E" w:rsidP="00A64E6E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4818B98D" w14:textId="77777777" w:rsidR="00A64E6E" w:rsidRPr="000808F0" w:rsidRDefault="00A64E6E" w:rsidP="00A64E6E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78CE0533" w14:textId="77777777" w:rsidR="00A64E6E" w:rsidRDefault="00A64E6E" w:rsidP="00A64E6E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D1E1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A CCV standard must be analyzed at the beginning of each twelve-hour analytical period prior to any sample analysis.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12AA6A32" w14:textId="77777777" w:rsidR="00A64E6E" w:rsidRDefault="00A64E6E" w:rsidP="00A64E6E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -20128,51 +19881,50 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F5A9D89" w14:textId="77777777" w:rsidR="00A64E6E" w:rsidRPr="000808F0" w:rsidRDefault="00A64E6E" w:rsidP="00A64E6E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="625A63DE" w14:textId="21DC4A96" w:rsidR="00A64E6E" w:rsidRPr="00CC4FC0" w:rsidRDefault="00A64E6E" w:rsidP="00A64E6E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC4FC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -20202,87 +19954,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.4.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC4FC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40B616FC" w14:textId="77777777" w:rsidR="00A64E6E" w:rsidRPr="000808F0" w:rsidRDefault="00A64E6E" w:rsidP="00A64E6E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="249CAB7F" w14:textId="77777777" w:rsidR="00A64E6E" w:rsidRPr="000808F0" w:rsidRDefault="00A64E6E" w:rsidP="00A64E6E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="296BFAD5" w14:textId="1B2619C9" w:rsidR="00A64E6E" w:rsidRPr="001D1E1E" w:rsidRDefault="00A64E6E" w:rsidP="00A64E6E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C0E6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This is accomplished by analyzing a CCV standard (containing all the compounds that will be reported) prepared from the same stock solutions or source materials used for ICAL standards and at a concentration near the midpoint of the ICAL range.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB5D27" w:rsidRPr="000808F0" w14:paraId="38C900EB" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
@@ -20296,51 +20045,50 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7133DFDA" w14:textId="77777777" w:rsidR="00AB5D27" w:rsidRPr="000808F0" w:rsidRDefault="00AB5D27" w:rsidP="00AB5D27">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CA108EA" w14:textId="77777777" w:rsidR="00AB5D27" w:rsidRDefault="00AB5D27" w:rsidP="00AB5D27">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the CCV prepared at a concentration near the mid-point of the initial calibration curve range? </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC4FC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -20422,87 +20170,84 @@
           </w:p>
           <w:p w14:paraId="6C1C98F4" w14:textId="77777777" w:rsidR="00AB5D27" w:rsidRDefault="00AB5D27" w:rsidP="00AB5D27">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E1F942C" w14:textId="77777777" w:rsidR="00AB5D27" w:rsidRPr="00CC4FC0" w:rsidRDefault="00AB5D27" w:rsidP="00AB5D27">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C843E11" w14:textId="77777777" w:rsidR="00AB5D27" w:rsidRPr="000808F0" w:rsidRDefault="00AB5D27" w:rsidP="00AB5D27">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="084DE32D" w14:textId="77777777" w:rsidR="00AB5D27" w:rsidRPr="000808F0" w:rsidRDefault="00AB5D27" w:rsidP="00AB5D27">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F10F663" w14:textId="2024A8ED" w:rsidR="00AB5D27" w:rsidRPr="001D1E1E" w:rsidRDefault="00AB5D27" w:rsidP="00AB5D27">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C0E6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This is accomplished by analyzing a CCV standard (containing all the compounds that will be reported) prepared from the same stock solutions or source materials used for ICAL standards and at a concentration near the midpoint of the ICAL range.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB5D27" w:rsidRPr="000808F0" w14:paraId="597D8645" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
@@ -20516,51 +20261,50 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18FAC3DA" w14:textId="77777777" w:rsidR="00AB5D27" w:rsidRPr="000808F0" w:rsidRDefault="00AB5D27" w:rsidP="00AB5D27">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="673841BC" w14:textId="79A8B456" w:rsidR="00AB5D27" w:rsidRPr="00CC4FC0" w:rsidRDefault="00AB5D27" w:rsidP="00AB5D27">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidRPr="001643FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -20585,140 +20329,135 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[SW-846 Method 8260D, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11.4.3</w:t>
             </w:r>
             <w:r w:rsidRPr="001643FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="743EA455" w14:textId="77777777" w:rsidR="00AB5D27" w:rsidRPr="000808F0" w:rsidRDefault="00AB5D27" w:rsidP="00AB5D27">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22334552" w14:textId="77777777" w:rsidR="00AB5D27" w:rsidRPr="000808F0" w:rsidRDefault="00AB5D27" w:rsidP="00AB5D27">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23F718C2" w14:textId="581B4DBD" w:rsidR="00AB5D27" w:rsidRPr="001D1E1E" w:rsidRDefault="00AB5D27" w:rsidP="00AB5D27">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001643FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The calculated concentration or amount of each analyte of interest in the CCV standard should fall within ±20% of the expected value.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="33A66BB4" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10AC6C4A" w14:textId="34DEDEA3" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41C30A2E" w14:textId="56CBF5E8" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Does the laboratory analyze a Matrix Spike (MS)</w:t>
             </w:r>
             <w:r w:rsidDel="00484B45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -20819,51 +20558,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76518F87" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AE70A5F" w14:textId="5651A2A2" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rules: </w:t>
             </w:r>
             <w:r w:rsidRPr="00F35EBE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -20967,61 +20705,59 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F35EBE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>greater</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F35EBE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>frequency</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> or the parameter is not amenable to spiking</w:t>
             </w:r>
             <w:r w:rsidRPr="00F35EBE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -21261,52 +20997,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="33027DE6" w14:textId="77777777" w:rsidR="002E5ED6" w:rsidRDefault="002E5ED6" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="31FC35BD" w14:textId="75BEC7C3" w:rsidR="002E5ED6" w:rsidRPr="000808F0" w:rsidRDefault="002E5ED6" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="6292DE12" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="175DB6C7" w14:textId="2C935FF4" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
@@ -21454,74 +21188,72 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1ED325A2" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="25577539" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0132E806" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SW-846 8260 D: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA2C90">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -21741,74 +21473,72 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="419B20C1" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="77446593" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15F9B3F6" w14:textId="7CC957DD" w:rsidR="003D3C4E" w:rsidRPr="00F35EBE" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F35EBE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If MS results are out of control, the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -21988,120 +21718,117 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B546AAC" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="208D3103" w14:textId="5299EAE5" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB38E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Matrix spikes and LCSs should</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [must]</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB38E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> be prepared with target analytes from the same source as the ICAL standards to restrict the influence of accuracy on the determination of recovery throughout preparation and analysis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="228A4C18" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E640A09" w14:textId="1A8A2E89" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EE1B7F6" w14:textId="2BEE38FB" w:rsidR="00B86BDD" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the laboratory analyze either a sample duplicate or a Matrix Spike Duplicate (MSD) with each batch of 20 or fewer samples? </w:t>
             </w:r>
             <w:r w:rsidRPr="00F35EBE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -22183,51 +21910,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A5FA463" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E1E99FC" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rules: Except where otherwise specified in an analytical method, laboratories shall analyze five percent of all samples in duplicate to document precision. Laboratories analyzing fewer than 20 samples per month shall analyze one duplicate during each month that samples are analyzed. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17062174" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -22475,51 +22201,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15537463" w14:textId="77777777" w:rsidR="00E913B8" w:rsidRPr="000808F0" w:rsidRDefault="00E913B8" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44783AED" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SW-846 8260 D: </w:t>
             </w:r>
             <w:r w:rsidRPr="002B6C35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -22759,74 +22484,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidRPr="003D3C4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> be calculated based on the concentration or amount, not the spike recovery.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="326710E0" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11B3712D" w14:textId="77777777" w:rsidR="00AD30C2" w:rsidRPr="000808F0" w:rsidRDefault="00AD30C2" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EE879CA" w14:textId="77777777" w:rsidR="00F00EBE" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -22964,105 +22687,102 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39CD4244" w14:textId="77777777" w:rsidR="00AD30C2" w:rsidRPr="000808F0" w:rsidRDefault="00AD30C2" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12740DC3" w14:textId="037A38DD" w:rsidR="003D3C4E" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB4C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="51E968F1" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17F67D61" w14:textId="77777777" w:rsidR="00800195" w:rsidRPr="000808F0" w:rsidRDefault="00800195" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6634B393" w14:textId="02E4324F" w:rsidR="00800195" w:rsidRPr="00800195" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the laboratory analyze at least one LCS with each batch of 20 or fewer samples? </w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -23121,104 +22841,101 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AEE4A54" w14:textId="77777777" w:rsidR="00800195" w:rsidRPr="000808F0" w:rsidRDefault="00800195" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02A665B1" w14:textId="20A67585" w:rsidR="00800195" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311EF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>An LCS must be included with each preparation batch.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="0B3BDF18" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E960531" w14:textId="14332EF9" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C5205C9" w14:textId="2259E04A" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the LCS </w:t>
             </w:r>
             <w:r w:rsidR="00F00EBE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -23332,104 +23049,101 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1215130D" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D889152" w14:textId="6D798F5B" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The LCS consists of an aliquot of a clean (control) matrix similar to the sample matrix and of the same weight or volume. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="587715C7" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12EA4934" w14:textId="5F7A1CED" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41070D2F" w14:textId="455FD63C" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the LCS spiked with the same analytes at the same concentrations as the matrix spike? </w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -23503,104 +23217,101 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58FCC75B" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7478C6FF" w14:textId="16BEDD08" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The LCS is spiked with the same analytes at the same concentrations as the matrix spike. When the results of the matrix spike analysis indicate a potential problem due to the sample matrix itself, the LCS results are used to verify that the laboratory can perform the analysis in a clean matrix.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="0931986B" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B8B57EB" w14:textId="2DFC6CC1" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BB8D066" w14:textId="396FFDDA" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is surrogate recovery data evaluated by comparing the individual samples to the surrogate control limits developed by the laboratory? </w:t>
             </w:r>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -23666,51 +23377,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A212A34" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="755CEE5F" w14:textId="3207EFAB" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006849CF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory should</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -23721,74 +23431,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> evaluate surrogate recovery data from individual samples relative to the surrogate recovery acceptance criteria developed by the laboratory. See Method 8000 for information on evaluating surrogate data and developing and updating surrogate recovery acceptance criteria. Suggested surrogate recovery limits for </w:t>
             </w:r>
             <w:r w:rsidRPr="006849CF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>field samples are 70 to 130% until laboratory or project-specific criteria can be developed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="478C58AA" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37BAB77E" w14:textId="3497A132" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="111E2FDF" w14:textId="4896D314" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the l</w:t>
             </w:r>
             <w:r w:rsidRPr="00080B12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -23886,114 +23594,111 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20411CFC" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D01C26A" w14:textId="2D5AC946" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00080B12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The LLOQ is the lowest concentration at which the laboratory has demonstrated target analytes can be reliably measured and reported with a certain degree of confidence, which must be greater than or equal to the lowest point in the calibration curve. The laboratory shall establish the LLOQ at concentrations where both quantitative and qualitative criteria can consistently be met (see Sec. 11.6). </w:t>
             </w:r>
             <w:r w:rsidRPr="00080B12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory shall verify the LLOQ at least annually and whenever significant changes are made to the preparation and/or analytical procedure, to demonstrate quantitation capability at lower analyte concentration levels. The verification is performed by the preparation and/or analysis of an LCS (or matrix spike) at 0.5 - 2 times the established LLOQ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E00FC" w:rsidRPr="000808F0" w14:paraId="386FB096" w14:textId="77777777" w:rsidTr="00450741">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E324AD8" w14:textId="532ED03D" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00201136">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A6E3F8D" w14:textId="7035E496" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a new initial calibration prepared and analyzed when the analyte responses of the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -24083,51 +23788,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22581B90" w14:textId="77777777" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00B86BDD" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5940" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29262BEB" w14:textId="3D3D5F1B" w:rsidR="00B86BDD" w:rsidRPr="000808F0" w:rsidRDefault="00F00EBE" w:rsidP="00B86BDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F387F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the calibration does not meet the acceptance criteria, perform any necessary instrument</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -24653,204 +24357,204 @@
       </w:pPr>
       <w:r w:rsidRPr="000808F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Inspector: ______________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00BF1C06" w:rsidRPr="000808F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Date: _</w:t>
       </w:r>
       <w:r w:rsidRPr="000808F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_______________________________________</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="NeutralizeTRC"/>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkStart w:id="1" w:name="NeutralizeTRC"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="00C37462" w:rsidRPr="000808F0" w:rsidSect="006D2677">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29E72A82" w14:textId="77777777" w:rsidR="001B5FCB" w:rsidRDefault="001B5FCB">
+    <w:p w14:paraId="1D137DBC" w14:textId="77777777" w:rsidR="00F16A11" w:rsidRDefault="00F16A11">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27C0666E" w14:textId="77777777" w:rsidR="001B5FCB" w:rsidRDefault="001B5FCB">
+    <w:p w14:paraId="067F90EA" w14:textId="77777777" w:rsidR="00F16A11" w:rsidRDefault="00F16A11">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="269991A5" w14:textId="77777777" w:rsidR="001B5FCB" w:rsidRDefault="001B5FCB"/>
+    <w:p w14:paraId="48E477E9" w14:textId="77777777" w:rsidR="00F16A11" w:rsidRDefault="00F16A11"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4DD88AB8" w14:textId="6CA91CA1" w:rsidR="001B5FCB" w:rsidRPr="004E0CAB" w:rsidRDefault="001B5FCB">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Rev: 10/04/2022</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="074E9BF3" w14:textId="77777777" w:rsidR="001B5FCB" w:rsidRDefault="001B5FCB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="135E528A" w14:textId="77777777" w:rsidR="001B5FCB" w:rsidRDefault="001B5FCB">
+    <w:p w14:paraId="695CCBD2" w14:textId="77777777" w:rsidR="00F16A11" w:rsidRDefault="00F16A11">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7414255F" w14:textId="77777777" w:rsidR="001B5FCB" w:rsidRDefault="001B5FCB">
+    <w:p w14:paraId="403FC315" w14:textId="77777777" w:rsidR="00F16A11" w:rsidRDefault="00F16A11">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1A037AAA" w14:textId="77777777" w:rsidR="001B5FCB" w:rsidRDefault="001B5FCB"/>
+    <w:p w14:paraId="50233E89" w14:textId="77777777" w:rsidR="00F16A11" w:rsidRDefault="00F16A11"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="38F1906E" w14:textId="44DB8E93" w:rsidR="001B5FCB" w:rsidRPr="00EC0C07" w:rsidRDefault="001B5FCB" w:rsidP="00A77C7A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="108"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00EC0C07">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Purgeable Organics – SW</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>-</w:t>
@@ -24977,51 +24681,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00EC0C07">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="009C1BF8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A603A73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D6E59C0"/>
     <w:lvl w:ilvl="0" w:tplc="1292B8B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="center"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -25198,72 +24902,72 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="834418776">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1262714796">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1107970013">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="00001889"/>
     <w:rsid w:val="00006493"/>
     <w:rsid w:val="00010621"/>
@@ -25805,50 +25509,51 @@
     <w:rsid w:val="0063601F"/>
     <w:rsid w:val="00636182"/>
     <w:rsid w:val="0063691A"/>
     <w:rsid w:val="00637338"/>
     <w:rsid w:val="006406D4"/>
     <w:rsid w:val="006462E3"/>
     <w:rsid w:val="00651CC8"/>
     <w:rsid w:val="00651E40"/>
     <w:rsid w:val="0065304B"/>
     <w:rsid w:val="006542B3"/>
     <w:rsid w:val="00655AC5"/>
     <w:rsid w:val="006605A2"/>
     <w:rsid w:val="0066202F"/>
     <w:rsid w:val="00663E09"/>
     <w:rsid w:val="006654C2"/>
     <w:rsid w:val="0066571A"/>
     <w:rsid w:val="00665D6E"/>
     <w:rsid w:val="00672682"/>
     <w:rsid w:val="0067474A"/>
     <w:rsid w:val="00674AF3"/>
     <w:rsid w:val="0067561D"/>
     <w:rsid w:val="0068458C"/>
     <w:rsid w:val="006849CF"/>
     <w:rsid w:val="00690CC7"/>
     <w:rsid w:val="006927DD"/>
+    <w:rsid w:val="00693735"/>
     <w:rsid w:val="00693B9B"/>
     <w:rsid w:val="006949C6"/>
     <w:rsid w:val="00695417"/>
     <w:rsid w:val="006955B9"/>
     <w:rsid w:val="006A08EF"/>
     <w:rsid w:val="006A267E"/>
     <w:rsid w:val="006A3E41"/>
     <w:rsid w:val="006A488B"/>
     <w:rsid w:val="006A5492"/>
     <w:rsid w:val="006A5EB8"/>
     <w:rsid w:val="006B3054"/>
     <w:rsid w:val="006B5E09"/>
     <w:rsid w:val="006B6A3B"/>
     <w:rsid w:val="006C21B9"/>
     <w:rsid w:val="006C467F"/>
     <w:rsid w:val="006C605A"/>
     <w:rsid w:val="006C738D"/>
     <w:rsid w:val="006D0089"/>
     <w:rsid w:val="006D0486"/>
     <w:rsid w:val="006D1296"/>
     <w:rsid w:val="006D2677"/>
     <w:rsid w:val="006D2F49"/>
     <w:rsid w:val="006D49C5"/>
     <w:rsid w:val="006E2625"/>
     <w:rsid w:val="006E2AA3"/>
@@ -26321,50 +26026,51 @@
     <w:rsid w:val="00C34F1C"/>
     <w:rsid w:val="00C36649"/>
     <w:rsid w:val="00C37462"/>
     <w:rsid w:val="00C37493"/>
     <w:rsid w:val="00C42E0E"/>
     <w:rsid w:val="00C45510"/>
     <w:rsid w:val="00C476A7"/>
     <w:rsid w:val="00C50158"/>
     <w:rsid w:val="00C50753"/>
     <w:rsid w:val="00C50D0D"/>
     <w:rsid w:val="00C52685"/>
     <w:rsid w:val="00C5270B"/>
     <w:rsid w:val="00C5357B"/>
     <w:rsid w:val="00C562AC"/>
     <w:rsid w:val="00C563DB"/>
     <w:rsid w:val="00C57609"/>
     <w:rsid w:val="00C60502"/>
     <w:rsid w:val="00C60C56"/>
     <w:rsid w:val="00C61299"/>
     <w:rsid w:val="00C647C7"/>
     <w:rsid w:val="00C65F3D"/>
     <w:rsid w:val="00C67EA8"/>
     <w:rsid w:val="00C70481"/>
     <w:rsid w:val="00C70B6F"/>
     <w:rsid w:val="00C72E39"/>
+    <w:rsid w:val="00C809F0"/>
     <w:rsid w:val="00C80C12"/>
     <w:rsid w:val="00C83610"/>
     <w:rsid w:val="00C878F5"/>
     <w:rsid w:val="00C92D03"/>
     <w:rsid w:val="00C93CA6"/>
     <w:rsid w:val="00C94B09"/>
     <w:rsid w:val="00C95426"/>
     <w:rsid w:val="00C95A39"/>
     <w:rsid w:val="00C96DFE"/>
     <w:rsid w:val="00C97617"/>
     <w:rsid w:val="00CA099E"/>
     <w:rsid w:val="00CA160B"/>
     <w:rsid w:val="00CA16DB"/>
     <w:rsid w:val="00CA53A3"/>
     <w:rsid w:val="00CA5404"/>
     <w:rsid w:val="00CA611C"/>
     <w:rsid w:val="00CA69AC"/>
     <w:rsid w:val="00CB0231"/>
     <w:rsid w:val="00CB1B22"/>
     <w:rsid w:val="00CB3D76"/>
     <w:rsid w:val="00CB5781"/>
     <w:rsid w:val="00CB5B69"/>
     <w:rsid w:val="00CB6A75"/>
     <w:rsid w:val="00CB7063"/>
     <w:rsid w:val="00CC137E"/>
@@ -26550,50 +26256,51 @@
     <w:rsid w:val="00ED3935"/>
     <w:rsid w:val="00ED483A"/>
     <w:rsid w:val="00EE33A9"/>
     <w:rsid w:val="00EE3ADD"/>
     <w:rsid w:val="00EE60BA"/>
     <w:rsid w:val="00EE65C7"/>
     <w:rsid w:val="00EE7521"/>
     <w:rsid w:val="00EE783A"/>
     <w:rsid w:val="00EF0BE0"/>
     <w:rsid w:val="00EF1456"/>
     <w:rsid w:val="00EF2187"/>
     <w:rsid w:val="00EF2201"/>
     <w:rsid w:val="00EF2AA0"/>
     <w:rsid w:val="00EF41D1"/>
     <w:rsid w:val="00EF4F1F"/>
     <w:rsid w:val="00EF6021"/>
     <w:rsid w:val="00EF7A12"/>
     <w:rsid w:val="00EF7A7A"/>
     <w:rsid w:val="00F00668"/>
     <w:rsid w:val="00F00EBE"/>
     <w:rsid w:val="00F02A5E"/>
     <w:rsid w:val="00F03FC4"/>
     <w:rsid w:val="00F06B68"/>
     <w:rsid w:val="00F14739"/>
     <w:rsid w:val="00F15207"/>
+    <w:rsid w:val="00F16A11"/>
     <w:rsid w:val="00F20987"/>
     <w:rsid w:val="00F21EB3"/>
     <w:rsid w:val="00F228EC"/>
     <w:rsid w:val="00F23DA3"/>
     <w:rsid w:val="00F2458A"/>
     <w:rsid w:val="00F264AC"/>
     <w:rsid w:val="00F32C44"/>
     <w:rsid w:val="00F34907"/>
     <w:rsid w:val="00F34EEC"/>
     <w:rsid w:val="00F35EBE"/>
     <w:rsid w:val="00F428FA"/>
     <w:rsid w:val="00F4685C"/>
     <w:rsid w:val="00F47777"/>
     <w:rsid w:val="00F533BC"/>
     <w:rsid w:val="00F56D40"/>
     <w:rsid w:val="00F63025"/>
     <w:rsid w:val="00F643E9"/>
     <w:rsid w:val="00F6486F"/>
     <w:rsid w:val="00F64D92"/>
     <w:rsid w:val="00F6765D"/>
     <w:rsid w:val="00F70F87"/>
     <w:rsid w:val="00F74F41"/>
     <w:rsid w:val="00F75198"/>
     <w:rsid w:val="00F75B98"/>
     <w:rsid w:val="00F75C72"/>
@@ -26617,93 +26324,94 @@
     <w:rsid w:val="00FA7DA9"/>
     <w:rsid w:val="00FB2EBC"/>
     <w:rsid w:val="00FB3425"/>
     <w:rsid w:val="00FB3B4A"/>
     <w:rsid w:val="00FB7172"/>
     <w:rsid w:val="00FB7632"/>
     <w:rsid w:val="00FC0B66"/>
     <w:rsid w:val="00FC14C9"/>
     <w:rsid w:val="00FC2691"/>
     <w:rsid w:val="00FC3494"/>
     <w:rsid w:val="00FC59A0"/>
     <w:rsid w:val="00FC6B08"/>
     <w:rsid w:val="00FD18DB"/>
     <w:rsid w:val="00FD27E4"/>
     <w:rsid w:val="00FD637E"/>
     <w:rsid w:val="00FD673C"/>
     <w:rsid w:val="00FD7651"/>
     <w:rsid w:val="00FE2D8E"/>
     <w:rsid w:val="00FE48F2"/>
     <w:rsid w:val="00FE722A"/>
     <w:rsid w:val="00FF0176"/>
     <w:rsid w:val="00FF1D45"/>
     <w:rsid w:val="00FF2154"/>
     <w:rsid w:val="00FF3ACD"/>
     <w:rsid w:val="00FF59DC"/>
+    <w:rsid w:val="620DD084"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5D79DC9F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0496E04E-C72C-47E6-A80A-522644C5CC0A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:uiPriority="99"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -26943,50 +26651,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B86BDD"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
@@ -27178,55 +26887,65 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00933076"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:link w:val="CommentText"/>
     <w:semiHidden/>
     <w:rsid w:val="00A64E6E"/>
     <w:rPr>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00693735"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="6953991">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -27609,215 +27328,183 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...16 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...74 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -27875,152 +27562,143 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14FB6C2C-5536-45BD-84CA-761C14FE6A46}">
-[...13 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7379D43-A0B9-4BDE-B886-8BC06A473484}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9982519C-9159-4274-8603-889963D1B08E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14FB6C2C-5536-45BD-84CA-761C14FE6A46}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{818BF9A5-8A01-4015-AD8C-FE3C8AD7585E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEB35BA4-37F5-4C64-ADBA-75902C5ED702}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEB35BA4-37F5-4C64-ADBA-75902C5ED702}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{818BF9A5-8A01-4015-AD8C-FE3C8AD7585E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>7761</Words>
-  <Characters>42658</Characters>
+  <Words>7828</Words>
+  <Characters>42588</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>355</Lines>
-  <Paragraphs>100</Paragraphs>
+  <Lines>1419</Lines>
+  <Paragraphs>446</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50319</CharactersWithSpaces>
+  <CharactersWithSpaces>49970</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>