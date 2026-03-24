--- v0 (2025-11-06)
+++ v1 (2026-03-24)
@@ -1,175 +1,164 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="266EDEDA" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Start-up and Shutdown Checklist</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="06681948" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:br/>
         <w:t>Start-up Certification</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="629E8897" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="76EAF3DA" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Every seasonal water system that does not remain fully pressurized during the off-season must submit a certification of completing a State-approved start-up procedure after the system is re-pressurized, but before serving water to the public at the start of the operating season, in accordance with the Revised Total Coliform Rule [15A NCAC 18C Section .1539 (§141.854(i)(1)].  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="2E99DAB9" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Use the attached checklist and certification to document your system’s completion of our State-approved start-up procedure.  </w:t>
       </w:r>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Check the corresponding box for each procedure/task completed, and then certify that, at a minimum, the</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> required start-up procedures (marked with an asterisk) were completed.</w:t>
+        <w:t>Check the corresponding box for each procedure/task completed, and then certify that, at a minimum, the required start-up procedures (marked with an asterisk) were completed.</w:t>
       </w:r>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">The start-up procedure must be completed </w:t>
       </w:r>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
@@ -206,594 +195,595 @@
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">prior to the system serving water to the public </w:t>
       </w:r>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>to receive full compliance credit</w:t>
       </w:r>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="5F68ADAB" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note that the failure to complete a State-approved start-up procedure prior to serving water to the public will result in a treatment technique violation for your system [Section .1539 (§141.860(b)(2)].  This treatment technique violation will require public notification to your customers within 30 days of the violation.  Failure to provide certification that the checklist was completed or failure to certify the checklist prior to serving water to the public will result in a reporting violation [Section .1539 §141.860(d)(3), §141.861(a)(5)].  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="4DDB5761" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">If you need assistance completing the </w:t>
       </w:r>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">State-approved start-up procedure, contact your regional office representative.  You can look up your regional office’s contact information by county at </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="005426FF">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.ncwater.org/?page=125</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="72B41168" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>We recommend that you use the checklist to perform shutdown procedures at your water system as well; however, implementation of shutdown procedures and the submittal of a certification of completion of shutdown procedures are not required.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="010CB593" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="5F9E865E" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="5F95A64E" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>System Inspection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="0B19E1B2" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="7AF41798" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>A routine inspection of the water system can help ensure that all components are operating properly.  Most importantly, inspecting the system can protect public health by uncovering issues that could result in water quality problems.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="013A0953" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="2A84663B" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Integrity Check</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="3452BE4D" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="655B5F48" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>To help gain a better understanding of leakage within the distribution system, conduct an integrity check once the system is re-pressurized.  Some system leakage is expected; however, locating and repairing leaks is strongly recommended. Ensure that repaired/replaced distribution system components are properly disinfected.  Having the ability to isolate and then retest portions of the system (rather than the entire distribution system) can assist in locating leaks.  Comparing pressure loss data from year to year can provide insight into the relative degree of leakage within the distribution system.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="7D634467" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="64441382" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Disinfection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="22AD583E" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="6F1EF938" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>If your water system does not continuously apply a disinfectant while in operation, disinfection before start-up is strongly recommended and, if performed, must precede flushing during the start-up procedure.  Disinfection kills microorganisms that can be introduced during shut down or the off-season when the system is depressurized.  Water system disinfection at start-up can be accomplished by introducing a solution of chlorine and water directly into the well, running it throughout the system, and allowing adequate contact time before flushing.  Consult with a professional to determine how disinfecting the well, storage tank, and distribution system can be best accomplished in accordance with AWWA Standards C654 (for wells), C652 (for storage tanks), and C651 (for distribution systems).  You are also encouraged to contact PWS Section regional staff for any advice concerning disinfection.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="124BCA1D" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="00957C40" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Flushing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="01CC6232" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="18DFBB76" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Flushing is essential maintenance; it removes contaminants and debris from the system.  If possible, flushing should progress from taps closest to the well and end at taps furthest from the well to ensure that clean water is used during flushing. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="5A274BAF" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="308F5167" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Monitoring</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="0532AFE4" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="04927EA5" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">In addition to collecting all required compliance samples during the operating season, sample(s) must be collected and analyzed for total coliforms/disinfectant residual, and result(s) must be “absent” of total coliform bacteria </w:t>
       </w:r>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>prior</w:t>
       </w:r>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> to opening for the season and serving water to the public.  If sample(s) are collected during the water system’s scheduled compliance period, these samples may be used for compliance samples.  Otherwise, make sure to label the sample(s) “non-compliance” and ask your laboratory to still submit the results to the Public Water Supply Section.  For water systems that do not provide continuous disinfection after start-up, ensure that all chlorine is flushed from the system before collecting the sample(s) to be analyzed.  A chlorine test kit or test strips should be used to ensure there is no chlorine residual in the water system.  For systems that continuously apply chlorine as a singular disinfectant while in operation, at least 0.2 mg/L of free chlorine residual must be maintained at the entry point and at each total coliform sampling site within the distribution system.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="031137FE" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="469DB9A7" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Start-up and Shutdown Checklist</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="2BE82638" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="040F0811" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Water System Name:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Water System No.:  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="4FB51FDC" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9625" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7273"/>
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="1236"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="55394088" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7273" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+          <w:p w14:paraId="729410C9" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">System Inspection  </w:t>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(Note:  * tasks are </w:t>
@@ -803,1260 +793,1260 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>required</w:t>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="3554F55E" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Start-up</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="1755E4DA" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Shutdown</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="4D258462" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="665"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7273" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="106D8A3C" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Georgia"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Verify that the pump house, if provided, and the well are protected from trespassers, e.g., locked and completely secure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="555CD7B1" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="331"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="65CB8E78" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="56B2D332" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7273" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+          <w:p w14:paraId="335487EF" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Look for any damage or evidence of contamination, such as flooding, that may have occurred, and correct any problems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="4CEF979E" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="1E98604B" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="00A6E7FD" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7273" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="255CF69D" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Inspect the wellhead(s) and verify that the well casing is structurally sound, the well cap is tightly attached, vents are in place and screened, and the electrical conduit is sealed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="7A6DA984" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="5C0D2DE7" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="7840D39D" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7273" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="1E1E8C0F" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Inspect the water treatment equipment and storage tanks.  Make sure the storage tank vents and overflows are screened.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="14EFE94E" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="52D609BF" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="308C1DC8" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="161"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7273" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="6A0333DB" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Perform a walk-through of the distribution and plumbing systems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="17E94249" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="6AA0A94F" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="5EB8F4F3" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7273" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="0A5F5295" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Observe pipes, valves, and backflow prevention devices.  Ensure that the valves are exercised (opened and closed) and repaired/replaced as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1116" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="05EFD834" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="5D45ED99" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="7899FD78" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7285"/>
         <w:gridCol w:w="1117"/>
         <w:gridCol w:w="1236"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="34750F3F" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7285" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+          <w:p w14:paraId="469DD3B6" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Integrity Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="2FCFD558" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Start-up</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="53385DD8" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Shutdown</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="119DA3D5" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7285" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="09D6AD52" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Turn off all taps and the power supply to the well pump after the distribution system is filled and pressurized. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="0BC3D691" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="730B3FDB" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="60FD85C8" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7285" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="67A2CBD0" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Read the system’s pressure gauge, and write down the initial system pressure. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="6B71D58F" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="091AB77A" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="573980EA" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7285" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="790227EA" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Read the pressure gauge again after one hour, and document the system pressure.  (Pressure loss over this one-hour time span indicates leaks.) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="62C2292D" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="4DB29636" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="54136F0B" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7285"/>
         <w:gridCol w:w="1117"/>
         <w:gridCol w:w="1236"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="26FAF586" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7285" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+          <w:p w14:paraId="0897D144" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Disinfection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="4343D021" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Start-up</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="1B946532" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Shutdown</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="712B5393" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7285" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="04A9DEAA" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Introduce a chlorine solution directly into the well and run water throughout the system, allowing adequate contact time before flushing. Contact PWS Section regional staff or another water system professional for assistance with disinfection.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="03CFD017" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="566EBBE6" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="26321342" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7285"/>
         <w:gridCol w:w="1117"/>
         <w:gridCol w:w="1236"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="3C32470A" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7285" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+          <w:p w14:paraId="6A199155" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Flushing  </w:t>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(Note:  * tasks are </w:t>
@@ -2066,347 +2056,347 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>required</w:t>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="71E95938" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Start-up</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="2010B667" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Shutdown</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="241F48C9" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7285" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="6FDC1842" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Remove all faucet strainers prior to flushing to prevent sediment from clogging them. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="699B7CB5" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="0D0C18C7" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="53433BC8" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7285" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="5F380D3A" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Flush all wells and water mains.  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="04604B7B" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>(A minimum of 30 minutes is recommended.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="7D3C6640" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="112BAAC7" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="555936EE" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:ind w:left="-90" w:right="-72"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7244"/>
         <w:gridCol w:w="1158"/>
         <w:gridCol w:w="1236"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="6856415A" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7244" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+          <w:p w14:paraId="5A9D290B" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Monitoring  </w:t>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(Note:  * tasks are </w:t>
@@ -2416,2058 +2406,2124 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>required</w:t>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1158" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="5A3C6A01" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Start-up</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="5ABB8E7D" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Shutdown</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="256C8BE1" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="575"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7244" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="501601C5" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Prior to serving water to the public, a sample “</w:t>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>absent</w:t>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>” of total coliform (w/disinfectant residual, if applicable) must be collected.  Recommended sampling locations include the wellhead, first customer, downstream of the storage tank, and at endpoints of the distribution system.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1158" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="774EC7DE" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="24567FAB" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="23A79D68" w14:textId="77777777" w:rsidTr="00641D44">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7244" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="503EF886" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Verify your sampling schedules via Sampling Status or Drinking Water Watch on our website at</w:t>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>https://pws.ncwater.org/WSReports.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1158" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="1AD118F4" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="62B70E2C" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="4495411A" w14:textId="77777777" w:rsidTr="00641D44">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7244" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="704E5613" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Ensure all compliance samples have been collected and submitted to a North Carolina certified laboratory.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1158" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="0849190E" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
+          <w:p w14:paraId="7752F531" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="00641D44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005426FF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="2CEF564B" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="74CE3889" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
           <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Certification</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
-[...17 lines deleted...]
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="2B4500E2" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
           <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Statement of Completion of State-approved Start-up Procedure </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="113F97A6" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
           <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for a Seasonal Public Water System</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="4FA981F6" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="00405D9A" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
           <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="5E727F11" w14:textId="4C9970B8" w:rsidR="009577FB" w:rsidRPr="009577FB" w:rsidRDefault="009577FB" w:rsidP="009577FB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
           <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120"/>
-[...3 lines deleted...]
-          <w:color w:val="0000FF"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Water System Name:</w:t>
+        <w:t>Water System Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7DDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="3E30D96A" w14:textId="5D92A937" w:rsidR="004F1169" w:rsidRPr="009577FB" w:rsidRDefault="004F1169" w:rsidP="001629CA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
           <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Water System Number</w:t>
+        <w:t>Water System Name:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C7DDD">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidR="009577FB" w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20098178" w14:textId="256110C1" w:rsidR="004F1169" w:rsidRPr="001629CA" w:rsidRDefault="004F1169" w:rsidP="001629CA">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
+          <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="160" w:after="160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I hereby affirm that the required seasonal water system start-up procedures were implemented for the above water system prior to serving water to the public.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B8A7DF" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
+          <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Date water system re-pressurized:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>(Date that water pressure was restored to the entire water distribution system.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="720CD03A" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
+          <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="7A8E9979" w14:textId="77777777" w:rsidR="00F563F3" w:rsidRDefault="004F1169" w:rsidP="00F563F3">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
+          <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>“Absent” Total Coliform sample(s) collection date(s):  ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="709D4671" w14:textId="7054A6C4" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="00734669" w:rsidP="00F563F3">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
+          <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Absent” Total Coliform sample(s) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>analysis completion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> date(s):  ________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1169" w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004F1169" w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>[Date(s) that water sample(s) were collected, and the results of the analyses (performed by a North Carolina certified laboratory) were “absent” of total coliform bacteria.  “Absent” tests results are required prior to serving water to the public and for completion of the start-up procedure.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CA4432D" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
+          <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24B2055E" w14:textId="7B453FA3" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
+          <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Start-up procedure certification of completion date:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>(Date when all required tasks on the start-up checklist were completed</w:t>
+      </w:r>
+      <w:r w:rsidR="00734669">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>, including completion of “Absent” test results</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C84AFD4" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
+          <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Seasonal opening date:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>(Date that the water system opened to the public and permitted access to the water.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="695A3932" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
+          <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4551238E" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
+          <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Anticipated closing date:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54CDEA1B" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
+          <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>(Date that you plan to close the water system to the public for the season.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57788DA8" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
           <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...210 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="23"/>
-[...31 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
-[...313 lines deleted...]
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="46DF45A4" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
           <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Printed Name: _____________________________         Position/Title:________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="7E7F75B9" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="008A3D14" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
           <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:b/>
-          <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="7AD42F8B" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
           <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Printed Name: _____________________________         Position/Title:________________________</w:t>
+        <w:t>Signature:  ________________________________          Date:  ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="3930D2B8" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="008A3D14" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
           <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="1BE603C8" w14:textId="4345E865" w:rsidR="00734669" w:rsidRDefault="004F1169" w:rsidP="005426FF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
           <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Signature:  ________________________________          Date:  ______________________________</w:t>
+        <w:t>Relationship with the Water System (i.e. owner, operator, etc.):  _____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="6BF148CD" w14:textId="2282BFB5" w:rsidR="00734669" w:rsidRPr="00F563F3" w:rsidRDefault="00734669" w:rsidP="005426FF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
           <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="719F3534" w14:textId="4D44C4B6" w:rsidR="00734669" w:rsidRPr="008A3D14" w:rsidRDefault="00734669" w:rsidP="008A3D14">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
           <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
           <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A3D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Contact Information:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E104C96" w14:textId="25D5029D" w:rsidR="00734669" w:rsidRPr="005426FF" w:rsidRDefault="00734669" w:rsidP="00734669">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:left w:val="threeDEngrave" w:sz="24" w:space="0" w:color="DBE5F1"/>
+          <w:bottom w:val="threeDEmboss" w:sz="24" w:space="10" w:color="DBE5F1"/>
+          <w:right w:val="threeDEmboss" w:sz="24" w:space="0" w:color="DBE5F1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005426FF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Relationship with the Water System (i.e. owner, operator, etc.):  _____________________________</w:t>
+        <w:t>Phone Number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  ______________________       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Email</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Address</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005426FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>:  ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="587D4B36" w14:textId="0FC11290" w:rsidR="004F1169" w:rsidRPr="008A3D14" w:rsidRDefault="004F1169" w:rsidP="001629CA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="200" w:after="100" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r w:rsidRPr="008A3D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Upon completion of the start-up procedure, immediately submit the checklist and certification</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A3D14">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="005426FF">
+        <w:t xml:space="preserve"> prior to serving water to the public </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A3D14">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-          <w:b/>
+          <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">Upon completion of the start-up procedure, </w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> to the Public Water Supply Section’s Total Coliform Rule Manager by one of the following methods:</w:t>
+        <w:t>to the Public Water Supply Section’s Total Coliform Rule Manager:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="876"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3204"/>
-        <w:gridCol w:w="2178"/>
+        <w:gridCol w:w="2956"/>
+        <w:gridCol w:w="2309"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="7F3B9348" w14:textId="77777777" w:rsidTr="001B2693">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5382" w:type="dxa"/>
+            <w:tcW w:w="5265" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+          <w:p w14:paraId="59BB3DB8" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="001B2693" w:rsidRDefault="004F1169" w:rsidP="005426FF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005426FF">
+            <w:r w:rsidRPr="001B2693">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>For Public Water Supply Section’s Use Only</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="09009946" w14:textId="77777777" w:rsidTr="001B2693">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3204" w:type="dxa"/>
+            <w:tcW w:w="2956" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+          <w:p w14:paraId="2B8E3063" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="001B2693" w:rsidRDefault="004F1169" w:rsidP="005426FF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005426FF">
-[...3 lines deleted...]
-                <w:szCs w:val="23"/>
+            <w:r w:rsidRPr="001B2693">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Date Received</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:tcW w:w="2309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+          <w:p w14:paraId="08E309EE" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="001B2693" w:rsidRDefault="004F1169" w:rsidP="005426FF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="64D78021" w14:textId="77777777" w:rsidTr="001B2693">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3204" w:type="dxa"/>
+            <w:tcW w:w="2956" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+          <w:p w14:paraId="7704D38A" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="001B2693" w:rsidRDefault="004F1169" w:rsidP="005426FF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005426FF">
-[...3 lines deleted...]
-                <w:szCs w:val="23"/>
+            <w:r w:rsidRPr="001B2693">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Date Entered into SDWIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:tcW w:w="2309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+          <w:p w14:paraId="0F344F6B" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="001B2693" w:rsidRDefault="004F1169" w:rsidP="005426FF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidTr="00641D44">
+      <w:tr w:rsidR="004F1169" w:rsidRPr="005426FF" w14:paraId="72811DC1" w14:textId="77777777" w:rsidTr="001B2693">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3204" w:type="dxa"/>
+            <w:tcW w:w="2956" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+          <w:p w14:paraId="3A5B5E09" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="001B2693" w:rsidRDefault="004F1169" w:rsidP="005426FF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005426FF">
-[...3 lines deleted...]
-                <w:szCs w:val="23"/>
+            <w:r w:rsidRPr="001B2693">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Date Start-up Samples Received</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:tcW w:w="2309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+          <w:p w14:paraId="5E335642" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="001B2693" w:rsidRDefault="004F1169" w:rsidP="005426FF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="21C5F1F8" w14:textId="2D4263FD" w:rsidR="00734669" w:rsidRPr="005426FF" w:rsidRDefault="00734669" w:rsidP="009577FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-        <w:contextualSpacing/>
+        <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>By Mail:</w:t>
+        <w:t>By Email:</w:t>
       </w:r>
       <w:r w:rsidRPr="005426FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Total Coliform Rule Manager, Public Water Supply Section, 1634 Mail Service Center, Raleigh, NC 27699-1634 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00D72BA0" w:rsidRPr="00D72BA0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+            <w:sz w:val="23"/>
+            <w:szCs w:val="23"/>
+          </w:rPr>
+          <w:t>pwss.rtcr@deq.nc.gov</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="79B1A6A6" w14:textId="77777777" w:rsidR="00734669" w:rsidRDefault="00734669" w:rsidP="009577FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-        <w:contextualSpacing/>
+        <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005426FF">
+      <w:r w:rsidRPr="00734669">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>By Email:</w:t>
+        <w:t>By Fax:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005426FF">
+      <w:r w:rsidRPr="00734669">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>pwss.rtcr@ncdenr.gov</w:t>
+        <w:t xml:space="preserve"> (919) 715-6637</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRPr="00D3773C" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+    <w:p w14:paraId="06BD3A69" w14:textId="5F244BE2" w:rsidR="004F1169" w:rsidRPr="009577FB" w:rsidRDefault="004F1169" w:rsidP="009577FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-        <w:contextualSpacing/>
+        <w:spacing w:after="80" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:sectPr w:rsidR="004F1169" w:rsidRPr="00D3773C" w:rsidSect="005426FF">
-[...3 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId12"/>
+        <w:sectPr w:rsidR="004F1169" w:rsidRPr="009577FB" w:rsidSect="005426FF">
+          <w:headerReference w:type="default" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="994" w:right="1296" w:bottom="806" w:left="1296" w:header="432" w:footer="288" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="272"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="005426FF">
+      <w:r w:rsidRPr="00734669">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>By Fax:</w:t>
+        <w:t>By Mail:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005426FF">
+      <w:r w:rsidRPr="00734669">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (919) 715-6637</w:t>
+        <w:t xml:space="preserve">  Total Coliform Rule Manager, Public Water Supply Section, 1634 Mail Service Center, Raleigh, NC 27699-1634 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F1169" w:rsidRDefault="004F1169" w:rsidP="00D3773C">
+    <w:p w14:paraId="24767F60" w14:textId="77777777" w:rsidR="004F1169" w:rsidRDefault="004F1169" w:rsidP="00D3773C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004F1169" w:rsidSect="004F1169">
-      <w:headerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:footnotePr>
         <w:numFmt w:val="lowerLetter"/>
       </w:footnotePr>
       <w:endnotePr>
         <w:numFmt w:val="lowerLetter"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="907" w:right="576" w:bottom="274" w:left="576" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004F1169" w:rsidRDefault="004F1169">
+    <w:p w14:paraId="119F4BE8" w14:textId="77777777" w:rsidR="004F1169" w:rsidRDefault="004F1169">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004F1169" w:rsidRDefault="004F1169">
+    <w:p w14:paraId="6AF3741F" w14:textId="77777777" w:rsidR="004F1169" w:rsidRDefault="004F1169">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helv">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="40954722" w14:textId="770D73BE" w:rsidR="004F1169" w:rsidRPr="005426FF" w:rsidRDefault="00734669" w:rsidP="00734669">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="005426FF">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Updated 02/2019                                                                                                                                                                                         Page </w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidRPr="005426FF">
+    <w:r w:rsidR="00D72BA0">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
+      <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidRPr="005426FF">
+    <w:r w:rsidR="004F1169" w:rsidRPr="005426FF">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+      <w:t xml:space="preserve">                                                                                                                                                                                         Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="005426FF">
+    <w:r w:rsidR="004F1169" w:rsidRPr="005426FF">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="004F1169" w:rsidRPr="005426FF">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="004F1169" w:rsidRPr="005426FF">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="004F1169">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="005426FF">
+    <w:r w:rsidR="004F1169" w:rsidRPr="005426FF">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004F1169" w:rsidRDefault="004F1169">
+  <w:p w14:paraId="39D6A88C" w14:textId="77777777" w:rsidR="004F1169" w:rsidRDefault="004F1169">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="004F1169" w:rsidRDefault="004F1169">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0C4275F9" w14:textId="2382E880" w:rsidR="004F1169" w:rsidRPr="00734669" w:rsidRDefault="00734669">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00734669">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>2023</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="007865AC" w:rsidRPr="0024007C" w:rsidRDefault="007865AC" w:rsidP="000734B4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="21906A3E" w14:textId="77777777" w:rsidR="007865AC" w:rsidRPr="0024007C" w:rsidRDefault="007865AC" w:rsidP="000734B4">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="007865AC" w:rsidRDefault="007865AC">
+  <w:p w14:paraId="3C489522" w14:textId="77777777" w:rsidR="007865AC" w:rsidRDefault="007865AC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004F1169" w:rsidRDefault="004F1169">
+    <w:p w14:paraId="71014650" w14:textId="77777777" w:rsidR="004F1169" w:rsidRDefault="004F1169">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004F1169" w:rsidRDefault="004F1169">
+    <w:p w14:paraId="08DD95B4" w14:textId="77777777" w:rsidR="004F1169" w:rsidRDefault="004F1169">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="004F1169" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="35A11E65" w14:textId="77777777" w:rsidR="004F1169" w:rsidRDefault="004F1169" w:rsidP="005426FF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="005426FF">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t>Seasonal Public Water Systems</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="004F1169" w:rsidRDefault="004F1169" w:rsidP="00DF446D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="38E2E089" w14:textId="77777777" w:rsidR="004F1169" w:rsidRDefault="004F1169" w:rsidP="00DF446D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve">                      </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004F1169" w:rsidRDefault="004F1169" w:rsidP="005426FF">
+  <w:p w14:paraId="72CCB0D2" w14:textId="77777777" w:rsidR="004F1169" w:rsidRDefault="004F1169" w:rsidP="005426FF">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="869"/>
         <w:tab w:val="center" w:pos="4597"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E777FC9" wp14:editId="496E33AF">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-537210</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-188595</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1647825" cy="596265"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 9" descr="C:\Users\mablackstock\Desktop\Letterhead\Water Resources\Letterhead_WaterResources_Color_Footer-01.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\mablackstock\Desktop\Letterhead\Water Resources\Letterhead_WaterResources_Color_Footer-01.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -4495,95 +4551,149 @@
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="005426FF">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t>Seasonal Public Water Systems</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004F1169" w:rsidRPr="007F27B4" w:rsidRDefault="004F1169" w:rsidP="007F27B4">
+  <w:p w14:paraId="31A86C50" w14:textId="77777777" w:rsidR="004F1169" w:rsidRPr="007F27B4" w:rsidRDefault="004F1169" w:rsidP="007F27B4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="007865AC" w:rsidRDefault="007865AC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="643FD7CA" w14:textId="77777777" w:rsidR="007865AC" w:rsidRDefault="007865AC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
-    <w:pict>
-[...22 lines deleted...]
-    </w:pict>
+    <mc:AlternateContent>
+      <mc:Choice Requires="v">
+        <w:pict>
+          <v:shapetype w14:anchorId="4C350D92" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="Picture 1035471926" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:11.4pt;height:11.4pt;visibility:visible;mso-wrap-style:square">
+            <v:imagedata r:id="rId1" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </mc:Choice>
+      <mc:Fallback>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="613B46B4">
+            <wp:extent cx="144780" cy="144780"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1035471926" name="Picture 1035471926"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture -1023"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId2">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="144780" cy="144780"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </mc:Fallback>
+    </mc:AlternateContent>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="1">
     <w:nsid w:val="004210B6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B06246B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -9426,202 +9536,203 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1766532836">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1254707067">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="922226670">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1564486845">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1618214931">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1446388946">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1957784886">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1179151475">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="326709335">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="2091001612">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="142090654">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="108744476">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="186330193">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="567498696">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1804498622">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="8214539">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="683554147">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="470903140">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1667054374">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="646714410">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="345987529">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1370567262">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="12801708">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="160656329">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1213273757">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="298658194">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="2029989337">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1101031458">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1002970885">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="921567652">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1821925421">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1567646417">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="711924376">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="1717966202">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="836503100">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1473207726">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1858998609">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="415982230">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="1349983493">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="9"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="127"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00915FB7"/>
     <w:rsid w:val="00000F71"/>
     <w:rsid w:val="00002D61"/>
     <w:rsid w:val="00006438"/>
     <w:rsid w:val="000165F2"/>
     <w:rsid w:val="00020466"/>
     <w:rsid w:val="00020CEC"/>
     <w:rsid w:val="00020EF1"/>
     <w:rsid w:val="0002138C"/>
     <w:rsid w:val="0002254F"/>
     <w:rsid w:val="00022FDA"/>
     <w:rsid w:val="000244CF"/>
     <w:rsid w:val="00025574"/>
     <w:rsid w:val="00027C17"/>
     <w:rsid w:val="00030A2E"/>
     <w:rsid w:val="00033AAC"/>
     <w:rsid w:val="00034126"/>
     <w:rsid w:val="00036C16"/>
     <w:rsid w:val="000439E2"/>
     <w:rsid w:val="00044541"/>
     <w:rsid w:val="0004669C"/>
     <w:rsid w:val="0004779B"/>
     <w:rsid w:val="00047C8F"/>
@@ -9662,72 +9773,74 @@
     <w:rsid w:val="000F79D7"/>
     <w:rsid w:val="000F7A93"/>
     <w:rsid w:val="00101768"/>
     <w:rsid w:val="00101DD5"/>
     <w:rsid w:val="00101EE6"/>
     <w:rsid w:val="00104FC1"/>
     <w:rsid w:val="00107D48"/>
     <w:rsid w:val="0011146B"/>
     <w:rsid w:val="001206F7"/>
     <w:rsid w:val="001219A1"/>
     <w:rsid w:val="00124EE5"/>
     <w:rsid w:val="0012577B"/>
     <w:rsid w:val="0012664F"/>
     <w:rsid w:val="001277D1"/>
     <w:rsid w:val="0012797F"/>
     <w:rsid w:val="00130037"/>
     <w:rsid w:val="00136AC4"/>
     <w:rsid w:val="0013766C"/>
     <w:rsid w:val="0014109C"/>
     <w:rsid w:val="0014313A"/>
     <w:rsid w:val="0015226C"/>
     <w:rsid w:val="00153CFB"/>
     <w:rsid w:val="00157ABF"/>
     <w:rsid w:val="00161FB5"/>
     <w:rsid w:val="0016228F"/>
+    <w:rsid w:val="001629CA"/>
     <w:rsid w:val="00162B32"/>
     <w:rsid w:val="00163C42"/>
     <w:rsid w:val="0016414D"/>
     <w:rsid w:val="001645B4"/>
     <w:rsid w:val="001661BA"/>
     <w:rsid w:val="00171EBD"/>
     <w:rsid w:val="001728E7"/>
     <w:rsid w:val="001740BC"/>
     <w:rsid w:val="00175263"/>
     <w:rsid w:val="001815C1"/>
     <w:rsid w:val="00183B2B"/>
     <w:rsid w:val="00184D41"/>
     <w:rsid w:val="00185D13"/>
     <w:rsid w:val="00190447"/>
     <w:rsid w:val="0019049C"/>
     <w:rsid w:val="00192B6D"/>
     <w:rsid w:val="00193C5E"/>
     <w:rsid w:val="00193CDC"/>
     <w:rsid w:val="00197480"/>
     <w:rsid w:val="001A1A16"/>
     <w:rsid w:val="001A2D5F"/>
     <w:rsid w:val="001B1FD4"/>
+    <w:rsid w:val="001B2693"/>
     <w:rsid w:val="001B4549"/>
     <w:rsid w:val="001B6B45"/>
     <w:rsid w:val="001C4CE5"/>
     <w:rsid w:val="001C5C6E"/>
     <w:rsid w:val="001D3C72"/>
     <w:rsid w:val="001D4745"/>
     <w:rsid w:val="001D5FA1"/>
     <w:rsid w:val="001D7DE5"/>
     <w:rsid w:val="001E11E5"/>
     <w:rsid w:val="001E35A7"/>
     <w:rsid w:val="001E5119"/>
     <w:rsid w:val="001E7690"/>
     <w:rsid w:val="001F333B"/>
     <w:rsid w:val="00201AB8"/>
     <w:rsid w:val="00201D36"/>
     <w:rsid w:val="00203A8F"/>
     <w:rsid w:val="00206CEF"/>
     <w:rsid w:val="002145C9"/>
     <w:rsid w:val="0021545A"/>
     <w:rsid w:val="00217C8E"/>
     <w:rsid w:val="00222345"/>
     <w:rsid w:val="00223B1C"/>
     <w:rsid w:val="002259D9"/>
     <w:rsid w:val="00226AF2"/>
     <w:rsid w:val="00226FB5"/>
@@ -9822,59 +9935,61 @@
     <w:rsid w:val="00376787"/>
     <w:rsid w:val="003770B8"/>
     <w:rsid w:val="0037789E"/>
     <w:rsid w:val="00377A5C"/>
     <w:rsid w:val="0038274E"/>
     <w:rsid w:val="00383A5A"/>
     <w:rsid w:val="00385EE4"/>
     <w:rsid w:val="003875AA"/>
     <w:rsid w:val="00395586"/>
     <w:rsid w:val="00397EEE"/>
     <w:rsid w:val="003A411C"/>
     <w:rsid w:val="003A49A3"/>
     <w:rsid w:val="003A6ABB"/>
     <w:rsid w:val="003A77A2"/>
     <w:rsid w:val="003B0BCB"/>
     <w:rsid w:val="003B2326"/>
     <w:rsid w:val="003B3130"/>
     <w:rsid w:val="003B3557"/>
     <w:rsid w:val="003B6AF2"/>
     <w:rsid w:val="003C13B3"/>
     <w:rsid w:val="003C13BF"/>
     <w:rsid w:val="003C1791"/>
     <w:rsid w:val="003C2B01"/>
     <w:rsid w:val="003C3E85"/>
     <w:rsid w:val="003C4E00"/>
+    <w:rsid w:val="003C4F5D"/>
     <w:rsid w:val="003C6AEE"/>
     <w:rsid w:val="003C6BD5"/>
     <w:rsid w:val="003D77C2"/>
     <w:rsid w:val="003E7191"/>
     <w:rsid w:val="004010BD"/>
     <w:rsid w:val="004037FC"/>
     <w:rsid w:val="0040386B"/>
     <w:rsid w:val="00405404"/>
     <w:rsid w:val="004057E4"/>
+    <w:rsid w:val="00405D9A"/>
     <w:rsid w:val="00411B85"/>
     <w:rsid w:val="00412633"/>
     <w:rsid w:val="00415656"/>
     <w:rsid w:val="00415C7B"/>
     <w:rsid w:val="004164C5"/>
     <w:rsid w:val="00416ABF"/>
     <w:rsid w:val="00421159"/>
     <w:rsid w:val="00423024"/>
     <w:rsid w:val="004256DE"/>
     <w:rsid w:val="00426E2E"/>
     <w:rsid w:val="00430EB4"/>
     <w:rsid w:val="00431AED"/>
     <w:rsid w:val="004348FE"/>
     <w:rsid w:val="00434918"/>
     <w:rsid w:val="00440664"/>
     <w:rsid w:val="004414E0"/>
     <w:rsid w:val="004431D8"/>
     <w:rsid w:val="004442CA"/>
     <w:rsid w:val="0044449E"/>
     <w:rsid w:val="00447F5D"/>
     <w:rsid w:val="004524FD"/>
     <w:rsid w:val="00452B9D"/>
     <w:rsid w:val="00452F8E"/>
     <w:rsid w:val="0045553D"/>
     <w:rsid w:val="00461098"/>
@@ -10017,50 +10132,51 @@
     <w:rsid w:val="006B35C1"/>
     <w:rsid w:val="006B379B"/>
     <w:rsid w:val="006B439B"/>
     <w:rsid w:val="006B4D3C"/>
     <w:rsid w:val="006C3332"/>
     <w:rsid w:val="006C562C"/>
     <w:rsid w:val="006D2758"/>
     <w:rsid w:val="006D299A"/>
     <w:rsid w:val="006D34AE"/>
     <w:rsid w:val="006D41AB"/>
     <w:rsid w:val="006E4BDF"/>
     <w:rsid w:val="006E5CB4"/>
     <w:rsid w:val="006E5CE8"/>
     <w:rsid w:val="006E600E"/>
     <w:rsid w:val="006F2624"/>
     <w:rsid w:val="007021EB"/>
     <w:rsid w:val="00710137"/>
     <w:rsid w:val="007124DE"/>
     <w:rsid w:val="00714505"/>
     <w:rsid w:val="00714C03"/>
     <w:rsid w:val="00722BCB"/>
     <w:rsid w:val="007234D3"/>
     <w:rsid w:val="00725576"/>
     <w:rsid w:val="00727324"/>
     <w:rsid w:val="00731E13"/>
+    <w:rsid w:val="00734669"/>
     <w:rsid w:val="00735286"/>
     <w:rsid w:val="00742F1D"/>
     <w:rsid w:val="007477FC"/>
     <w:rsid w:val="00751736"/>
     <w:rsid w:val="00751EA2"/>
     <w:rsid w:val="007569D0"/>
     <w:rsid w:val="00761004"/>
     <w:rsid w:val="0076555E"/>
     <w:rsid w:val="00766B78"/>
     <w:rsid w:val="00770248"/>
     <w:rsid w:val="00770BDE"/>
     <w:rsid w:val="00771590"/>
     <w:rsid w:val="00776BD6"/>
     <w:rsid w:val="00781736"/>
     <w:rsid w:val="00785412"/>
     <w:rsid w:val="007865AC"/>
     <w:rsid w:val="00787AF4"/>
     <w:rsid w:val="00790F96"/>
     <w:rsid w:val="0079309F"/>
     <w:rsid w:val="00795D32"/>
     <w:rsid w:val="007A0881"/>
     <w:rsid w:val="007A138E"/>
     <w:rsid w:val="007A52C9"/>
     <w:rsid w:val="007A63C7"/>
     <w:rsid w:val="007A7597"/>
@@ -10083,98 +10199,101 @@
     <w:rsid w:val="00800090"/>
     <w:rsid w:val="008041C3"/>
     <w:rsid w:val="008043FC"/>
     <w:rsid w:val="00805AC3"/>
     <w:rsid w:val="008071B7"/>
     <w:rsid w:val="0081322D"/>
     <w:rsid w:val="0082164C"/>
     <w:rsid w:val="00826779"/>
     <w:rsid w:val="0083305F"/>
     <w:rsid w:val="008353C0"/>
     <w:rsid w:val="008357AC"/>
     <w:rsid w:val="00843BF5"/>
     <w:rsid w:val="0084635C"/>
     <w:rsid w:val="00850AD4"/>
     <w:rsid w:val="00853CF0"/>
     <w:rsid w:val="0085525D"/>
     <w:rsid w:val="00864332"/>
     <w:rsid w:val="00864F0B"/>
     <w:rsid w:val="008670F3"/>
     <w:rsid w:val="00872AE9"/>
     <w:rsid w:val="00872C5D"/>
     <w:rsid w:val="00875F81"/>
     <w:rsid w:val="00876857"/>
     <w:rsid w:val="008857DE"/>
     <w:rsid w:val="00890D78"/>
+    <w:rsid w:val="00894C3A"/>
     <w:rsid w:val="008A2E9E"/>
     <w:rsid w:val="008A3A6D"/>
+    <w:rsid w:val="008A3D14"/>
     <w:rsid w:val="008A555A"/>
     <w:rsid w:val="008A56FC"/>
     <w:rsid w:val="008A60E7"/>
     <w:rsid w:val="008A6E03"/>
     <w:rsid w:val="008A702F"/>
     <w:rsid w:val="008B747E"/>
     <w:rsid w:val="008B794F"/>
     <w:rsid w:val="008B79EA"/>
     <w:rsid w:val="008B7E11"/>
     <w:rsid w:val="008C63F0"/>
     <w:rsid w:val="008C7732"/>
     <w:rsid w:val="008D225B"/>
     <w:rsid w:val="008D4829"/>
     <w:rsid w:val="008D7076"/>
     <w:rsid w:val="008E16F0"/>
     <w:rsid w:val="008E6AC3"/>
     <w:rsid w:val="008E713D"/>
     <w:rsid w:val="008F56CA"/>
     <w:rsid w:val="0090135A"/>
     <w:rsid w:val="00903373"/>
     <w:rsid w:val="00905B8A"/>
     <w:rsid w:val="0090798D"/>
     <w:rsid w:val="00911B66"/>
     <w:rsid w:val="00911D0A"/>
     <w:rsid w:val="00911E66"/>
     <w:rsid w:val="00913771"/>
     <w:rsid w:val="00915FB7"/>
     <w:rsid w:val="009179D0"/>
     <w:rsid w:val="00922CF7"/>
     <w:rsid w:val="00925C9F"/>
     <w:rsid w:val="0092753F"/>
     <w:rsid w:val="00931EA2"/>
     <w:rsid w:val="00935FC8"/>
     <w:rsid w:val="00936874"/>
     <w:rsid w:val="00941E0B"/>
     <w:rsid w:val="009428B3"/>
     <w:rsid w:val="009438F8"/>
     <w:rsid w:val="00945037"/>
     <w:rsid w:val="0094590A"/>
     <w:rsid w:val="00947715"/>
     <w:rsid w:val="00947E6E"/>
     <w:rsid w:val="00951708"/>
     <w:rsid w:val="00952453"/>
     <w:rsid w:val="00953B95"/>
     <w:rsid w:val="00954633"/>
     <w:rsid w:val="0095764C"/>
+    <w:rsid w:val="009577FB"/>
     <w:rsid w:val="00960C92"/>
     <w:rsid w:val="00963633"/>
     <w:rsid w:val="0096661C"/>
     <w:rsid w:val="00974978"/>
     <w:rsid w:val="00974AFC"/>
     <w:rsid w:val="00976E39"/>
     <w:rsid w:val="00984056"/>
     <w:rsid w:val="00985B1C"/>
     <w:rsid w:val="009867D1"/>
     <w:rsid w:val="009868AE"/>
     <w:rsid w:val="0099210B"/>
     <w:rsid w:val="0099619A"/>
     <w:rsid w:val="00996855"/>
     <w:rsid w:val="00996B49"/>
     <w:rsid w:val="00997993"/>
     <w:rsid w:val="00997A0D"/>
     <w:rsid w:val="00997D28"/>
     <w:rsid w:val="009A1BC2"/>
     <w:rsid w:val="009A6800"/>
     <w:rsid w:val="009A7B98"/>
     <w:rsid w:val="009B0D13"/>
     <w:rsid w:val="009B6CCD"/>
     <w:rsid w:val="009B7303"/>
     <w:rsid w:val="009C0A20"/>
     <w:rsid w:val="009C11BA"/>
@@ -10323,88 +10442,90 @@
     <w:rsid w:val="00C614F1"/>
     <w:rsid w:val="00C62111"/>
     <w:rsid w:val="00C70420"/>
     <w:rsid w:val="00C72AD9"/>
     <w:rsid w:val="00C74684"/>
     <w:rsid w:val="00C763E8"/>
     <w:rsid w:val="00C77FF1"/>
     <w:rsid w:val="00C80966"/>
     <w:rsid w:val="00C833D6"/>
     <w:rsid w:val="00C844C7"/>
     <w:rsid w:val="00C85124"/>
     <w:rsid w:val="00C8751C"/>
     <w:rsid w:val="00C875F9"/>
     <w:rsid w:val="00C91F81"/>
     <w:rsid w:val="00C95DF8"/>
     <w:rsid w:val="00C96CC9"/>
     <w:rsid w:val="00CA08E1"/>
     <w:rsid w:val="00CA0D92"/>
     <w:rsid w:val="00CA1EB4"/>
     <w:rsid w:val="00CA4BA0"/>
     <w:rsid w:val="00CA6833"/>
     <w:rsid w:val="00CB7452"/>
     <w:rsid w:val="00CB7696"/>
     <w:rsid w:val="00CC5669"/>
     <w:rsid w:val="00CC6C80"/>
+    <w:rsid w:val="00CC6F13"/>
     <w:rsid w:val="00CD23E3"/>
     <w:rsid w:val="00CD2736"/>
     <w:rsid w:val="00CD5228"/>
     <w:rsid w:val="00CD6339"/>
     <w:rsid w:val="00CE03AA"/>
     <w:rsid w:val="00CE11C7"/>
     <w:rsid w:val="00CE18C4"/>
     <w:rsid w:val="00CE306E"/>
     <w:rsid w:val="00CE4468"/>
     <w:rsid w:val="00CE5096"/>
     <w:rsid w:val="00CE75A9"/>
     <w:rsid w:val="00CF0197"/>
     <w:rsid w:val="00CF5F4B"/>
     <w:rsid w:val="00D001E0"/>
     <w:rsid w:val="00D01495"/>
     <w:rsid w:val="00D02E3B"/>
     <w:rsid w:val="00D04121"/>
     <w:rsid w:val="00D04978"/>
     <w:rsid w:val="00D06815"/>
     <w:rsid w:val="00D11C73"/>
     <w:rsid w:val="00D1394D"/>
     <w:rsid w:val="00D15FBC"/>
     <w:rsid w:val="00D21045"/>
     <w:rsid w:val="00D2158C"/>
     <w:rsid w:val="00D224B8"/>
     <w:rsid w:val="00D22BD6"/>
     <w:rsid w:val="00D23B28"/>
     <w:rsid w:val="00D25E4A"/>
     <w:rsid w:val="00D30326"/>
     <w:rsid w:val="00D329FB"/>
     <w:rsid w:val="00D33E8D"/>
     <w:rsid w:val="00D3504D"/>
     <w:rsid w:val="00D3773C"/>
     <w:rsid w:val="00D440E7"/>
     <w:rsid w:val="00D50136"/>
     <w:rsid w:val="00D52708"/>
     <w:rsid w:val="00D547F6"/>
     <w:rsid w:val="00D72688"/>
+    <w:rsid w:val="00D72BA0"/>
     <w:rsid w:val="00D73DDB"/>
     <w:rsid w:val="00D820B8"/>
     <w:rsid w:val="00D82E80"/>
     <w:rsid w:val="00D8702A"/>
     <w:rsid w:val="00D87922"/>
     <w:rsid w:val="00D9216F"/>
     <w:rsid w:val="00D928BD"/>
     <w:rsid w:val="00D94351"/>
     <w:rsid w:val="00DA10A6"/>
     <w:rsid w:val="00DA173A"/>
     <w:rsid w:val="00DA30BE"/>
     <w:rsid w:val="00DA32D2"/>
     <w:rsid w:val="00DA44EF"/>
     <w:rsid w:val="00DA4663"/>
     <w:rsid w:val="00DA579D"/>
     <w:rsid w:val="00DB0AA8"/>
     <w:rsid w:val="00DB116F"/>
     <w:rsid w:val="00DB380F"/>
     <w:rsid w:val="00DB5C07"/>
     <w:rsid w:val="00DD4704"/>
     <w:rsid w:val="00DE3F91"/>
     <w:rsid w:val="00DE46A7"/>
     <w:rsid w:val="00DE4A83"/>
     <w:rsid w:val="00DE7ECB"/>
     <w:rsid w:val="00DF2EDB"/>
@@ -10412,98 +10533,100 @@
     <w:rsid w:val="00DF446D"/>
     <w:rsid w:val="00DF6B95"/>
     <w:rsid w:val="00DF762F"/>
     <w:rsid w:val="00E00F5A"/>
     <w:rsid w:val="00E01A7C"/>
     <w:rsid w:val="00E025A6"/>
     <w:rsid w:val="00E02617"/>
     <w:rsid w:val="00E03102"/>
     <w:rsid w:val="00E10A41"/>
     <w:rsid w:val="00E11D2E"/>
     <w:rsid w:val="00E15786"/>
     <w:rsid w:val="00E1583D"/>
     <w:rsid w:val="00E22716"/>
     <w:rsid w:val="00E266C6"/>
     <w:rsid w:val="00E27442"/>
     <w:rsid w:val="00E31825"/>
     <w:rsid w:val="00E31CA3"/>
     <w:rsid w:val="00E34BF3"/>
     <w:rsid w:val="00E43722"/>
     <w:rsid w:val="00E46182"/>
     <w:rsid w:val="00E46A0D"/>
     <w:rsid w:val="00E471C4"/>
     <w:rsid w:val="00E47F97"/>
     <w:rsid w:val="00E50565"/>
     <w:rsid w:val="00E50633"/>
+    <w:rsid w:val="00E53E3A"/>
     <w:rsid w:val="00E54BF3"/>
     <w:rsid w:val="00E56858"/>
     <w:rsid w:val="00E577DB"/>
     <w:rsid w:val="00E61C1B"/>
     <w:rsid w:val="00E648DD"/>
     <w:rsid w:val="00E65E7D"/>
     <w:rsid w:val="00E8023F"/>
     <w:rsid w:val="00E82360"/>
     <w:rsid w:val="00E838D2"/>
     <w:rsid w:val="00E87BB6"/>
     <w:rsid w:val="00E90EFE"/>
     <w:rsid w:val="00E9215F"/>
     <w:rsid w:val="00EA05ED"/>
     <w:rsid w:val="00EA2E8E"/>
     <w:rsid w:val="00EA5D31"/>
     <w:rsid w:val="00EB19A1"/>
     <w:rsid w:val="00EB5B2C"/>
     <w:rsid w:val="00EB745B"/>
     <w:rsid w:val="00EC096E"/>
     <w:rsid w:val="00EC2D8B"/>
     <w:rsid w:val="00EC2EFE"/>
     <w:rsid w:val="00EC431D"/>
     <w:rsid w:val="00ED343B"/>
     <w:rsid w:val="00ED4C1A"/>
     <w:rsid w:val="00EE3D1D"/>
     <w:rsid w:val="00EE44B7"/>
     <w:rsid w:val="00EE6312"/>
     <w:rsid w:val="00EF0AAB"/>
     <w:rsid w:val="00EF1636"/>
     <w:rsid w:val="00EF223F"/>
     <w:rsid w:val="00EF628B"/>
     <w:rsid w:val="00F023C6"/>
     <w:rsid w:val="00F03174"/>
     <w:rsid w:val="00F045A4"/>
     <w:rsid w:val="00F10395"/>
     <w:rsid w:val="00F1450C"/>
     <w:rsid w:val="00F155CB"/>
     <w:rsid w:val="00F16995"/>
     <w:rsid w:val="00F2423D"/>
     <w:rsid w:val="00F24795"/>
     <w:rsid w:val="00F3195E"/>
     <w:rsid w:val="00F33DF4"/>
     <w:rsid w:val="00F3489D"/>
     <w:rsid w:val="00F370CE"/>
     <w:rsid w:val="00F40342"/>
     <w:rsid w:val="00F43901"/>
     <w:rsid w:val="00F46B1C"/>
     <w:rsid w:val="00F50C4F"/>
+    <w:rsid w:val="00F563F3"/>
     <w:rsid w:val="00F57044"/>
     <w:rsid w:val="00F5767E"/>
     <w:rsid w:val="00F61A59"/>
     <w:rsid w:val="00F62257"/>
     <w:rsid w:val="00F624C6"/>
     <w:rsid w:val="00F62F38"/>
     <w:rsid w:val="00F67166"/>
     <w:rsid w:val="00F7083E"/>
     <w:rsid w:val="00F70BF9"/>
     <w:rsid w:val="00F73DA1"/>
     <w:rsid w:val="00F7434E"/>
     <w:rsid w:val="00F749BC"/>
     <w:rsid w:val="00F77D83"/>
     <w:rsid w:val="00F77EBB"/>
     <w:rsid w:val="00F825E0"/>
     <w:rsid w:val="00F84E0D"/>
     <w:rsid w:val="00F852AF"/>
     <w:rsid w:val="00F86530"/>
     <w:rsid w:val="00F86B35"/>
     <w:rsid w:val="00F87110"/>
     <w:rsid w:val="00F87497"/>
     <w:rsid w:val="00F90AFE"/>
     <w:rsid w:val="00F93772"/>
     <w:rsid w:val="00F9502B"/>
     <w:rsid w:val="00FA6D09"/>
@@ -10530,93 +10653,144 @@
     <w:rsid w:val="00FE1E99"/>
     <w:rsid w:val="00FE2B52"/>
     <w:rsid w:val="00FE3786"/>
     <w:rsid w:val="00FE4BBF"/>
     <w:rsid w:val="00FE6A12"/>
     <w:rsid w:val="00FF63D0"/>
     <w:rsid w:val="00FF74AB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="1B3AF523"/>
+  <w14:docId w14:val="587841B5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FA01FCFF-409B-4B80-967F-F9EF203F90CE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -10788,50 +10962,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FE6A12"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
@@ -10943,68 +11122,73 @@
       <w:keepNext/>
       <w:ind w:left="2805" w:hanging="720"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
-    <w:semiHidden/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
     <w:name w:val="_"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:ind w:left="720" w:hanging="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
@@ -11264,52 +11448,52 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007F27B4"/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
     <w:name w:val="Table Grid1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="0024007C"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00053A06"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid2">
     <w:name w:val="Table Grid2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00C833D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -11334,85 +11518,103 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid3">
     <w:name w:val="Table Grid3"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="005426FF"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D72BA0"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D72BA0"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="360321614">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncwater.org/?page=125" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncwater.org/?page=125" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pwss.rtcr@deq.nc.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11653,98 +11855,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E5A6C5C-AA52-430B-9478-853978EC6B3B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1462</Words>
-  <Characters>8337</Characters>
+  <Words>1393</Words>
+  <Characters>8685</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
-      <vt:variant>
-[...4 lines deleted...]
-      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="18" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>«DATE»</vt:lpstr>
-      <vt:lpstr/>
-[...15 lines deleted...]
-      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DEH</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9780</CharactersWithSpaces>
+  <CharactersWithSpaces>10058</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>4456541</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>87</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.ncwater.org/?page=125</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>